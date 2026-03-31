--- v0 (2025-12-03)
+++ v1 (2026-03-31)
@@ -13,119 +13,105 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G17_ODA" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="16">
   <si>
     <t>Officiële ontwikkelingshulp - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van bruto nationaal inkomen</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>2018: breuk in tijdreeks</t>
-[...2 lines deleted...]
-    <t>OECD; Eurostat (2024), Official development assistance as share of gross national income [sdg_17_10], https://ec.europa.eu/eurostat (bijgewerkt 19/04/2024, geraadpleegd 31/10/2024); berekeningen FPB.</t>
+    <t>Noot: 2018: breuk in tijdreeks</t>
+  </si>
+  <si>
+    <t>Bron: Eurostat (2025), Official development assistance as share of gross national income, sdg_17_10, https://ec.europa.eu/eurostat, laatste update van data 15/05/2025 23:00 (geraadpleegd 02/07/2025).</t>
   </si>
   <si>
     <t>Officiële ontwikkelingshulp - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>OECD; Eurostat (2024), Official development assistance as share of gross national income [sdg_17_10], https://ec.europa.eu/eurostat (bijgewerkt 19/04/2024, geraadpleegd 31/10/2024).</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G17_ODA</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Officiële ontwikkelingshulp (i81)</t>
+    <t>Officiële ontwikkelingshulp (i82)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: de officiële ontwikkelingshulp (Official Development Assistance of ODA) bestaat uit giften en leningen tegen gunstige financiële voorwaarden die officiële instanties verstrekken aan ontwikkelingslanden en die economische ontwikkeling en welzijn als voornaamste doelstelling hebben. De ODA omvat zowel financiële stromen als de zogenaamde technische bijstand. Ook bepaalde bijdragen aan internationale instellingen behoren tot de ODA. Die indicator wordt uitgedrukt in procent van het bruto nationaal inkomen. De statistieken over ontwikkelingshulp worden opgesteld volgens de regels van het Comité voor Ontwikkelingshulp (Development Assistance Committee, DAC) van de Organisatie voor Economische Samenwerking en Ontwikkeling (OESO). In 2018 wijzigde de berekeningsmethode van nettobetalingen (net disbursements) naar gift-equivalenten (grant equivalents): zo wordt ook rekening gehouden met de waarde van gunstige voorwaarden van leningen. De gegevens komen van de OESO en van Eurostat.
 Doelstelling: 0,7 procent van het bruto nationaal inkomen besteden aan officiële ontwikkelingshulp.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 17.2: "Ontwikkelde landen dienen ten volle hun verbintenissen aangaande officiële ontwikkelingshulp te implementeren, waaronder ook de verbintenis van vele ontwikkelde landen om 0,7% van het bruto nationaal inkomen te besteden aan officiële ontwikkelingshulp voor ontwikkelingslanden (ODA/GNI) en 0,15% tot 0,20% voor de minst ontwikkelde landen; ODA-donoren worden aangemoedigd om voor zichzelf een doelstelling te bepalen om minstens 0,2% te besteden aan de minst ontwikkelde landen".
 In België staat de kwantitatieve doelstelling van 0,7 procent in de wet van 19 maart 2013 betreffende de Belgische ontwikkelingssamenwerking (Belgisch Staatsblad 12/04/2013, artikel 9).
-Evolutie: in 2022 bedroeg de Belgische officiële ontwikkelingshulp 2,5 miljard euro of 0,45% van het bruto nationaal inkomen (bni). Dat ligt dicht bij het gemiddelde van 0,47% in de periode 2000-2022. De ODA bereikte met 0,64% zijn hoogste niveau in 2010. De norm van 0,7% werd tot nu toe niet gehaald.
-[...1 lines deleted...]
-Opsplitsing volgens gewest: ongeveer 95 procent van de Belgische officiële ontwikkelingshulp komt van de federale overheid. De bijdragen van gewesten, gemeenschappen, provincies en gemeenten zijn samen goed voor de overige 5 procent (FOD Buitenlandse Zaken, Buitenlandse Handel en Ontwikkelingssamenwerking, 2024).
 VN-indicator: de gekozen indicator stemt overeen met indicator 17.2.1 - Netto officiële ontwikkelingshulp, totaal en voor de minst ontwikkelde landen, als aandeel van het bruto nationaal inkomen van de donorlanden van het Comité voor Ontwikkelingshulp van de Organisatie voor Economische Samenwerking en Ontwikkeling (OESO).
+Deze indicator is een van de indicatoren om het welzijn Elders te meten.
 Bronnen
-Algemeen
-[...8 lines deleted...]
-OECD Data Explorer &gt; Development &gt; Official Development Assistance (ODA) &gt; DAC1: Flows by donor, https://data-explorer.oecd.org/ (geraadpleegd op 31/10/2024).
+Belgisch Staatsblad: https://www.ejustice.just.fgov.be/cgi/welcome.pl?language=nl .
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -373,172 +359,172 @@
       </c>
       <c r="Q4" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>0.45</v>
       </c>
-      <c r="Y4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Y4" s="1" t="n">
+        <v>0.44</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.3989278326</v>
+        <v>0.3989678387</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.4161104558</v>
+        <v>0.4161382422</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.4335877477</v>
+        <v>0.4336017384</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.4503430539</v>
+        <v>0.4503408408</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.4651745616</v>
+        <v>0.4651528098</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.4781327276</v>
+        <v>0.4780872022</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.4887049035</v>
+        <v>0.488630741</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.4968938136</v>
+        <v>0.4967860386</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.5028649222</v>
+        <v>0.5027192657</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.5060975013</v>
+        <v>0.5059118357</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.5058645916</v>
+        <v>0.5056407708</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.5019206124</v>
+        <v>0.5016662824</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.4952692018</v>
+        <v>0.4949990335</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.4872766746</v>
+        <v>0.4870137422</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.4789971898</v>
+        <v>0.4787747729</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.4710453846</v>
+        <v>0.4709089491</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.4638084272</v>
+        <v>0.463817361</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.4571262165</v>
+        <v>0.4573548433</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.451187505</v>
+        <v>0.4517247364</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.4461028867</v>
+        <v>0.4470503591</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.4417684997</v>
+        <v>0.4432355937</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.4377179888</v>
+        <v>0.4398112267</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.4338630287</v>
+        <v>0.4366721117</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.43042412</v>
+        <v>0.4336187449</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.4273536342</v>
+        <v>0.43088993</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.4246099104</v>
+        <v>0.4284494521</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.4221564129</v>
+        <v>0.4262654622</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.4199610244</v>
+        <v>0.4243098909</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.4179954501</v>
+        <v>0.4225579511</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.4162347129</v>
+        <v>0.4209877156</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.4146567246</v>
+        <v>0.4195797552</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.7</v>
       </c>
@@ -695,51 +681,54 @@
       </c>
       <c r="Q13" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="Y13" s="1"/>
+      <c r="Y13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="Z13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>0.37</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>0.53</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>0.5</v>
@@ -770,51 +759,54 @@
       </c>
       <c r="Q14" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>0.45</v>
       </c>
       <c r="T14" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="U14" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>0.48</v>
       </c>
       <c r="W14" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="X14" s="1" t="n">
         <v>0.45</v>
       </c>
-      <c r="Y14" s="1"/>
+      <c r="Y14" s="1" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="Z14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
         <v>0.32</v>
       </c>
       <c r="C15" s="1" t="n">
         <v>0.34</v>
       </c>
       <c r="D15" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>0.35</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>0.41</v>
@@ -843,119 +835,122 @@
       <c r="P15" s="1" t="n">
         <v>0.38</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>0.42</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="S15" s="1" t="n">
         <v>0.47</v>
       </c>
       <c r="T15" s="1" t="n">
         <v>0.43</v>
       </c>
       <c r="U15" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="V15" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="W15" s="1" t="n">
         <v>0.49</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>0.58</v>
-[...1 lines deleted...]
-      <c r="Y15" s="1"/>
+        <v>0.59</v>
+      </c>
+      <c r="Y15" s="1" t="n">
+        <v>0.56</v>
+      </c>
+      <c r="Z15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>