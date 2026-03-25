--- v0 (2025-11-02)
+++ v1 (2026-03-25)
@@ -13,117 +13,105 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G17_DAL" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="16">
   <si>
     <t>Officiële ontwikkelingshulp aan de minst ontwikkelde landen - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van bruto nationaal inkomen</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>2020: breuk in tijdreeks</t>
-[...2 lines deleted...]
-    <t>OECD; Eurostat (2024), Official development assistance as share of gross national income [sdg_17_10], https://ec.europa.eu/eurostat (bijgewerkt 19/04/2024, geraadpleegd 31/10/2024); berekeningen FPB.</t>
+    <t>Noot: 2020: breuk in tijdreeks</t>
+  </si>
+  <si>
+    <t>Bron: Eurostat (2025), Official development assistance as share of gross national income, sdg_17_10, https://ec.europa.eu/eurostat, laatste update van data 15/05/2025 23:00 (geraadpleegd 02/07/2025).</t>
   </si>
   <si>
     <t>Officiële ontwikkelingshulp aan de minst ontwikkelde landen - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>OECD; Eurostat (2024), Official development assistance as share of gross national income [sdg_17_10], https://ec.europa.eu/eurostat (bijgewerkt 19/04/2024, geraadpleegd 31/10/2024).</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G17_DAL</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Officiële ontwikkelingshulp aan de minst ontwikkelde landen (i82)</t>
+    <t>Officiële ontwikkelingshulp aan de minst ontwikkelde landen (i83)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: deze indicator meet het deel van de officiële ontwikkelingshulp bestemd voor de minst ontwikkelde landen (MOL’s, in het Engels least developed countries of LDCs). Dat zijn lage-inkomenslanden die kampen met ernstige structurele belemmeringen voor duurzame ontwikkeling. Ze zijn zeer kwetsbaar voor economische en ecologische schokken en hun bevolking heeft een slechtere gezondheid en een lagere scholing. Op de MOL-lijst van december 2023 staan 45 landen. Om de drie jaar wordt die lijst herzien door het Comité voor ontwikkelingsbeleid (Committee for Development Policy) van de Verenigde Naties (UN, 2024). De indicator wordt uitgedrukt in procent van het bruto nationaal inkomen (bni). De indicator omvat zowel bilaterale hulp als toegerekende multilaterale hulp en sinds 2020 ook regionale hulp die aan MOL’s ten goede komt. De gegevens komen van de OESO en van Eurostat.
 Doelstelling: 0,2 procent van het bruto nationaal inkomen besteden aan officiële ontwikkelingshulp aan de minst ontwikkelde landen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten de subdoelstelling 17.2: "Ontwikkelde landen dienen ten volle hun verbintenissen aangaande officiële ontwikkelingshulp te implementeren, waaronder ook de verbintenis van vele ontwikkelde landen om 0,7% van het bruto nationaal inkomen te besteden aan officiële ontwikkelingshulp voor ontwikkelingslanden (ODA/GNI) en 0,15% tot 0,20% voor de minst ontwikkelde landen; ODA-donoren worden aangemoedigd om voor zichzelf een doelstelling te bepalen om minstens 0,2% te besteden aan de minst ontwikkelde landen".
 De Europese Unie heeft die doelstelling van 0,2 procent tegen 2030 opgenomen in de verklaring De nieuwe Europese consensus inzake ontwikkeling ‘Onze wereld, onze waardigheid, onze toekomst’ van 7 juni 2017 (Publicatieblad van de Europese Unie C210/1-24 van 30/06/2017; nummer 103). Ze staat ook in Verordening (EU) 2021/947 van 9 juni 2021 tot vaststelling van het instrument voor nabuurschapsbeleid, ontwikkeling en internationale samenwerking – Europa in de wereld (Publicatieblad van de Europese Unie L209/1-78 van 14/06/2021 en rectificatie L430/42 van 02/12/2021; overweging 22).
-Evolutie: in 2022 besteedde België 0,13% van zijn bruto nationaal inkomen aan officiële ontwikkelingshulp aan de minst ontwikkelde landen. Dat is minder dan het gemiddelde van 0,17% in de periode 2000-2022. Van 2015 tot en met 2022 bedroeg dat gemiddelde 0,14%. De hoogste waarden waren 0,36% in 2003 en 0,31% in 2010, de laagste waarde bedroeg 0,11% in 2000.
-[...1 lines deleted...]
-Opsplitsing volgens gewest: er zijn momenteel geen vergelijkbare gegevens beschikbaar.
 VN-indicator: de gekozen indicator stemt overeen met 17.2.1 - Netto officiële ontwikkelingshulp, totaal en voor de minst ontwikkelde landen, als aandeel van het bruto nationaal inkomen van de donorlanden van het Comité voor Ontwikkelingshulp van de Organisatie voor Economische Samenwerking en Ontwikkeling (OESO).
 Bronnen
-Algemeen
-[...6 lines deleted...]
-UN (2024), Least Developed Countries (LDCs), United Nations, https://www.un.org/development/desa/dpad/least-developed-country-category.html (geraadpleegd op 31/10/2024).
+Publicatieblad van de Europese Unie, https://eur-lex.europa.eu/oj/direct-access.html?locale=nl.
+UN (2024), Least Developed Countries (LDCs), United Nations, https://www.un.org/development/desa/dpad/least-developed-country-category.html (geraadpleegd op 02/07/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -371,172 +359,172 @@
       </c>
       <c r="Q4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="Y4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Y4" s="1" t="n">
+        <v>0.13</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>0.1490443758</v>
+        <v>0.1490438551</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>0.1582567606</v>
+        <v>0.1582563924</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>0.1675288942</v>
+        <v>0.1675287059</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.1760541924</v>
+        <v>0.1760542226</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>0.1826840641</v>
+        <v>0.1826843617</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>0.1875113698</v>
+        <v>0.1875119917</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>0.1907975226</v>
+        <v>0.1907985313</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>0.192571715</v>
+        <v>0.1925731701</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.192792601</v>
+        <v>0.1927945465</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>0.1912178122</v>
+        <v>0.1912202563</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>0.1876312181</v>
+        <v>0.1876341107</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.181976074</v>
+        <v>0.1819792869</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>0.1751580734</v>
+        <v>0.1751614027</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>0.1681655745</v>
+        <v>0.1681687363</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>0.1614903104</v>
+        <v>0.1614929231</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>0.155472464</v>
+        <v>0.1554740329</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>0.1503879596</v>
+        <v>0.1503878587</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>0.1462187475</v>
+        <v>0.1462162008</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>0.1428533543</v>
+        <v>0.1428474327</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>0.1400333897</v>
+        <v>0.1400230408</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>0.1374976577</v>
+        <v>0.1374817787</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>0.1350048167</v>
+        <v>0.1349823825</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>0.1325316076</v>
+        <v>0.1325018163</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>0.1303464965</v>
+        <v>0.1300661735</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>0.1284123208</v>
+        <v>0.1279143897</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>0.1266973933</v>
+        <v>0.1260098231</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.1251745709</v>
+        <v>0.1243212352</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.1238205039</v>
+        <v>0.1228218712</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.1226150264</v>
+        <v>0.1214887183</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.1215406591</v>
+        <v>0.1203019042</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.120582201</v>
+        <v>0.119244206</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0.2</v>
       </c>
@@ -693,51 +681,54 @@
       </c>
       <c r="Q13" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="Y13" s="1"/>
+      <c r="Y13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="Z13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>0.15</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>0.36</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>0.19</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>0.18</v>
@@ -768,51 +759,54 @@
       </c>
       <c r="Q14" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>0.13</v>
       </c>
       <c r="T14" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="U14" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>0.16</v>
       </c>
       <c r="W14" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="X14" s="1" t="n">
         <v>0.13</v>
       </c>
-      <c r="Y14" s="1"/>
+      <c r="Y14" s="1" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="Z14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="C15" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="D15" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>0.14</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>0.11</v>
@@ -838,122 +832,125 @@
       <c r="O15" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>0.08</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>0.09</v>
       </c>
       <c r="S15" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="T15" s="1" t="n">
         <v>0.11</v>
       </c>
       <c r="U15" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="V15" s="1" t="n">
         <v>0.12</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
       <c r="X15" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="Y15" s="1"/>
+      <c r="Y15" s="1" t="n">
+        <v>0.12</v>
+      </c>
+      <c r="Z15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>