--- v0 (2025-10-30)
+++ v1 (2026-03-24)
@@ -13,126 +13,111 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_VIC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="19">
   <si>
     <t>Slachtoffers van inbraak of lichamelijk geweld - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van 15-jarigen en ouder</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>Duitsland</t>
   </si>
   <si>
     <t>Frankrijk</t>
   </si>
   <si>
     <t>Nederland</t>
   </si>
   <si>
-    <t>Door de pandemie werd de gegevensinzameling uitgesteld en startte ze in 2021.</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 15/10/2024); berekeningen FPB.</t>
+    <t>Bron: Berekeningen FPB op basis van ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, laatste update van data 02/06/2025 (geraadpleegd op 01/10/2025)</t>
   </si>
   <si>
     <t>Slachtoffers van inbraak of lichamelijk geweld volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 18/10/2023); berekeningen FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_VIC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Slachtoffers van inbraak of lichamelijk geweld (i77)</t>
+    <t>Slachtoffers van inbraak of lichamelijk geweld (i78)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: slachtoffers van inbraak of lichamelijk geweld is het aandeel respondenten van de European Social Survey (ESS) dat 'ja' antwoordde op de volgende vraag: "Bent u of iemand in uw huishouden in de afgelopen 5 jaar slachtoffer geweest van een inbraak of van lichamelijk geweld?". Die vraag kwam telkens aan bod in de tien tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+    <t>Definitie: slachtoffers van inbraak of lichamelijk geweld is het aandeel respondenten van de European Social Survey (ESS) dat 'ja' antwoordde op de volgende vraag: "Bent u of iemand in uw huishouden in de afgelopen 5 jaar slachtoffer geweest van een inbraak of van lichamelijk geweld?". Die vraag kwam telkens aan bod in de elf tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+Voor deze indicator is volgende opsplitsing beschikbaar: inkomen.
 Doelstelling: het aandeel respondenten dat zelf of van wie een gezinslid slachtoffer is geweest van een inbraak of lichamelijk geweld, moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 16.1: "Alle vormen van geweld en de daaraan gekoppelde sterftecijfers wereldwijd aanzienlijk terugschroeven".
-Evolutie: volgens de ESS-enquête daalde het aandeel slachtoffers van inbraak of lichamelijk geweld van 26,9% in 2002 tot 19,6% in 2021. Over die hele periode is dat een gemiddelde jaarlijkse daling met 1,7%.
-[...9 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator is verwant met indicator 16.1.1 - Aantal slachtoffers van opzettelijke moord per 100.000 inwoners, naar geslacht en leeftijd.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -189,51 +174,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L22"/>
+  <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2002</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -241,425 +226,453 @@
       </c>
       <c r="D3" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L3" s="1"/>
+      <c r="L3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>26.85</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>25.58</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>25.69</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>23.84</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>22.38</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>21.5</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>23.08</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>20.32</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>22.89</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>19.58</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>19.89</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>8.72</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>10.73</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>9.63</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>9.19</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>9.21</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>11.28</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>11.39</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>12.74</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>11.51</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>7.5</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>8.49</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>28.48</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>28.36</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>26.09</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>25.26</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>23.21</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>22.42</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>21.21</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>17.15</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>21.37</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>20.7</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>19.53</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>19.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>20.08</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>18.41</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>18.31</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>19.98</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>15.79</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>15.43</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>11.49</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>10.53</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
       <c r="B8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
+      <c r="A10" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="0" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C13" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D13" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E13" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F13" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G13" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I13" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A14" s="0"/>
       <c r="B14" s="1" t="n">
-        <v>2010</v>
+        <v>21.04</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>2012</v>
+        <v>20.68</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>2014</v>
+        <v>25.29</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>2016</v>
+        <v>15.89</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>2018</v>
+        <v>23.23</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H14" s="1"/>
+        <v>18.1</v>
+      </c>
+      <c r="H14" s="1" t="n">
+        <v>25.08</v>
+      </c>
+      <c r="I14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>21.04</v>
+        <v>21.76</v>
       </c>
       <c r="C15" s="1" t="n">
-        <v>20.68</v>
+        <v>16.82</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>25.29</v>
+        <v>21.52</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>15.89</v>
+        <v>18.95</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>23.23</v>
+        <v>24.52</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>18.1</v>
-[...1 lines deleted...]
-      <c r="H15" s="1"/>
+        <v>21.27</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>22.48</v>
+      </c>
+      <c r="I15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="1" t="n">
-        <v>21.76</v>
+        <v>21.06</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>16.82</v>
+        <v>20.88</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>21.52</v>
+        <v>20.83</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>18.95</v>
+        <v>21.71</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>24.52</v>
+        <v>20.31</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>21.27</v>
-[...1 lines deleted...]
-      <c r="H16" s="1"/>
+        <v>14.24</v>
+      </c>
+      <c r="H16" s="1" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="I16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>21.06</v>
+        <v>21.81</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>20.88</v>
+        <v>25.12</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>20.83</v>
+        <v>24.55</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>21.71</v>
+        <v>18.98</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>20.31</v>
+        <v>21.88</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>14.24</v>
-[...1 lines deleted...]
-      <c r="H17" s="1"/>
+        <v>20.46</v>
+      </c>
+      <c r="H17" s="1" t="n">
+        <v>16.89</v>
+      </c>
+      <c r="I17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="1" t="n">
-        <v>21.81</v>
+        <v>24.99</v>
       </c>
       <c r="C18" s="1" t="n">
-        <v>25.12</v>
+        <v>26.41</v>
       </c>
       <c r="D18" s="1" t="n">
-        <v>24.55</v>
+        <v>26.28</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>18.98</v>
+        <v>27.69</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>21.88</v>
+        <v>27.42</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>20.46</v>
-[...1 lines deleted...]
-      <c r="H18" s="1"/>
+        <v>24.72</v>
+      </c>
+      <c r="H18" s="1" t="n">
+        <v>18.79</v>
+      </c>
+      <c r="I18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H19" s="1"/>
+      <c r="A19" s="0"/>
+      <c r="B19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="0"/>
-      <c r="B20" s="1"/>
+      <c r="A20" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="0"/>
+      <c r="A21" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>