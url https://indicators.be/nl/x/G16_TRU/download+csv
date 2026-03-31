--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -13,142 +13,126 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_TRU" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Gegeneraliseerd vertrouwen - België en internationale vergelijking</t>
   </si>
   <si>
     <t>score van minstens 6 op schaal 0-10</t>
   </si>
   <si>
     <t>procent van 15-jarigen en ouder</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>Duitsland</t>
   </si>
   <si>
     <t>Frankrijk</t>
   </si>
   <si>
     <t>Nederland</t>
   </si>
   <si>
-    <t>Door de pandemie werd de gegevensinzameling uitgesteld en startte ze in 2021.</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 15/10/2024); berekeningen FPB.</t>
+    <t>Bron: Berekeningen FPB op basis van ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, laatste update van data 02/06/2025 (geraadpleegd op 01/10/2025)</t>
   </si>
   <si>
     <t>Gegeneraliseerd vertrouwen volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 18/10/2023); berekeningen FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Gegeneraliseerd vertrouwen volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_TRU</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Gegeneraliseerd vertrouwen (i76)</t>
+    <t>Gegeneraliseerd vertrouwen (i77)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: het gegeneraliseerd vertrouwen is het aandeel respondenten van de European Social Survey (ESS) dat minstens 6 op 10 antwoordde op de volgende vraag: "Denkt u, over het algemeen, dat de meeste mensen te vertrouwen zijn, of dat u niet voorzichtig genoeg kunt zijn in de omgang met mensen?". De geïnterviewden kunnen antwoorden op een schaal van nul ("je kunt niet voorzichtig genoeg zijn") tot tien ("de meeste mensen zijn te vertrouwen"). Die vraag kwam telkens aan bod in de tien tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+    <t>Definitie: het gegeneraliseerd vertrouwen is het aandeel respondenten van de European Social Survey (ESS) dat minstens 6 op 10 antwoordde op de volgende vraag: "Denkt u, over het algemeen, dat de meeste mensen te vertrouwen zijn, of dat u niet voorzichtig genoeg kunt zijn in de omgang met mensen?". De geïnterviewden kunnen antwoorden op een schaal van nul ("je kunt niet voorzichtig genoeg zijn") tot tien ("de meeste mensen zijn te vertrouwen"). Die vraag kwam telkens aan bod in de elf tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: geslacht en inkomen.
 Doelstelling: het gegeneraliseerd vertrouwen mag niet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten doel 16: "Bevorder vreedzame en inclusieve samenlevingen met het oog op duurzame ontwikkeling, verzeker toegang tot justitie voor iedereen en bouw op alle niveaus doeltreffende, verantwoordelijke en inclusieve instellingen uit".
-Evolutie: volgens de ESS steeg het gegeneraliseerd vertrouwen in België van 37,7% in 2002 tot 51,5% in 2021; dat is met een gemiddelde jaarlijkse groeivoet van 1,7%.
-[...3 lines deleted...]
-Opsplitsing volgens inkomen: er is een verband tussen het inkomen en het gegeneraliseerd vertrouwen. Die indicator stijgt met een hoger inkomenskwintiel: in 2021 verklaren 38,9% van de personen in het laagste en 62,2% in het hoogste inkomenskwintiel dat over het algemeen de meeste mensen te vertrouwen zijn, terwijl het gemiddelde 51,5% bedroeg.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij doel 16. Vertrouwen is een fundamenteel element van sociaal kapitaal, belangrijk voor vreedzame samenlevingen (Ortiz-Ospina en Roser, 2018).
-Deze indicator wordt gebruikt om de composiete indicator Sociaal kapitaal, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator Sociaal kapitaal te berekenen.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Ortiz-Ospina E. en Roser M. (2018), Trust, https://ourworldindata.org/trust (geraadpleegd op 24/09/2020).
+Ortiz-Ospina E. en Roser M. (2018), Trust, https://ourworldindata.org/trust (geraadpleegd op 03/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -206,51 +190,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -263,563 +247,600 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>37.69454</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>37.65091</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>40.52798</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>43.62893</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>40.97446</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>45.49459</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>39.50421</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>46.79506</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>43.92</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>51.51609</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>50.95291</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>33.10616</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>37.01785</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>37.36474</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>38.79153</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>34.5553</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>40.52859</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>39.35105</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>46.04266</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>47.77</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>34.76273</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>40.90843</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>26.05112</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>28.70775</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>28.23621</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>27.41063</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>25.37125</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>28.66748</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>30.00724</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>29.08166</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>29.78</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>31.4397</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>29.59696</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>58.32137</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>63.55275</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>62.4959</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>64.51126</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>66.86188</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>66.07132</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>63.00057</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>67.17895</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>65.58</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>72.39144</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>69.43694</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>36.96554</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>34.58374</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>39.07059</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>40.78602</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>37.80221</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>42.12207</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>37.00431</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>45.49777</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>42.54</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>51.41862</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>50.92726</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>36.96554</v>
+        <v>38.88777</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>34.58374</v>
+        <v>40.91056</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>39.07059</v>
+        <v>42.0763</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>40.78602</v>
+        <v>46.63893</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>37.80221</v>
+        <v>44.3294</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>42.12207</v>
+        <v>49.08348</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>37.00431</v>
+        <v>42.21196</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>45.49777</v>
+        <v>48.1593</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>42.54</v>
+        <v>45.35</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>51.41862</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>51.61716</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>50.97954</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>38.54973</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>38.06671</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>27.02149</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>37.88673</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>42.22</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>38.92031</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>40.35249</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>38.54973</v>
+        <v>33.99997</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>38.06671</v>
+        <v>37.05253</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>27.02149</v>
+        <v>31.32667</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>37.88673</v>
+        <v>43.67763</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>42.22</v>
+        <v>38.07</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>38.92031</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>45.60812</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>46.40353</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>33.99997</v>
+        <v>38.82949</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>37.05253</v>
+        <v>43.26322</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>31.32667</v>
+        <v>35.67323</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>43.67763</v>
+        <v>41.78144</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>38.07</v>
+        <v>41.23</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>45.60812</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>48.05734</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>50.57568</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>38.82949</v>
+        <v>44.51416</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>43.26322</v>
+        <v>53.29562</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>35.67323</v>
+        <v>46.81547</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>41.78144</v>
+        <v>53.35009</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>41.23</v>
+        <v>47.01</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>48.05734</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>57.2094</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>57.99677</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>44.51416</v>
+        <v>55.77756</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>53.29562</v>
+        <v>58.42042</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>46.81547</v>
+        <v>55.50765</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>53.35009</v>
+        <v>58.24738</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>47.01</v>
+        <v>57.46</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>57.2094</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>62.16291</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>63.22201</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>