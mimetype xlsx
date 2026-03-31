--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -13,139 +13,123 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_SEC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Veiligheidsgevoel in de openbare ruimte - België en internationale vergelijking</t>
   </si>
   <si>
     <t>'heel erg veilig' en 'veilig'</t>
   </si>
   <si>
     <t>procent van 15-jarigen en ouder</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>Duitsland</t>
   </si>
   <si>
     <t>Frankrijk</t>
   </si>
   <si>
     <t>Nederland</t>
   </si>
   <si>
-    <t>Door de pandemie werd de gegevensinzameling uitgesteld en startte ze in 2021.</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 15/10/2024); berekeningen FPB.</t>
+    <t>Bron: Berekeningen FPB op basis van ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, laatste update van data 02/06/2025 (geraadpleegd op 01/10/2025)</t>
   </si>
   <si>
     <t>Veiligheidsgevoel in de openbare ruimte volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 18/10/2023); berekeningen FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Veiligheidsgevoel in de openbare ruimte volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_SEC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Veiligheidsgevoel in de openbare ruimte (i78)</t>
+    <t>Veiligheidsgevoel in de openbare ruimte (i79)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: het veiligheidsgevoel in de openbare ruimte is het aandeel van de respondenten van de European Social Survey (ESS) dat "heel erg veilig" of "veilig" antwoordt op de vraag: "Als u in het donker in uw eentje door deze buurt loopt hoe veilig voelt u zich dan?". Die vraag kwam telkens aan bod in de tien tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+    <t>Definitie: het veiligheidsgevoel in de openbare ruimte is het aandeel van de respondenten van de European Social Survey (ESS) dat "heel erg veilig" of "veilig" antwoordt op de vraag: "Als u in het donker in uw eentje door deze buurt loopt hoe veilig voelt u zich dan?". Die vraag kwam telkens aan bod in de elf tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: geslacht en inkomen.
 Doelstelling: het veiligheidsgevoel van de bevolking in de openbare ruimte moet stijgen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 16.1: "Alle vormen van geweld en de daaraan gekoppelde sterftecijfers wereldwijd aanzienlijk terugschroeven".
-Evolutie: volgens de ESS-enquête steeg het veiligheidsgevoel in de openbare ruimte van 76,2% in 2002 tot 84,0% in 2021. Tussen 2002 en 2018 steeg dat aandeel ononderbroken, met uitzondering van twee dalingen op rij in 2014 en 2016.
-[...10 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator stemt overeen met indicator 16.1.4 - Deel van de bevolking dat zich veilig voelt om alleen te wandelen in de eigen woonomgeving.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -202,51 +186,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -259,563 +243,600 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>76.23</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>76.52</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>78.77</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>80.37</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>80.95</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>80.66</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>78.69</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>81.35</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>81.76</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>84.02</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>78.1</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>73.67</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>73.44</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>76.12</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>76.93</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>76.79</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>77.08</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>76.88</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>72.74</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>74.38</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>63.95</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>74.8</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>68.48</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>72.79</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>73.06</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>74.75</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>73.13</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>73.11</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>72.29</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>74.94</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>75.73</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>75.49</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>73.47</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>81.5</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>83.01</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>82.82</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>81.89</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>84.23</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>86.21</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>84.67</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>84.97</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>86.23</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>87.58</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>87.62</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>68.72</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>67.18</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>69.32</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>72.32</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>72.46</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>72.71</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>69.55</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>71.03</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>73.91</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>76.84</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>67.52</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>68.72</v>
+        <v>84.47</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>67.18</v>
+        <v>86.44</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>69.32</v>
+        <v>88.8</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>72.32</v>
+        <v>88.88</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>72.46</v>
+        <v>89.93</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>72.71</v>
+        <v>89.11</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>69.55</v>
+        <v>88.59</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>71.03</v>
+        <v>92.19</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>73.91</v>
+        <v>89.92</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>76.84</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>91.47</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>89.08</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>65.86</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>64.6</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>75.16</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>73.59</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>70.68</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>61.95</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>71.89</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>65.86</v>
+        <v>76.98</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>64.6</v>
+        <v>75.89</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>75.16</v>
+        <v>76.54</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>73.59</v>
+        <v>77.67</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>70.68</v>
+        <v>80.48</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>61.95</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>80.66</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>71.06</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>76.98</v>
+        <v>82.22</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>75.89</v>
+        <v>82.84</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>76.54</v>
+        <v>77.63</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>77.67</v>
+        <v>78.29</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>80.48</v>
+        <v>78.66</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>80.66</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>89.06</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>79.29</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>82.22</v>
+        <v>84.83</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>82.84</v>
+        <v>86.85</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>77.63</v>
+        <v>83.01</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>78.29</v>
+        <v>87.65</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>78.66</v>
+        <v>85.52</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>89.06</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>87.03</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>82.7</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>84.83</v>
+        <v>89.52</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>86.85</v>
+        <v>89.53</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>83.01</v>
+        <v>85.26</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>87.65</v>
+        <v>90.25</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>85.52</v>
+        <v>92.28</v>
       </c>
       <c r="G29" s="1" t="n">
+        <v>90.07</v>
+      </c>
+      <c r="H29" s="1" t="n">
         <v>87.03</v>
       </c>
-      <c r="H29" s="1"/>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>