--- v0 (2025-10-30)
+++ v1 (2026-03-24)
@@ -13,140 +13,124 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_INS" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Vertrouwen in instellingen - België en internationale vergelijking</t>
   </si>
   <si>
     <t>score van minstens 6 op schaal 0-10</t>
   </si>
   <si>
     <t>procent van 15-jarigen en ouder</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>Duitsland</t>
   </si>
   <si>
     <t>Frankrijk</t>
   </si>
   <si>
     <t>Nederland</t>
   </si>
   <si>
-    <t>Door de pandemie werd de gegevensinzameling uitgesteld en startte ze in 2021.</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 15/10/2024); berekeningen FPB.</t>
+    <t>Bron: Berekeningen FPB op basis van ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, laatste update van data 02/06/2025 (geraadpleegd op 01/10/2025)</t>
   </si>
   <si>
     <t>Vertrouwen in instellingen volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 18/10/2023); berekeningen FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Vertrouwen in instellingen volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_INS</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Vertrouwen in instellingen (i80)</t>
+    <t>Vertrouwen in instellingen (i81)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: het vertrouwen in instellingen is het gemiddelde aandeel respondenten van de European Social Survey (ESS) dat minstens een score van 6 op 10 geeft op elk van de volgende vier vragen: "Kunt u aangeven hoeveel vertrouwen u persoonlijk heeft in elk van volgende instellingen: het Belgisch parlement, het rechtssysteem, de politici en de politieke partijen". De geïnterviewden kunnen voor elke instelling antwoorden op een schaal van nul (helemaal geen vertrouwen) tot tien (volledig vertrouwen). Die vraag kwam aan bod in negen tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+    <t>Definitie: het vertrouwen in instellingen is het gemiddelde aandeel respondenten van de European Social Survey (ESS) dat minstens een score van 6 op 10 geeft op elk van de volgende vier vragen: "Kunt u aangeven hoeveel vertrouwen u persoonlijk heeft in elk van volgende instellingen: het Belgisch parlement, het rechtssysteem, de politici en de politieke partijen". De geïnterviewden kunnen voor elke instelling antwoorden op een schaal van nul (helemaal geen vertrouwen) tot tien (volledig vertrouwen). Die vraag kwam aan bod in de elf tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: geslacht en inkomen.
 Doelstelling: het vertrouwen in instellingen moet stijgen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 16.6: "Doeltreffende, verantwoordelijke en transparante instellingen ontwikkelen op alle niveaus".
-Evolutie: volgens de ESS steeg het vertrouwen in instellingen van 33,8% in 2004 tot 36,5% in 2021. Het lagere vertrouwen in 2008 en 2010 is te wijten aan een daling in het vertrouwen in het Belgisch parlement, de politici en de politieke partijen, aangezien het vertrouwen in het rechtssysteem in die jaren slechts licht daalt.
-[...3 lines deleted...]
-Opsplitsing volgens inkomen: het vertrouwen stijgt met het inkomen. In 2021 ligt het vertrouwen in het eerste en vijfde inkomenskwintiel met respectievelijk 21,2% en 39,4% duidelijk lager en hoger dan het gemiddelde van 36,5%. De verschillen in vertrouwen volgens inkomen blijven duidelijk over de verschillende jaren heen.
 VN-indicator: de gekozen indicator is verwant met indicator 16.6.2 - Deel van de bevolking dat tevreden is met zijn laatste ervaring met openbare diensten. De tevredenheid met dienstverlening verschilt van het vertrouwen in instellingen, maar beide zijn relevant voor de subdoelstelling waarover ze rapporteren.
-Deze indicator wordt gebruikt om de composiete indicator Sociaal kapitaal, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
-[...5 lines deleted...]
-</t>
+Deze indicator wordt gebruikt om de composiete indicator Sociaal kapitaal te berekenen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -203,51 +187,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K33"/>
+  <dimension ref="A1:L32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -257,542 +241,579 @@
       </c>
       <c r="C4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="K4" s="1"/>
+      <c r="K4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="L4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>33.8425</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>35.885</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>31.0175</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>29.9825</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>36.8475</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>35.3975</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>36.255</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>36.975</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>36.4875</v>
       </c>
-      <c r="K5" s="1"/>
+      <c r="K5" s="1" t="n">
+        <v>35.8275</v>
+      </c>
+      <c r="L5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>26.16</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>27.8275</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>28.9</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>26.84</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>34.13</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>35.4675</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>39.56</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>37.2325</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>34.66</v>
       </c>
-      <c r="K6" s="1"/>
+      <c r="K6" s="1" t="n">
+        <v>37.7825</v>
+      </c>
+      <c r="L6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>22.5275</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>22.175</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>25.03</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>21.9025</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>25.1175</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>22.0025</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>22.1525</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>25.32</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>29.19</v>
       </c>
-      <c r="K7" s="1"/>
+      <c r="K7" s="1" t="n">
+        <v>27.325</v>
+      </c>
+      <c r="L7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>44.295</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>52.3225</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>56.8125</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>56.2675</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>54.705</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>50.5125</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>57.1525</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>61.995</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>60.245</v>
       </c>
-      <c r="K8" s="1"/>
+      <c r="K8" s="1" t="n">
+        <v>54.98</v>
+      </c>
+      <c r="L8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="L15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2004</v>
+        <v>30.585</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2006</v>
+        <v>34.975</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2008</v>
+        <v>28.7725</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2010</v>
+        <v>27.645</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2012</v>
+        <v>35.0275</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2014</v>
+        <v>33.8225</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2016</v>
+        <v>34.895</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2018</v>
+        <v>36.055</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="K16" s="1"/>
+        <v>35.76</v>
+      </c>
+      <c r="K16" s="1" t="n">
+        <v>35.815</v>
+      </c>
+      <c r="L16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>30.585</v>
+        <v>37.3025</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>34.975</v>
+        <v>36.845</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>28.7725</v>
+        <v>33.395</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>27.645</v>
+        <v>32.4575</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>35.0275</v>
+        <v>38.7875</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>33.8225</v>
+        <v>37.1025</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>34.895</v>
+        <v>37.685</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>36.055</v>
+        <v>37.93</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>35.76</v>
-[...1 lines deleted...]
-      <c r="K17" s="1"/>
+        <v>37.2425</v>
+      </c>
+      <c r="K17" s="1" t="n">
+        <v>35.84</v>
+      </c>
+      <c r="L17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...38 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>23.05</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>28.9175</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>30.64</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>28.6575</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>31.525</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>21.22</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>30.91</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>23.05</v>
+        <v>22.325</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>28.9175</v>
+        <v>31.34</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>30.64</v>
+        <v>32.69</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>28.6575</v>
+        <v>32.3275</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>31.525</v>
+        <v>30.3275</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>21.22</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>35.1325</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>32.1475</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>22.325</v>
+        <v>30.3925</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>31.34</v>
+        <v>36.26</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>32.69</v>
+        <v>31.5325</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>32.3275</v>
+        <v>34.8875</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>30.3275</v>
+        <v>32.6</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>35.1325</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>38.735</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>31.275</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>30.3925</v>
+        <v>34.4</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>36.26</v>
+        <v>41.86</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>31.5325</v>
+        <v>33.815</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>34.8875</v>
+        <v>38.645</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>32.6</v>
+        <v>40.915</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>38.735</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>37.6625</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>38.615</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>34.4</v>
+        <v>37.68</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>41.86</v>
+        <v>45.73</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>33.815</v>
+        <v>42.605</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>38.645</v>
+        <v>42.5575</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>40.915</v>
+        <v>48.5575</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>37.6625</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>39.4375</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>39.30570575</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>