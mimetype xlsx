--- v0 (2025-11-05)
+++ v1 (2026-03-20)
@@ -13,143 +13,127 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_FAM" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Contact met vrienden en familie - België en internationale vergelijking</t>
   </si>
   <si>
     <t>minstens een keer per week</t>
   </si>
   <si>
     <t>procent van 15-jarigen en ouder</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>Duitsland</t>
   </si>
   <si>
     <t>Frankrijk</t>
   </si>
   <si>
     <t>Nederland</t>
   </si>
   <si>
-    <t>Door de pandemie werd de gegevensinzameling uitgesteld en startte ze in 2021.</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 15/10/2024); berekeningen FPB.</t>
+    <t>Bron: Berekeningen FPB op basis van ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, laatste update van data 02/06/2025 (geraadpleegd op 01/10/2025)</t>
   </si>
   <si>
     <t>Contact met vrienden en familie volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (geraadpleegd op 18/10/2023); berekeningen FPB.</t>
-[...1 lines deleted...]
-  <si>
     <t>Contact met vrienden en familie volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_FAM</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Contact met vrienden en familie (i75)</t>
+    <t>Contact met vrienden en familie (i76)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: sociale contacten worden gedefinieerd door het resultaat van de European Social Survey (ESS) en meer bepaald door minstens één keer per week te antwoorden op de vraag "hoe vaak u om sociale redenen (niet vanwege het werk of uit zuiver plichtsgevoel, maar omdat ze ervoor kiezen om vrienden, familie of collega's te ontmoeten; dat komt overeen met de oorspronkelijke Europese vragenlijst en met de Nederlandstalige vragenlijst. De Franstalige vragenlijst preciseert enkel "niet vanwege het werk") vrienden, familie of collega's ontmoet". Die vraag kwam telkens aan bod in de tien tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+    <t>Definitie: sociale contacten worden gedefinieerd door het resultaat van de European Social Survey (ESS) en meer bepaald door “minstens één keer per week” te antwoorden op de vraag "hoe vaak u vrienden, familie of collega’s ontmoet” om sociale redenen (niet vanwege het werk of uit zuiver plichtsgevoel, maar omdat ze ervoor kiezen om vrienden, familie of collega's te ontmoeten; dat komt overeen met de oorspronkelijke Europese vragenlijst en met de Nederlandstalige vragenlijst. De Franstalige vragenlijst preciseert enkel "niet vanwege het werk"). Die vraag kwam telkens aan bod in de elf tweejaarlijkse enquêtes van de ESS. Door de covid-19-pandemie werd de enquête van 2020 uitgesteld naar 2021. Het FPB berekent de indicator met de gegevens van de ESS. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: geslacht en inkomen.
 Doelstelling: het aandeel personen dat aangeeft minstens één keer per week sociaal contact te hebben mag niet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten het volgende doel: "Bevorder vreedzame en inclusieve samenlevingen met het oog op duurzame ontwikkeling, verzeker toegang tot justitie voor iedereen en bouw op alle niveaus doeltreffende, verantwoordelijke en inclusieve instellingen uit" (doel 16). Sociale netwerken, of familie en vrienden hebben, zijn een belangrijke bijdrage tot vreedzame en inclusieve samenlevingen.
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling heeft als eerste uitdaging: Een maatschappij die de sociale cohesie bevordert (Belgisch Staatsblad, 08/10/2013). Om aan deze sociale cohesie bij te dragen, wordt er als impliciete doelstelling beschouwd dat het aandeel personen dat aangeeft minstens één keer per week sociaal contact te hebben met vrienden of familie om sociale redenen, als maatstaf voor het sociaal kapitaal, niet mag dalen.
-Evolutie: volgens de ESS bleef die indicator redelijk stabiel tussen 2002 en 2021 van 67,7% tot 68,3%. Er is geen duidelijke evolutie vast te stellen.
-[...3 lines deleted...]
-Opsplitsing volgens inkomenscategorie: de indicator toont hogere waarden voor de twee hoogste inkomenskwintielen dan voor de drie laagste. Er is dus een verband tussen deze indicator en het inkomen: meer respondenten met een hoger inkomen hebben minstens één keer per week sociale contacten.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij doel 16. Sociale netwerken, of familie en vrienden hebben, zijn een belangrijke bijdrage tot vreedzame en inclusieve samenlevingen.
-Deze indicator wordt gebruikt om de composiete indicator Sociaal kapitaal, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator Sociaal kapitaal te berekenen.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm (geraadpleegd op 24/09/2020).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -207,51 +191,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -264,563 +248,600 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>67.73</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>71.14</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>68.89</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>69.01</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>70.74</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>65.15</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>68.01</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>67.79</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>68.19</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>68.31</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>66.63</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>59.94</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>52.51</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>56.12</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>56.26</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>60.19</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>58.02</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>55.39</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>59.54</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>59.45</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>47.92</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>58.48</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>66.64</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>67</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>66.19</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>67.78</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>65.27</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>67.23</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>65.17</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>69.76</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>67.73</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>67.82</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>71.75</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>71.85</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>73.55</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>77.88</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>76.87</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>75.22</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>76.73</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>73.91</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>79.02</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>74.91</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>73.23</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>75.17</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>67.8</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>71.32</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>69.44</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>67.42</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>70.22</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>66.32</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>67.83</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>68.96</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>68.46</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>68.9</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>66.55</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>67.8</v>
+        <v>67.55</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>71.32</v>
+        <v>70.94</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>69.44</v>
+        <v>68.3</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>67.42</v>
+        <v>70.7</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>70.22</v>
+        <v>71.3</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>66.32</v>
+        <v>63.89</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>67.83</v>
+        <v>68.2</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>68.96</v>
+        <v>66.56</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>68.46</v>
+        <v>67.91</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>68.9</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>67.71</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>66.71</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>65.15</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>66.17</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>66.79</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>64.87</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>68.35</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>62.95</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>59.85</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>65.15</v>
+        <v>71.19</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>66.17</v>
+        <v>63.96</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>66.79</v>
+        <v>64.86</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>64.87</v>
+        <v>62.23</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>68.35</v>
+        <v>66.75</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>62.95</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>70.58</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>60.54</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>71.19</v>
+        <v>67.86</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>63.96</v>
+        <v>63.56</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>64.86</v>
+        <v>65.81</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>62.23</v>
+        <v>62.37</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>66.75</v>
+        <v>63.61</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>70.58</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>64.87</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>59.59</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>67.86</v>
+        <v>69.96</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>63.56</v>
+        <v>67.72</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>65.81</v>
+        <v>67.14</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>62.37</v>
+        <v>73.16</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>63.61</v>
+        <v>70.02</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>64.87</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>68</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>74.27</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>69.96</v>
+        <v>74.46</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>67.72</v>
+        <v>64.45</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>67.14</v>
+        <v>65.96</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>73.16</v>
+        <v>77.53</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>70.02</v>
+        <v>72.6</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>72.76</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>73.34</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>