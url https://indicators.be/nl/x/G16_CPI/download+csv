--- v0 (2025-10-04)
+++ v1 (2026-03-24)
@@ -27,81 +27,72 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_CPI" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Corruptieperceptie-index - België en internationale vergelijking</t>
   </si>
   <si>
     <t>score 0-100</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Transparency international; Eurostat (2024), Corruption Perceptions Index [sdg_16_50], https://ec.europa.eu/eurostat (geraadpleegd op 03/09/2024).</t>
+    <t>Bron: Eurostat (2025), Corruption Perceptions Index , sdg_16_50, https://ec.europa.eu/eurostat, laatste update van data 25/04/2025 23:00 (geraadpleegd op 30/06/2025)</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_CPI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Corruptieperceptie-index (i79)</t>
+    <t>Corruptieperceptie-index (i80)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: de corruptieperceptie-index meet de mate waarin de overheidssector van een land als corrupt gepercipieerd wordt op een schaal van 0 (zeer corrupt) tot 100 (corruptievrij). Het is een composiete indicator gebaseerd op bevragingen over en beoordelingen van corruptie van 13 verschillende experten, waarvan een gemiddelde wordt berekend. De gegevens komen van Transparency International en worden gepubliceerd door Eurostat.
 Doelstelling: de corruptieperceptie-index moet stijgen, wat wil zeggen dat de corruptie daalt.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 16.5: "Corruptie en omkoperij in al hun vormen aanzienlijk verminderen".
-Evolutie: de corruptieperceptie-index bedroeg in 2023 in België 73 op een maximumscore van 100 (voor een corruptievrij land). De score voor België is redelijk stabiel van 2012 tot 2020 met ongeveer 75 of iets hoger (76 in 2014 en 2020, 77 in 2015 en 2016), maar daalt in 2021 tot 73 en blijft op dat niveau in 2022 en 2023.
-[...8 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 16.5. De indicator van Transparency International is een indicator om de evolutie van corruptie wereldwijd op te volgen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -158,51 +149,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:O8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -216,135 +207,144 @@
       </c>
       <c r="F3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="N3" s="1"/>
+      <c r="N3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="O3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>76</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>77</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>77</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>76</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>73</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>73</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>73</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="N4" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="O4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>63</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>63</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>65</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="L5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>64</v>
       </c>
-      <c r="N5" s="1"/>
+      <c r="N5" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="O5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>