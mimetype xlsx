--- v0 (2025-11-02)
+++ v1 (2026-03-25)
@@ -30,97 +30,88 @@
     <sheet name="G12_WST" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="17">
   <si>
     <t>Gemeentelijk afval - België en internationale vergelijking</t>
   </si>
   <si>
     <t>kilogram per inwoner</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>België (alleen huishoudens)</t>
   </si>
   <si>
     <t>EU27 (alleen huishoudens)</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Municipal waste by waste operations [env_wasmun], https://ec.europa.eu/eurostat (geraadpleegd op 16/9/2024).</t>
+    <t>Bron: Statbel; (2025), Municipal waste by waste operations, env_wasmun, https://ec.europa.eu/eurostat, laatste update van data 13/02/2025 23:00 (geraadpleegd op 01/07/2025).</t>
   </si>
   <si>
     <t>Gemeentelijk afval volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest (alleen huishoudens)</t>
   </si>
   <si>
     <t>Vlaams Gewest (alleen huishoudens)</t>
   </si>
   <si>
     <t>Waals Gewest (alleen huishoudens)</t>
   </si>
   <si>
-    <t>Statbel (2022), Rechtstreekse mededeling, 28/04/2022.</t>
+    <t>Bron: Statbel (2025), Rechtstreekse mededeling, 16/09/2025.</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G12_WST</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Gemeentelijk afval (i62)</t>
+    <t>Gemeentelijk afval (i63)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: gemeentelijk afval is het afval van de huishoudens verzameld door de gemeentelijke ophaaldiensten, containerparken, straatvegers… uitgezonderd de bouwmaterialen. Vanaf 2020 wordt gelijkaardig afval van bronnen zoals handel, kantoren en openbare instellingen opgenomen in deze indicator. Deze verandering geldt vanaf 2020 voor België, maar is nog niet in alle Europese landen doorgevoerd. Daarom worden er twee tijdreeksen gepresenteerd, afhankelijk van de gebruikte definitie. De indicator wordt uitgedrukt in kilogram per inwoner. Statistics Belgium organiseert in België de inzameling van deze gegevens en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert.
+Voor deze indicator is volgende opsplitsing beschikbaar: gewest.
 Doelstelling: het gemeentelijk afval moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 12.5: "Tegen 2030 de afvalproductie aanzienlijk beperken via preventie, vermindering, recyclage en hergebruik".
-Evolutie: de opgehaalde hoeveelheid gemeentelijk afval (alleen huishoudens) nam gestaag toe van 1995 tot 2007, toen een maximum van 493 kg per inwoner werd bereikt. Die trend is vanaf 2007 gekeerd. De opgehaalde hoeveelheid gemeentelijk afval is sindsdien gestaag gedaald, tot een totaal van 416 kg per inwoner in 2020, ook al is er sinds 2015 eerder een stabilisatie. Een deel van dat afval (54,3% in 2020) wordt gerecycleerd of gecomposteerd (zie gerecycleerd afval). Een ander deel wordt verbrand met een energiewinning voor bijna heel de verbrande hoeveelheid (43% in 2020) of gestort (1% in 2020). De totale hoeveelheid afval die noch gerecycleerd, noch gecomposteerd wordt, bleef relatief stabiel en schommelde tussen 2 en 2,5 miljoen ton sinds 2000.
-[...9 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator is verwant met indicator 12.5.1 - Nationale recyclagegraad, ton gerecycleerd materiaal. De indicator van afval per inwoner is een aanvulling op de indicator over recyclage.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -177,51 +168,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AD18"/>
+  <dimension ref="A1:AE18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -283,51 +274,54 @@
       </c>
       <c r="V3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="W3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="X3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Y3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Z3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AA3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AD3" s="1"/>
+      <c r="AD3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AE3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H4" s="1" t="s">
         <f>=NA()</f>
@@ -371,53 +365,56 @@
       <c r="U4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="X4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Y4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="n">
         <v>729</v>
       </c>
       <c r="AB4" s="1" t="n">
         <v>755</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="AD4" s="1"/>
+        <v>690</v>
+      </c>
+      <c r="AD4" s="1" t="n">
+        <v>689</v>
+      </c>
+      <c r="AE4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>455</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>450</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>457</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>451</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>460</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>471</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>467</v>
@@ -463,141 +460,147 @@
       </c>
       <c r="V5" s="1" t="n">
         <v>412</v>
       </c>
       <c r="W5" s="1" t="n">
         <v>419</v>
       </c>
       <c r="X5" s="1" t="n">
         <v>411</v>
       </c>
       <c r="Y5" s="1" t="n">
         <v>409</v>
       </c>
       <c r="Z5" s="1" t="n">
         <v>416</v>
       </c>
       <c r="AA5" s="1" t="n">
         <v>416</v>
       </c>
       <c r="AB5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC5" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="AD5" s="1"/>
+      <c r="AD5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AE5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>467</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>478</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>491</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>487</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>500</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>513</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>509</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>515</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>502</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>500</v>
       </c>
       <c r="L6" s="1" t="n">
         <v>506</v>
       </c>
       <c r="M6" s="1" t="n">
         <v>513</v>
       </c>
       <c r="N6" s="1" t="n">
         <v>517</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="Q6" s="1" t="n">
         <v>503</v>
       </c>
       <c r="R6" s="1" t="n">
         <v>499</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="T6" s="1" t="n">
         <v>479</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="Y6" s="1" t="n">
         <v>500</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>504</v>
-[...10 lines deleted...]
-      <c r="AD6" s="1"/>
+        <v>505</v>
+      </c>
+      <c r="AA6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AB6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AC6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AD6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AE6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
       <c r="B7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>