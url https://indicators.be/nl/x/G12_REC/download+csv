--- v0 (2025-10-09)
+++ v1 (2026-03-24)
@@ -30,96 +30,88 @@
     <sheet name="G12_REC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="17">
   <si>
     <t>Gerecycleerd afval - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van gemeentelijk afval</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>België (alleen huishoudens)</t>
   </si>
   <si>
     <t>EU27 (alleen huishoudens)</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Municipal waste by waste operations [env_wasmun], https://ec.europa.eu/eurostat (geraadpleegd op 16/9/2024).</t>
+    <t>Bron: Statbel; Eurostat (2025), Municipal waste by waste operations, env_wasmun, https://ec.europa.eu/eurostat, laatste update van data 13/02/2025 23:00 (geraadpleegd op 01/07/2025).</t>
   </si>
   <si>
     <t>Gerecycleerd afval volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest (alleen huishoudens)</t>
   </si>
   <si>
     <t>Vlaams Gewest (alleen huishoudens)</t>
   </si>
   <si>
     <t>Waals Gewest (alleen huishoudens)</t>
   </si>
   <si>
-    <t>Statbel (2022), Rechtstreekse mededeling, 28/04/2022.</t>
+    <t>Bron: Statbel (2025), Rechtstreekse mededeling, 16/09/2025.</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G12_REC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Gerecycleerd afval (i61)</t>
+    <t>Gerecycleerd afval (i62)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: het aandeel gemeentelijk afval dat gerecycleerd en gecomposteerd/gefermenteerd wordt. Die indicator moet vergeleken worden met de indicator over de ophaling van gemeentelijk afval. Het gemeentelijk afval is alle huishoudelijk afval verzameld door de gemeentelijke ophaaldiensten, containerparken, straatvegers… uitgezonderd de bouwmaterialen. Dat afval kan op vier manieren worden behandeld: storting, verbranding (met of zonder energiewinning), recyclage, alsook compostering/fermentatie. Vanaf 2020 wordt gelijkaardig afval van bronnen zoals handel, kantoren en openbare instellingen opgenomen in de indicator gemeentelijk afval. Deze verandering geldt vanaf 2020 voor België, maar is nog niet in alle Europese landen doorgevoerd. Daarom worden er twee tijdreeksen gepresenteerd, afhankelijk van de gebruikte definitie. Statistics Belgium organiseert in België de collecte van deze gegevens en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De hier gebruikte gegevens worden door het FPB berekend op basis van de gegevens van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert.
+Voor deze indicator is volgende opsplitsing beschikbaar: gewest.
 Doelstelling: het gerecycleerd afval moet stijgen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 12.5: "Tegen 2030 de afvalproductie aanzienlijk beperken via preventie, vermindering, recyclage en hergebruik".
-Evolutie: de recyclagegraad van afval steeg snel van 19% in 1995 tot ongeveer 50% in 2000. Sinds 2000 steeg die tot 57% in 2007 en viel daarna terug tot 54% in 2020. Met de nieuwe definitie gebruikt vanaf 2020 stijgt de recyclagegraad van afval licht van 51% in 2020 tot 52% in 2022.
-[...8 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator stemt overeen met indicator 12.5.1 – nationale recyclagegraad, ton gerecycleerd materiaal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -176,51 +168,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AD18"/>
+  <dimension ref="A1:AE18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -282,51 +274,54 @@
       </c>
       <c r="V3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="W3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="X3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Y3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Z3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AA3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AD3" s="1"/>
+      <c r="AD3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AE3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H4" s="1" t="s">
         <f>=NA()</f>
@@ -370,53 +365,56 @@
       <c r="U4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="X4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Y4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="n">
         <v>51.02880658</v>
       </c>
       <c r="AB4" s="1" t="n">
         <v>54.56953642</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>51.84638109</v>
-[...1 lines deleted...]
-      <c r="AD4" s="1"/>
+        <v>53.33333333</v>
+      </c>
+      <c r="AD4" s="1" t="n">
+        <v>53.55587808</v>
+      </c>
+      <c r="AE4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>19.12087912</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>25.33333333</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>34.57330416</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>41.90687361</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>46.08695652</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>49.68152866</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>50.32119914</v>
@@ -462,51 +460,54 @@
       </c>
       <c r="V5" s="1" t="n">
         <v>53.39805825</v>
       </c>
       <c r="W5" s="1" t="n">
         <v>53.46062053</v>
       </c>
       <c r="X5" s="1" t="n">
         <v>53.77128954</v>
       </c>
       <c r="Y5" s="1" t="n">
         <v>54.52322738</v>
       </c>
       <c r="Z5" s="1" t="n">
         <v>54.80769231</v>
       </c>
       <c r="AA5" s="1" t="n">
         <v>54.32692308</v>
       </c>
       <c r="AB5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC5" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="AD5" s="1"/>
+      <c r="AD5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AE5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>18.62955032</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>20.92050209</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>22.40325866</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>24.02464066</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>26</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>27.29044834</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>28.68369352</v>
@@ -532,71 +533,74 @@
       <c r="O6" s="1" t="n">
         <v>36.48648649</v>
       </c>
       <c r="P6" s="1" t="n">
         <v>37.25490196</v>
       </c>
       <c r="Q6" s="1" t="n">
         <v>37.972167</v>
       </c>
       <c r="R6" s="1" t="n">
         <v>38.87775551</v>
       </c>
       <c r="S6" s="1" t="n">
         <v>40.77868852</v>
       </c>
       <c r="T6" s="1" t="n">
         <v>41.63179916</v>
       </c>
       <c r="U6" s="1" t="n">
         <v>43.30543933</v>
       </c>
       <c r="V6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>45.84178499</v>
+        <v>45.74898785</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>46.29258517</v>
+        <v>46.2</v>
       </c>
       <c r="Y6" s="1" t="n">
         <v>46.2</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>47.02380952</v>
-[...10 lines deleted...]
-      <c r="AD6" s="1"/>
+        <v>47.12871287</v>
+      </c>
+      <c r="AA6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AB6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AC6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AD6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AE6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
       <c r="B7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>