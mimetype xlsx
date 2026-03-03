--- v0 (2025-11-23)
+++ v1 (2026-03-03)
@@ -27,81 +27,72 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G12_CMU" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Circulair materiaalgebruik - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van totale materiaalgebruik</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Circular material use rate [cei_srm030], https://ec.europa.eu/eurostat (geraapleegd op 26/8/2024).</t>
+    <t>Bron: Statbel; Eurostat (2025), Circular material use rate, cei_srm030, https://ec.europa.eu/eurostat, laatste update van data 13/11/2024 23:00 (geraadpleegd op 01/07/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G12_CMU</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Circulair materiaalgebruik (i63)</t>
+    <t>Circulair materiaalgebruik (i64)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: het aandeel gerecycleerde materialen die opnieuw in de economie wordt gebracht als onderdeel van het totale materiaalgebruik. Het circulair materiaalgebruik, ook wel circulariteitsgraad genoemd, wordt gedefinieerd als de verhouding tussen het circulaire materiaalgebruik en het totale materiaalgebruik. Het circulair materiaalgebruik wordt benaderd door de hoeveelheid afval die wordt gerecycleerd in binnenlandse terugwinningsfaciliteiten (zie indicator gerecycleerd afval) minus geïmporteerd afval dat bestemd is voor binnenlandse terugwinning plus geëxporteerd afval dat bestemd is voor terugwinning in het buitenland. Het totale materiaalgebruik wordt gemeten door het binnenlandse verbruik van materialen en het circulaire materiaalgebruik op te sommen. De gegevens zijn afkomstig van Eurostat.
 Doelstelling: het circulair materiaalgebruik moet stijgen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 12.5: "Tegen 2030 de afvalproductie aanzienlijk beperken via preventie, vermindering, recyclage en hergebruik".
-Evolutie: het circulair materiaalgebruik steeg geleidelijk van 13,6% in 2010 tot 23,7% in 2021. In 2022 viel het terug tot 22,2% in 2022.
-[...8 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator is verwant met indicator 12.5.1 – nationale recyclagegraad, ton gerecycleerd materiaal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -158,51 +149,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:O8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -219,141 +210,150 @@
       </c>
       <c r="G3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="O3" s="1"/>
+      <c r="O3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>13.6</v>
+        <v>13.5</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>17.4</v>
+        <v>17.3</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>17.4</v>
+        <v>17.3</v>
       </c>
       <c r="F4" s="1" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="G4" s="1" t="n">
         <v>18</v>
       </c>
-      <c r="G4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H4" s="1" t="n">
-        <v>18.2</v>
+        <v>18</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>19.1</v>
+        <v>19</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>20.8</v>
+        <v>20.6</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>20.7</v>
+        <v>20.5</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>23</v>
+        <v>22.9</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>23.7</v>
+        <v>21.4</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>22.2</v>
-[...1 lines deleted...]
-      <c r="O4" s="1"/>
+        <v>18.3</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="P4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>11</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>11.1</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>11.4</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>11.3</v>
+        <v>11.2</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>11.6</v>
+        <v>11.2</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>11.4</v>
+        <v>11.1</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>11.5</v>
       </c>
-      <c r="O5" s="1"/>
+      <c r="O5" s="1" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="P5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>