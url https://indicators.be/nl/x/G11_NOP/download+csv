--- v0 (2025-10-18)
+++ v1 (2026-03-25)
@@ -13,227 +13,223 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G11_NOP" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="53">
   <si>
     <t>Geluidsoverlast - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van bevolking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020; EU27 schatting</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024); Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mddw01, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020; EU27 schatting. Het 95%-betrouwbaarheidsinterval voor het aandeel personen geconfronteerd met geluidsoverlast in 2024 bedraagt 12.2% tot 15.1% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 28/08/2025); Statbel (2025), rechstreekse mededeling 18/11/2025; Statbel; Eurostat (2025), Noise from neighbours or from the street, ilc_mddw01 , https://ec.europa.eu/eurostat, laatste update van data 18/07/2025 23:00 (geraadpleegd op 28/08/2025)</t>
   </si>
   <si>
     <t>Geluidsoverlast volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
-    <t>Vlaams Gewest </t>
-[...8 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024)</t>
+    <t>Vlaams Gewest</t>
+  </si>
+  <si>
+    <t>Waals Gewest</t>
+  </si>
+  <si>
+    <t>Noot: breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020. Het 95%-betrouwbaarheidsinterval voor het aandeel personen geconfronteerd met geluidsoverlast in 2024 bedraagt 16.4% tot 23.0% voor Brussel, 10.1% tot 14.0% voor Vlaanderen en 12.1% tot 17.0% voor Wallonië.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/08/2025); Statbel (2025),rechtstreekse mededeling 18/11/2025</t>
   </si>
   <si>
     <t>Geluidsoverlast volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
+    <t>Noot: breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025)</t>
+  </si>
+  <si>
     <t>Geluidsoverlast volgens leeftijd - België</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Geluidsoverlast volgens opleiding - België</t>
   </si>
   <si>
     <t>hoogstens lager secundair</t>
   </si>
   <si>
     <t>hoger secundair</t>
   </si>
   <si>
     <t>hoger</t>
   </si>
   <si>
     <t>Geluidsoverlast volgens huishoudentype - België</t>
   </si>
   <si>
     <t>alleenstaande</t>
   </si>
   <si>
     <t>eenoudergezin</t>
   </si>
   <si>
     <t>2 volwassenen &lt;65</t>
   </si>
   <si>
     <t>2 volw., minstens 1 &gt;64</t>
   </si>
   <si>
-    <t>2 volw., 1 kind</t>
-[...5 lines deleted...]
-    <t>2 volw., 3+ kinderen</t>
+    <t>2 volw., 1 of meer (kinderen)</t>
   </si>
   <si>
     <t>Geluidsoverlast volgens activiteitsstatus - België</t>
   </si>
   <si>
     <t>werkend</t>
   </si>
   <si>
     <t>werkloos</t>
   </si>
   <si>
     <t>gepensioneerd</t>
   </si>
   <si>
     <t>andere inactief</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019; omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.                             </t>
+    <t>Noot: breuk in tijdreeks: 2019; omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/08/2025); Statbel (2025), Micro databestanden SILC 2024: SILC_2024_CI</t>
   </si>
   <si>
     <t>Geluidsoverlast volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/08/2025)</t>
+  </si>
+  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G11_NOP</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Geluidsoverlast (i58)</t>
+    <t>Geluidsoverlast (i59)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: deze indicator meet het aandeel van de bevolking dat verklaart hinder te ondervinden van buren- of straatlawaai. De gevoeligheid voor geluid is subjectief. Een variatie van de indicator kan zowel te wijten zijn aan een verandering in de reële geluidsoverlast als aan een verandering van de gevoeligheid voor geluid van de ondervraagde personen.
 De gegevens over deze indicator zijn gebaseerd op de enquête Statistics on Income and Living Conditions (EU-SILC) van de Europese Unie. Statistics Belgium organiseert deze binnen de EU geharmoniseerde enquête in België en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. 2004 is het eerste jaar waarvoor Europees geharmoniseerde gegevens zijn verzameld waarmee de indicator berekend kan worden. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen zijn op verzoek verkrijgbaar bij Statistics Belgium.
 Vanaf 2019 werd de enquêtemethode grondig herzien met het oog op een grotere nauwkeurigheid. In 2020 had de covid-19-pandemie een impact op de gegevensverzameling. Hierdoor zijn de resultaten van SILC 2020 moeilijk te vergelijken met die van de voorgaande jaren (Statbel, 2021). Daarom worden ze niet gebruikt om de langetermijntrend te berekenen en te evalueren.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, inkomen, leeftijd, opleiding, huishoudentype en activiteitsstatus.
 Doelstelling: het aandeel van de bevolking dat hinder ondervindt van lawaai moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten de volgende twee subdoelstellingen, waarbij de toegang tot adequate huisvesting (11.1 "Tegen 2030 voor iedereen toegang voorzien tot adequate, veilige en betaalbare huisvesting en basisdiensten, en sloppenwijken verbeteren") en de vermindering van de milieu-impact van de steden wordt vermeld (11.6 "Tegen 2030 de nadelige milieu-impact van steden per capita reduceren, ook door bijzondere aandacht te besteden aan de luchtkwaliteit en aan het gemeentelijk en ander afvalbeheer").
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling bevat doelstelling 25 "het gebruik van vervoersmiddelen zal gepaard gaan met de uitstoot van zo weinig mogelijk (...) geluidshinder". Bovendien vermeldt het voorwoord van de eerste doelstelling waardige huisvesting als een van de voorafgaande voorwaarden voor het welzijn.
-Tot slot heeft de Wereldgezondheidsorganisatie (WHO) in 2018 de "Environmental Noise Guidelines for the European Region" (WHO, 2018) gepubliceerd. Daarin worden aanbevelingen geformuleerd over het maximale geluidsniveau waaraan de bevolking zou mogen worden blootgesteld. De WHO vermeldt ook dat "geluid een van de grootste milieurisico’s vormt voor de fysieke en mentale gezondheid" (WHO, 2019).
+Tot slot heeft de Wereldgezondheidsorganisatie (WHO) in 2018 de "Environmental Noise Guidelines for the European Region" (WHO, 2018) gepubliceerd. Daarin worden aanbevelingen geformuleerd over het maximale geluidsniveau waaraan de bevolking zou mogen worden blootgesteld. De WHO vermeldt ook dat "geluid is een van de belangrijkste milieurisico's voor de lichamelijke en geestelijke gezondheid en het welzijn" (WHO, 2024).
 Dus moet het aandeel van de bevolking dat aangeeft hinder te ondervinden van buren- of straatlawaai dalen.
-Evolutie: deze indicator is geleidelijk gedaald van 25% in 2004 tot 14,4% in 2023 (met de nieuwe methodologie gebruikt vanaf 2019).
-[...3 lines deleted...]
-Opsplitsing volgens inkomen: geluidsoverlast treft vooral personen met de laagste inkomens, maar blijft in alle inkomensgroepen aanwezig. In 2023, met de nieuwe methodologie die vanaf 2019 wordt gebruikt, bedroeg het aandeel van de bevolking dat geluidsoverlast ondervond 21,3% voor de bevolking in het laagste inkomenskwintiel. Voor de andere vier inkomenskwintielen is dit aandeel ongeveer 13%.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 11.6 die vraagt om de negatieve milieu-impact van de steden te verminderen, waaronder geluidsoverlast.
 Bronnen
-Algemeen
-[...8 lines deleted...]
-Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 19/11/2021).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
+WHO (2018), Environmental Noise Guidelines for the European Region, https://www.who.int/europe/publications/i/item/9789289053563 (geraadpleegd op 19/12/2025).
+WHO (2024), How much does environmental noise affect our health? WHO updates methods to assess health risks, https://www.who.int/europe/news/item/04-08-2024-how-much-does-environmental-noise-affect-our-health--who-updates-methods-to-assess-health-risks (geraadpleegd op 19/12/2025).
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 19/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -291,51 +287,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V87"/>
+  <dimension ref="A1:W85"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -373,51 +369,54 @@
       </c>
       <c r="N3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V3" s="1"/>
+      <c r="V3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>25</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>22.5</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>22.8</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>20.9</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>19.4</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>18.8</v>
@@ -425,240 +424,258 @@
       <c r="I4" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>18</v>
       </c>
       <c r="N4" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>16</v>
+        <v>15.9</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>14.4</v>
+        <v>14.5</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>14.3</v>
+        <v>14.2</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>14.4</v>
-[...1 lines deleted...]
-      <c r="V4" s="1"/>
+        <v>14.3</v>
+      </c>
+      <c r="V4" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="W4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="H5" s="1" t="n">
-[...3 lines deleted...]
-        <v>19.7</v>
+      <c r="H5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I5" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="L5" s="1" t="n">
         <v>18.5</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="P5" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="Q5" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="R5" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="S5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="T5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="U5" s="1" t="n">
         <v>18.2</v>
       </c>
-      <c r="V5" s="1"/>
+      <c r="V5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G12" s="1"/>
+      <c r="G12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
-        <v>24.8</v>
+        <v>24.7</v>
       </c>
       <c r="C13" s="1" t="n">
+        <v>21.3</v>
+      </c>
+      <c r="D13" s="1" t="n">
         <v>21.2</v>
       </c>
-      <c r="D13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="1" t="n">
-        <v>21</v>
+        <v>20.7</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>19.6</v>
-[...1 lines deleted...]
-      <c r="G13" s="1"/>
+        <v>19.1</v>
+      </c>
+      <c r="G13" s="1" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="H13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>14.8</v>
+        <v>14.7</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>11.4</v>
+        <v>11.2</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>11.4</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>12.8</v>
       </c>
-      <c r="G14" s="1"/>
+      <c r="G14" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="H14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>15.3</v>
+        <v>14.9</v>
       </c>
       <c r="C15" s="1" t="n">
         <v>15.9</v>
       </c>
       <c r="D15" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>15.5</v>
+        <v>15.4</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>15.5</v>
-[...1 lines deleted...]
-      <c r="G15" s="1"/>
+        <v>15.4</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="H15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -705,51 +722,54 @@
       </c>
       <c r="N22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V22" s="1"/>
+      <c r="V22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>25.2</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>24</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>23.1</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>21</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>19.4</v>
@@ -757,65 +777,68 @@
       <c r="I23" s="1" t="n">
         <v>20.5</v>
       </c>
       <c r="J23" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="K23" s="1" t="n">
         <v>18</v>
       </c>
       <c r="L23" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="M23" s="1" t="n">
         <v>18.8</v>
       </c>
       <c r="N23" s="1" t="n">
         <v>16.4</v>
       </c>
       <c r="O23" s="1" t="n">
         <v>15.4</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="Q23" s="1" t="n">
-        <v>15.7</v>
+        <v>15.6</v>
       </c>
       <c r="R23" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="S23" s="1" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="T23" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="U23" s="1" t="n">
         <v>14.4</v>
       </c>
-      <c r="T23" s="1" t="n">
-[...5 lines deleted...]
-      <c r="V23" s="1"/>
+      <c r="V23" s="1" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="W23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>24.7</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>22.5</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>22.6</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20.7</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>19</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>18.2</v>
@@ -823,86 +846,89 @@
       <c r="I24" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="J24" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="K24" s="1" t="n">
         <v>17.1</v>
       </c>
       <c r="L24" s="1" t="n">
         <v>18</v>
       </c>
       <c r="M24" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="N24" s="1" t="n">
         <v>15.2</v>
       </c>
       <c r="O24" s="1" t="n">
         <v>16</v>
       </c>
       <c r="P24" s="1" t="n">
         <v>18</v>
       </c>
       <c r="Q24" s="1" t="n">
-        <v>16.4</v>
+        <v>16.1</v>
       </c>
       <c r="R24" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="S24" s="1" t="n">
-        <v>14.2</v>
+        <v>14.1</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>14</v>
       </c>
       <c r="U24" s="1" t="n">
-        <v>14.3</v>
-[...1 lines deleted...]
-      <c r="V24" s="1"/>
+        <v>14.2</v>
+      </c>
+      <c r="V24" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="W24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0"/>
       <c r="B25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0"/>
       <c r="B31" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C31" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D31" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E31" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="F31" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="G31" s="1" t="n">
@@ -928,319 +954,334 @@
       </c>
       <c r="N31" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O31" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P31" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q31" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R31" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S31" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T31" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U31" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V31" s="1"/>
+      <c r="V31" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B32" s="1" t="n">
         <v>25.6</v>
       </c>
       <c r="C32" s="1" t="n">
         <v>23.7</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>22.1</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>23.4</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="G32" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="H32" s="1" t="n">
         <v>19.2</v>
       </c>
       <c r="I32" s="1" t="n">
         <v>21.7</v>
       </c>
       <c r="J32" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="K32" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="L32" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="M32" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="N32" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="O32" s="1" t="n">
         <v>17</v>
       </c>
       <c r="P32" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="Q32" s="1" t="n">
-        <v>17</v>
+        <v>16.7</v>
       </c>
       <c r="R32" s="1" t="n">
-        <v>14.6</v>
+        <v>14.7</v>
       </c>
       <c r="S32" s="1" t="n">
-        <v>13.1</v>
+        <v>13</v>
       </c>
       <c r="T32" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="U32" s="1" t="n">
         <v>14.2</v>
       </c>
-      <c r="U32" s="1" t="n">
-[...2 lines deleted...]
-      <c r="V32" s="1"/>
+      <c r="V32" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="W32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>28.6</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>23.4</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>23.1</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>24.7</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>22.7</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>19.6</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>19.2</v>
       </c>
       <c r="J33" s="1" t="n">
         <v>19.2</v>
       </c>
       <c r="K33" s="1" t="n">
         <v>19.8</v>
       </c>
       <c r="L33" s="1" t="n">
         <v>19.6</v>
       </c>
       <c r="M33" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="N33" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="O33" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="P33" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="Q33" s="1" t="n">
-        <v>14.7</v>
+        <v>14.3</v>
       </c>
       <c r="R33" s="1" t="n">
-        <v>16.7</v>
+        <v>16.2</v>
       </c>
       <c r="S33" s="1" t="n">
-        <v>15.3</v>
+        <v>15</v>
       </c>
       <c r="T33" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="U33" s="1" t="n">
         <v>15.7</v>
       </c>
-      <c r="U33" s="1" t="n">
-[...2 lines deleted...]
-      <c r="V33" s="1"/>
+      <c r="V33" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="W33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>25.6</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>23.9</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>21.7</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>21.5</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>21.5</v>
       </c>
       <c r="J34" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>19</v>
       </c>
       <c r="L34" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="M34" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="N34" s="1" t="n">
         <v>16.9</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="P34" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="Q34" s="1" t="n">
-        <v>16.9</v>
+        <v>16.8</v>
       </c>
       <c r="R34" s="1" t="n">
-        <v>15.5</v>
+        <v>15.6</v>
       </c>
       <c r="S34" s="1" t="n">
         <v>15.4</v>
       </c>
       <c r="T34" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="U34" s="1" t="n">
         <v>15.7</v>
       </c>
-      <c r="V34" s="1"/>
+      <c r="V34" s="1" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="W34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B35" s="1" t="n">
         <v>24.5</v>
       </c>
       <c r="C35" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="D35" s="1" t="n">
         <v>23.5</v>
       </c>
       <c r="E35" s="1" t="n">
         <v>23.1</v>
       </c>
       <c r="F35" s="1" t="n">
         <v>20.2</v>
       </c>
       <c r="G35" s="1" t="n">
         <v>18</v>
       </c>
       <c r="H35" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="I35" s="1" t="n">
         <v>17.7</v>
       </c>
       <c r="J35" s="1" t="n">
         <v>17.1</v>
       </c>
       <c r="K35" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="L35" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="M35" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="N35" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="O35" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="P35" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="Q35" s="1" t="n">
-        <v>16.3</v>
+        <v>16.2</v>
       </c>
       <c r="R35" s="1" t="n">
         <v>14.3</v>
       </c>
       <c r="S35" s="1" t="n">
-        <v>15.3</v>
+        <v>15</v>
       </c>
       <c r="T35" s="1" t="n">
         <v>14.2</v>
       </c>
       <c r="U35" s="1" t="n">
-        <v>14.5</v>
-[...1 lines deleted...]
-      <c r="V35" s="1"/>
+        <v>14.4</v>
+      </c>
+      <c r="V35" s="1" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="W35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B36" s="1" t="n">
         <v>21.2</v>
       </c>
       <c r="C36" s="1" t="n">
         <v>22.1</v>
       </c>
       <c r="D36" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="E36" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="F36" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="G36" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="H36" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="I36" s="1" t="n">
         <v>15.8</v>
       </c>
@@ -1253,77 +1294,80 @@
       <c r="L36" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="M36" s="1" t="n">
         <v>14.3</v>
       </c>
       <c r="N36" s="1" t="n">
         <v>11</v>
       </c>
       <c r="O36" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="P36" s="1" t="n">
         <v>15.4</v>
       </c>
       <c r="Q36" s="1" t="n">
         <v>13.5</v>
       </c>
       <c r="R36" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="S36" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="T36" s="1" t="n">
-        <v>10.1</v>
+        <v>10</v>
       </c>
       <c r="U36" s="1" t="n">
         <v>11.2</v>
       </c>
-      <c r="V36" s="1"/>
+      <c r="V36" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="W36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0"/>
       <c r="B37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0"/>
       <c r="B43" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="G43" s="1" t="n">
@@ -1349,270 +1393,282 @@
       </c>
       <c r="N43" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O43" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P43" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q43" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R43" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S43" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T43" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U43" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V43" s="1"/>
+      <c r="V43" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>24.2</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>22.1</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>21</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>20.8</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>19.4</v>
       </c>
       <c r="H44" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="I44" s="1" t="n">
         <v>21.1</v>
       </c>
       <c r="J44" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="K44" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="L44" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="M44" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="N44" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="O44" s="1" t="n">
         <v>16.9</v>
       </c>
       <c r="P44" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>16</v>
+        <v>15.7</v>
       </c>
       <c r="R44" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="S44" s="1" t="n">
-        <v>17.1</v>
+        <v>16.9</v>
       </c>
       <c r="T44" s="1" t="n">
-        <v>15.4</v>
+        <v>15</v>
       </c>
       <c r="U44" s="1" t="n">
-        <v>18.8</v>
-[...1 lines deleted...]
-      <c r="V44" s="1"/>
+        <v>18.7</v>
+      </c>
+      <c r="V44" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="W44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B45" s="1" t="n">
         <v>25.1</v>
       </c>
       <c r="C45" s="1" t="n">
         <v>22.3</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="E45" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="F45" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="G45" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="H45" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="I45" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="J45" s="1" t="n">
         <v>17.2</v>
       </c>
       <c r="K45" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="L45" s="1" t="n">
         <v>17.9</v>
       </c>
       <c r="M45" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="N45" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="O45" s="1" t="n">
         <v>14.1</v>
       </c>
       <c r="P45" s="1" t="n">
         <v>16.7</v>
       </c>
       <c r="Q45" s="1" t="n">
-        <v>15.7</v>
+        <v>15.6</v>
       </c>
       <c r="R45" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="S45" s="1" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="T45" s="1" t="n">
         <v>14</v>
       </c>
-      <c r="T45" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="U45" s="1" t="n">
-        <v>13.3</v>
-[...1 lines deleted...]
-      <c r="V45" s="1"/>
+        <v>13.2</v>
+      </c>
+      <c r="V45" s="1" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="W45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B46" s="1" t="n">
         <v>25.2</v>
       </c>
       <c r="C46" s="1" t="n">
         <v>23.8</v>
       </c>
       <c r="D46" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="E46" s="1" t="n">
         <v>24.4</v>
       </c>
       <c r="F46" s="1" t="n">
         <v>20.5</v>
       </c>
       <c r="G46" s="1" t="n">
         <v>19.2</v>
       </c>
       <c r="H46" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="I46" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="J46" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="K46" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="L46" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="M46" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="N46" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="O46" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="P46" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>15.6</v>
+        <v>15.5</v>
       </c>
       <c r="R46" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="S46" s="1" t="n">
-        <v>13.7</v>
+        <v>13.6</v>
       </c>
       <c r="T46" s="1" t="n">
-        <v>12.6</v>
+        <v>12.7</v>
       </c>
       <c r="U46" s="1" t="n">
-        <v>13.1</v>
-[...1 lines deleted...]
-      <c r="V46" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="V46" s="1" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="W46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
       <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C53" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D53" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E53" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="G53" s="1" t="n">
@@ -1638,55 +1694,58 @@
       </c>
       <c r="N53" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O53" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P53" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q53" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R53" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S53" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T53" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U53" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V53" s="1"/>
+      <c r="V53" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B54" s="1" t="n">
         <v>24.8</v>
       </c>
       <c r="C54" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="D54" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="E54" s="1" t="n">
         <v>23</v>
       </c>
       <c r="F54" s="1" t="n">
         <v>23.7</v>
       </c>
       <c r="G54" s="1" t="n">
         <v>22.1</v>
       </c>
       <c r="H54" s="1" t="n">
         <v>22.8</v>
       </c>
       <c r="I54" s="1" t="n">
         <v>21.9</v>
       </c>
@@ -1696,1297 +1755,1213 @@
       <c r="K54" s="1" t="n">
         <v>20</v>
       </c>
       <c r="L54" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="M54" s="1" t="n">
         <v>21.3</v>
       </c>
       <c r="N54" s="1" t="n">
         <v>18.5</v>
       </c>
       <c r="O54" s="1" t="n">
         <v>17.9</v>
       </c>
       <c r="P54" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="Q54" s="1" t="n">
         <v>17</v>
       </c>
       <c r="R54" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="S54" s="1" t="n">
-        <v>17.5</v>
+        <v>17.6</v>
       </c>
       <c r="T54" s="1" t="n">
         <v>15</v>
       </c>
       <c r="U54" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="V54" s="1"/>
+      <c r="V54" s="1" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="W54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B55" s="1" t="n">
         <v>35.9</v>
       </c>
       <c r="C55" s="1" t="n">
         <v>30.1</v>
       </c>
       <c r="D55" s="1" t="n">
         <v>27.8</v>
       </c>
       <c r="E55" s="1" t="n">
         <v>28.1</v>
       </c>
       <c r="F55" s="1" t="n">
         <v>25.8</v>
       </c>
       <c r="G55" s="1" t="n">
         <v>29.3</v>
       </c>
       <c r="H55" s="1" t="n">
         <v>28.1</v>
       </c>
       <c r="I55" s="1" t="n">
         <v>24.3</v>
       </c>
       <c r="J55" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="K55" s="1" t="n">
         <v>24</v>
       </c>
       <c r="L55" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="M55" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="N55" s="1" t="n">
         <v>25.8</v>
       </c>
       <c r="O55" s="1" t="n">
         <v>23.1</v>
       </c>
       <c r="P55" s="1" t="n">
         <v>21.2</v>
       </c>
       <c r="Q55" s="1" t="n">
-        <v>19.7</v>
+        <v>19.2</v>
       </c>
       <c r="R55" s="1" t="n">
-        <v>20.4</v>
+        <v>20.5</v>
       </c>
       <c r="S55" s="1" t="n">
-        <v>21</v>
+        <v>21.1</v>
       </c>
       <c r="T55" s="1" t="n">
-        <v>21.7</v>
+        <v>21.6</v>
       </c>
       <c r="U55" s="1" t="n">
-        <v>26.3</v>
-[...1 lines deleted...]
-      <c r="V55" s="1"/>
+        <v>25.7</v>
+      </c>
+      <c r="V55" s="1" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="W55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B56" s="1" t="n">
         <v>26</v>
       </c>
       <c r="C56" s="1" t="n">
         <v>21.1</v>
       </c>
       <c r="D56" s="1" t="n">
         <v>25.1</v>
       </c>
       <c r="E56" s="1" t="n">
         <v>24</v>
       </c>
       <c r="F56" s="1" t="n">
         <v>21.4</v>
       </c>
       <c r="G56" s="1" t="n">
         <v>20.2</v>
       </c>
       <c r="H56" s="1" t="n">
         <v>19.9</v>
       </c>
       <c r="I56" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="J56" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="K56" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="L56" s="1" t="n">
         <v>20.2</v>
       </c>
       <c r="M56" s="1" t="n">
         <v>19.4</v>
       </c>
       <c r="N56" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="O56" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="P56" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="Q56" s="1" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="R56" s="1" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="S56" s="1" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="T56" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="U56" s="1" t="n">
         <v>16.2</v>
       </c>
-      <c r="R56" s="1" t="n">
-[...11 lines deleted...]
-      <c r="V56" s="1"/>
+      <c r="V56" s="1" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="W56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B57" s="1" t="n">
         <v>20.8</v>
       </c>
       <c r="C57" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="D57" s="1" t="n">
         <v>23.6</v>
       </c>
       <c r="E57" s="1" t="n">
         <v>20.4</v>
       </c>
       <c r="F57" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="G57" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="H57" s="1" t="n">
         <v>13.9</v>
       </c>
       <c r="I57" s="1" t="n">
         <v>16</v>
       </c>
       <c r="J57" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="K57" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="L57" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="M57" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="N57" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="O57" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="P57" s="1" t="n">
         <v>16</v>
       </c>
       <c r="Q57" s="1" t="n">
         <v>14</v>
       </c>
       <c r="R57" s="1" t="n">
-        <v>10.9</v>
+        <v>11</v>
       </c>
       <c r="S57" s="1" t="n">
-        <v>12.1</v>
+        <v>12</v>
       </c>
       <c r="T57" s="1" t="n">
-        <v>8.9</v>
+        <v>8.6</v>
       </c>
       <c r="U57" s="1" t="n">
         <v>9.2</v>
       </c>
-      <c r="V57" s="1"/>
+      <c r="V57" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="W57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B58" s="1" t="n">
-        <v>27.9</v>
+        <v>24.6</v>
       </c>
       <c r="C58" s="1" t="n">
-        <v>24.8</v>
+        <v>23.3</v>
       </c>
       <c r="D58" s="1" t="n">
-        <v>23.6</v>
+        <v>21.8</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>27.1</v>
+        <v>23.7</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>20.2</v>
+        <v>20.4</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>19.2</v>
+        <v>18.2</v>
       </c>
       <c r="H58" s="1" t="n">
-        <v>18</v>
+        <v>16.3</v>
       </c>
       <c r="I58" s="1" t="n">
-        <v>18.4</v>
+        <v>19.6</v>
       </c>
       <c r="J58" s="1" t="n">
-        <v>15.8</v>
+        <v>15.9</v>
       </c>
       <c r="K58" s="1" t="n">
-        <v>19.3</v>
+        <v>16.9</v>
       </c>
       <c r="L58" s="1" t="n">
-        <v>19</v>
+        <v>17.5</v>
       </c>
       <c r="M58" s="1" t="n">
-        <v>17.3</v>
+        <v>16.9</v>
       </c>
       <c r="N58" s="1" t="n">
-        <v>16.2</v>
+        <v>14.2</v>
       </c>
       <c r="O58" s="1" t="n">
-        <v>15.3</v>
+        <v>14.8</v>
       </c>
       <c r="P58" s="1" t="n">
-        <v>17.1</v>
+        <v>17.9</v>
       </c>
       <c r="Q58" s="1" t="n">
-        <v>17.3</v>
+        <v>16</v>
       </c>
       <c r="R58" s="1" t="n">
-        <v>13.4</v>
-[...5 lines deleted...]
-        <f>=NA()</f>
+        <v>12.9</v>
+      </c>
+      <c r="S58" s="1" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="T58" s="1" t="n">
+        <v>12.6</v>
       </c>
       <c r="U58" s="1" t="n">
-        <v>14.9</v>
-[...1 lines deleted...]
-      <c r="V58" s="1"/>
+        <v>12.5</v>
+      </c>
+      <c r="V58" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="W58" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V59" s="1"/>
+      <c r="A59" s="0"/>
+      <c r="B59" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
-        <v>32</v>
-[...19 lines deleted...]
-      <c r="H60" s="1" t="n">
         <v>15</v>
       </c>
-      <c r="I60" s="1" t="n">
-[...5 lines deleted...]
-      <c r="K60" s="1" t="n">
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="L60" s="1" t="n">
-[...33 lines deleted...]
-      <c r="B61" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A62" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="0"/>
+      <c r="A64" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A65" s="0"/>
+      <c r="B65" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C65" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D65" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E65" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F65" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G65" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H65" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I65" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J65" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K65" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L65" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M65" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N65" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O65" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P65" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q65" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R65" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S65" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T65" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U65" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V65" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W65" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>34</v>
+      </c>
+      <c r="B66" s="1" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="C66" s="1" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="D66" s="1" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="E66" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="F66" s="1" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="G66" s="1" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="H66" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="I66" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="J66" s="1" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="K66" s="1" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="L66" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="M66" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="N66" s="1" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="O66" s="1" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="P66" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="Q66" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="R66" s="1" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="S66" s="1" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="T66" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="U66" s="1" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="V66" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="W66" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="0"/>
+      <c r="A67" s="0" t="s">
+        <v>35</v>
+      </c>
       <c r="B67" s="1" t="n">
-        <v>2004</v>
+        <v>30.5</v>
       </c>
       <c r="C67" s="1" t="n">
-        <v>2005</v>
+        <v>25.5</v>
       </c>
       <c r="D67" s="1" t="n">
-        <v>2006</v>
+        <v>26.7</v>
       </c>
       <c r="E67" s="1" t="n">
-        <v>2007</v>
+        <v>28.8</v>
       </c>
       <c r="F67" s="1" t="n">
-        <v>2008</v>
+        <v>27.6</v>
       </c>
       <c r="G67" s="1" t="n">
-        <v>2009</v>
+        <v>24.7</v>
       </c>
       <c r="H67" s="1" t="n">
-        <v>2010</v>
+        <v>26.6</v>
       </c>
       <c r="I67" s="1" t="n">
-        <v>2011</v>
+        <v>26.5</v>
       </c>
       <c r="J67" s="1" t="n">
-        <v>2012</v>
+        <v>22.8</v>
       </c>
       <c r="K67" s="1" t="n">
-        <v>2013</v>
+        <v>22</v>
       </c>
       <c r="L67" s="1" t="n">
-        <v>2014</v>
+        <v>24.5</v>
       </c>
       <c r="M67" s="1" t="n">
-        <v>2015</v>
+        <v>27.4</v>
       </c>
       <c r="N67" s="1" t="n">
-        <v>2016</v>
+        <v>20</v>
       </c>
       <c r="O67" s="1" t="n">
-        <v>2017</v>
+        <v>21.4</v>
       </c>
       <c r="P67" s="1" t="n">
-        <v>2018</v>
+        <v>23.1</v>
       </c>
       <c r="Q67" s="1" t="n">
-        <v>2019</v>
+        <v>21.4</v>
       </c>
       <c r="R67" s="1" t="n">
-        <v>2020</v>
+        <v>20</v>
       </c>
       <c r="S67" s="1" t="n">
-        <v>2021</v>
+        <v>21.8</v>
       </c>
       <c r="T67" s="1" t="n">
-        <v>2022</v>
+        <v>21.1</v>
       </c>
       <c r="U67" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V67" s="1"/>
+        <v>21.7</v>
+      </c>
+      <c r="V67" s="1" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="W67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B68" s="1" t="n">
-        <v>24.5</v>
+        <v>22.1</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>22.3</v>
+        <v>22.4</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>22.2</v>
+        <v>21.3</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>23</v>
+        <v>18.6</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>19.8</v>
+        <v>18.4</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>19.7</v>
+        <v>15.3</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>18.3</v>
+        <v>15.2</v>
       </c>
       <c r="I68" s="1" t="n">
-        <v>18</v>
+        <v>15.8</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>16.5</v>
+        <v>13.7</v>
       </c>
       <c r="K68" s="1" t="n">
-        <v>17.9</v>
+        <v>13.7</v>
       </c>
       <c r="L68" s="1" t="n">
-        <v>18</v>
+        <v>14.3</v>
       </c>
       <c r="M68" s="1" t="n">
-        <v>17.1</v>
+        <v>14.5</v>
       </c>
       <c r="N68" s="1" t="n">
-        <v>15.1</v>
+        <v>12.4</v>
       </c>
       <c r="O68" s="1" t="n">
-        <v>14.2</v>
+        <v>13.4</v>
       </c>
       <c r="P68" s="1" t="n">
-        <v>16.6</v>
+        <v>15.8</v>
       </c>
       <c r="Q68" s="1" t="n">
-        <v>15.6</v>
+        <v>13.8</v>
       </c>
       <c r="R68" s="1" t="n">
-        <v>14.3</v>
+        <v>12</v>
       </c>
       <c r="S68" s="1" t="n">
-        <v>13.8</v>
+        <v>13</v>
       </c>
       <c r="T68" s="1" t="n">
-        <v>13.3</v>
+        <v>10.4</v>
       </c>
       <c r="U68" s="1" t="n">
-        <v>14.3</v>
-[...1 lines deleted...]
-      <c r="V68" s="1"/>
+        <v>11.4</v>
+      </c>
+      <c r="V68" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="W68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B69" s="1" t="n">
-        <v>30.5</v>
+        <v>26.2</v>
       </c>
       <c r="C69" s="1" t="n">
-        <v>25.5</v>
+        <v>23.5</v>
       </c>
       <c r="D69" s="1" t="n">
-        <v>26.7</v>
+        <v>22.4</v>
       </c>
       <c r="E69" s="1" t="n">
-        <v>28.8</v>
+        <v>22.9</v>
       </c>
       <c r="F69" s="1" t="n">
-        <v>27.6</v>
+        <v>22.8</v>
       </c>
       <c r="G69" s="1" t="n">
-        <v>24.7</v>
+        <v>20.3</v>
       </c>
       <c r="H69" s="1" t="n">
-        <v>26.6</v>
+        <v>20.3</v>
       </c>
       <c r="I69" s="1" t="n">
-        <v>26.5</v>
+        <v>21.7</v>
       </c>
       <c r="J69" s="1" t="n">
-        <v>22.8</v>
+        <v>20.6</v>
       </c>
       <c r="K69" s="1" t="n">
-        <v>22</v>
+        <v>19.8</v>
       </c>
       <c r="L69" s="1" t="n">
-        <v>24.5</v>
+        <v>21.2</v>
       </c>
       <c r="M69" s="1" t="n">
-        <v>27.4</v>
+        <v>21.8</v>
       </c>
       <c r="N69" s="1" t="n">
-        <v>20</v>
+        <v>18.6</v>
       </c>
       <c r="O69" s="1" t="n">
-        <v>21.4</v>
+        <v>18.1</v>
       </c>
       <c r="P69" s="1" t="n">
-        <v>23.1</v>
+        <v>20.6</v>
       </c>
       <c r="Q69" s="1" t="n">
-        <v>21.3</v>
+        <v>16.8</v>
       </c>
       <c r="R69" s="1" t="n">
-        <v>20.2</v>
+        <v>16.9</v>
       </c>
       <c r="S69" s="1" t="n">
-        <v>22.1</v>
+        <v>16.3</v>
       </c>
       <c r="T69" s="1" t="n">
-        <v>21.5</v>
+        <v>16.3</v>
       </c>
       <c r="U69" s="1" t="n">
-        <v>21.3</v>
-[...1 lines deleted...]
-      <c r="V69" s="1"/>
+        <v>16.7</v>
+      </c>
+      <c r="V69" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="W69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V70" s="1"/>
+      <c r="A70" s="0"/>
+      <c r="B70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="s">
-        <v>37</v>
-[...61 lines deleted...]
-      <c r="V71" s="1"/>
+        <v>38</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="0"/>
-      <c r="B72" s="1"/>
+      <c r="A72" s="0" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A73" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="0"/>
+      <c r="A75" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A76" s="0"/>
+      <c r="B76" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C76" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D76" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F76" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G76" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H76" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I76" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J76" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K76" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L76" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M76" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N76" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O76" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P76" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q76" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R76" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S76" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T76" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U76" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V76" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W76" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>41</v>
+      </c>
+      <c r="B77" s="1" t="n">
+        <v>30.3</v>
+      </c>
+      <c r="C77" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="D77" s="1" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="E77" s="1" t="n">
+        <v>26.6</v>
+      </c>
+      <c r="F77" s="1" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="G77" s="1" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="H77" s="1" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="I77" s="1" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="J77" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="K77" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="L77" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="M77" s="1" t="n">
+        <v>24.9</v>
+      </c>
+      <c r="N77" s="1" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="O77" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="P77" s="1" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="Q77" s="1" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="R77" s="1" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="S77" s="1" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="T77" s="1" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="U77" s="1" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="V77" s="1" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="W77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="0"/>
+      <c r="A78" s="0" t="s">
+        <v>42</v>
+      </c>
       <c r="B78" s="1" t="n">
-        <v>2004</v>
+        <v>24.4</v>
       </c>
       <c r="C78" s="1" t="n">
-        <v>2005</v>
+        <v>24.1</v>
       </c>
       <c r="D78" s="1" t="n">
-        <v>2006</v>
+        <v>22.6</v>
       </c>
       <c r="E78" s="1" t="n">
-        <v>2007</v>
+        <v>22.7</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>2008</v>
+        <v>23.3</v>
       </c>
       <c r="G78" s="1" t="n">
-        <v>2009</v>
+        <v>18.9</v>
       </c>
       <c r="H78" s="1" t="n">
-        <v>2010</v>
+        <v>19</v>
       </c>
       <c r="I78" s="1" t="n">
-        <v>2011</v>
+        <v>21.5</v>
       </c>
       <c r="J78" s="1" t="n">
-        <v>2012</v>
+        <v>19.7</v>
       </c>
       <c r="K78" s="1" t="n">
-        <v>2013</v>
+        <v>19.8</v>
       </c>
       <c r="L78" s="1" t="n">
-        <v>2014</v>
+        <v>19.4</v>
       </c>
       <c r="M78" s="1" t="n">
-        <v>2015</v>
+        <v>18.6</v>
       </c>
       <c r="N78" s="1" t="n">
-        <v>2016</v>
+        <v>17.5</v>
       </c>
       <c r="O78" s="1" t="n">
-        <v>2017</v>
+        <v>16</v>
       </c>
       <c r="P78" s="1" t="n">
-        <v>2018</v>
+        <v>17.3</v>
       </c>
       <c r="Q78" s="1" t="n">
-        <v>2019</v>
+        <v>16.3</v>
       </c>
       <c r="R78" s="1" t="n">
-        <v>2020</v>
+        <v>15.9</v>
       </c>
       <c r="S78" s="1" t="n">
-        <v>2021</v>
+        <v>15.7</v>
       </c>
       <c r="T78" s="1" t="n">
-        <v>2022</v>
+        <v>12.2</v>
       </c>
       <c r="U78" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V78" s="1"/>
+        <v>15.2</v>
+      </c>
+      <c r="V78" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="W78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B79" s="1" t="n">
-        <v>30.3</v>
+        <v>23.5</v>
       </c>
       <c r="C79" s="1" t="n">
-        <v>27.7</v>
+        <v>22.6</v>
       </c>
       <c r="D79" s="1" t="n">
-        <v>26.3</v>
+        <v>23.2</v>
       </c>
       <c r="E79" s="1" t="n">
-        <v>26.6</v>
+        <v>21.2</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>26.7</v>
+        <v>18.5</v>
       </c>
       <c r="G79" s="1" t="n">
-        <v>24.8</v>
+        <v>19.9</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>25.1</v>
+        <v>19.7</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>26.5</v>
+        <v>17.6</v>
       </c>
       <c r="J79" s="1" t="n">
-        <v>23</v>
+        <v>16.2</v>
       </c>
       <c r="K79" s="1" t="n">
-        <v>22</v>
+        <v>15.7</v>
       </c>
       <c r="L79" s="1" t="n">
-        <v>24</v>
+        <v>15.2</v>
       </c>
       <c r="M79" s="1" t="n">
-        <v>24.9</v>
+        <v>18.2</v>
       </c>
       <c r="N79" s="1" t="n">
-        <v>21.6</v>
+        <v>15.1</v>
       </c>
       <c r="O79" s="1" t="n">
-        <v>23.7</v>
+        <v>13.9</v>
       </c>
       <c r="P79" s="1" t="n">
-        <v>22.3</v>
+        <v>18.5</v>
       </c>
       <c r="Q79" s="1" t="n">
-        <v>19.1</v>
+        <v>16.6</v>
       </c>
       <c r="R79" s="1" t="n">
-        <v>17.5</v>
+        <v>15.2</v>
       </c>
       <c r="S79" s="1" t="n">
-        <v>18.6</v>
+        <v>13.1</v>
       </c>
       <c r="T79" s="1" t="n">
-        <v>20.3</v>
+        <v>12.4</v>
       </c>
       <c r="U79" s="1" t="n">
-        <v>21.3</v>
-[...1 lines deleted...]
-      <c r="V79" s="1"/>
+        <v>11.4</v>
+      </c>
+      <c r="V79" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="W79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B80" s="1" t="n">
-        <v>24.4</v>
+        <v>21.8</v>
       </c>
       <c r="C80" s="1" t="n">
-        <v>24.1</v>
+        <v>21.4</v>
       </c>
       <c r="D80" s="1" t="n">
-        <v>22.6</v>
+        <v>21</v>
       </c>
       <c r="E80" s="1" t="n">
-        <v>22.7</v>
+        <v>22.5</v>
       </c>
       <c r="F80" s="1" t="n">
-        <v>23.3</v>
+        <v>19.2</v>
       </c>
       <c r="G80" s="1" t="n">
-        <v>18.9</v>
+        <v>17.3</v>
       </c>
       <c r="H80" s="1" t="n">
-        <v>19</v>
+        <v>16.8</v>
       </c>
       <c r="I80" s="1" t="n">
-        <v>21.5</v>
+        <v>17.6</v>
       </c>
       <c r="J80" s="1" t="n">
-        <v>19.7</v>
+        <v>13.4</v>
       </c>
       <c r="K80" s="1" t="n">
-        <v>19.8</v>
+        <v>14.2</v>
       </c>
       <c r="L80" s="1" t="n">
-        <v>19.4</v>
+        <v>15.2</v>
       </c>
       <c r="M80" s="1" t="n">
-        <v>18.6</v>
+        <v>14.1</v>
       </c>
       <c r="N80" s="1" t="n">
-        <v>17.5</v>
+        <v>12.7</v>
       </c>
       <c r="O80" s="1" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="P80" s="1" t="n">
         <v>16</v>
       </c>
-      <c r="P80" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q80" s="1" t="n">
-        <v>16.6</v>
+        <v>13.1</v>
       </c>
       <c r="R80" s="1" t="n">
-        <v>15.7</v>
+        <v>11.5</v>
       </c>
       <c r="S80" s="1" t="n">
-        <v>15.9</v>
+        <v>12.8</v>
       </c>
       <c r="T80" s="1" t="n">
-        <v>12.2</v>
+        <v>12</v>
       </c>
       <c r="U80" s="1" t="n">
-        <v>14.9</v>
-[...1 lines deleted...]
-      <c r="V80" s="1"/>
+        <v>11.7</v>
+      </c>
+      <c r="V80" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="W80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B81" s="1" t="n">
-        <v>23.5</v>
+        <v>24.9</v>
       </c>
       <c r="C81" s="1" t="n">
-        <v>22.6</v>
+        <v>20.6</v>
       </c>
       <c r="D81" s="1" t="n">
-        <v>23.2</v>
+        <v>19.4</v>
       </c>
       <c r="E81" s="1" t="n">
         <v>21.2</v>
       </c>
       <c r="F81" s="1" t="n">
-        <v>18.5</v>
+        <v>16.8</v>
       </c>
       <c r="G81" s="1" t="n">
-        <v>19.9</v>
+        <v>15.9</v>
       </c>
       <c r="H81" s="1" t="n">
-        <v>19.7</v>
+        <v>13.6</v>
       </c>
       <c r="I81" s="1" t="n">
-        <v>17.6</v>
+        <v>15.2</v>
       </c>
       <c r="J81" s="1" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="K81" s="1" t="n">
         <v>16.2</v>
       </c>
-      <c r="K81" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L81" s="1" t="n">
-        <v>15.2</v>
+        <v>16.9</v>
       </c>
       <c r="M81" s="1" t="n">
-        <v>18.2</v>
+        <v>14.5</v>
       </c>
       <c r="N81" s="1" t="n">
-        <v>15.1</v>
+        <v>12.1</v>
       </c>
       <c r="O81" s="1" t="n">
-        <v>13.9</v>
+        <v>11.3</v>
       </c>
       <c r="P81" s="1" t="n">
-        <v>18.5</v>
+        <v>14.7</v>
       </c>
       <c r="Q81" s="1" t="n">
-        <v>16.9</v>
+        <v>14.1</v>
       </c>
       <c r="R81" s="1" t="n">
-        <v>15.2</v>
+        <v>12.2</v>
       </c>
       <c r="S81" s="1" t="n">
-        <v>13.2</v>
+        <v>10.7</v>
       </c>
       <c r="T81" s="1" t="n">
-        <v>12</v>
+        <v>12.5</v>
       </c>
       <c r="U81" s="1" t="n">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="V81" s="1"/>
+        <v>11.9</v>
+      </c>
+      <c r="V81" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="W81" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V82" s="1"/>
+      <c r="A82" s="0"/>
+      <c r="B82" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="s">
-        <v>44</v>
-[...61 lines deleted...]
-      <c r="V83" s="1"/>
+        <v>15</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="0"/>
-      <c r="B84" s="1"/>
+      <c r="A84" s="0" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="0" t="s">
-[...9 lines deleted...]
-      <c r="A87" s="0"/>
+      <c r="A85" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>