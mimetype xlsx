--- v0 (2025-10-31)
+++ v1 (2026-03-31)
@@ -24,116 +24,108 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G11_EPM" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="20">
   <si>
     <t>Blootstelling aan fijn stof - België - trendevaluatie</t>
   </si>
   <si>
     <t>microgram PM2,5 per kubieke meter, bevolkingsgewogen gemiddelde</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>IRCEL (2024), rechtstreekse mededeling (8/10/2024).</t>
+    <t>Bron: IRCEL (2025), rechtstreekse mededeling (22/09/2025).</t>
   </si>
   <si>
     <t>Blootstelling aan fijn stof - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Europees Milieuagentschap (2024), Air Quality Health Risk Assessments (Countries), https://discomap.eea.europa.eu/App/AQViewer/index.html?fqn=Airquality_Dissem.hra.countries_sel&amp;EUCountries=Yes&amp;ScenarioDescription=WHO_2021_AQG_Scen_Base&amp;AirPollutant=PM2.5&amp;UrbanisationDegree=All%20Areas%20(incl.unclassified)&amp;Year=2020 (geraadpleegd op 8/10/2024).</t>
+    <t>Bron: Europees Milieuagentschap (2025), Air Quality Health Risk Assessments (Countries), https://discomap.eea.europa.eu/App/AQViewer/index.html?fqn=Airquality_Dissem.ebd.countries_and_nuts&amp;ScenarioDescription=Baseline%20from%20WHO%202021%20AQG&amp;UrbanisationDegree=All%20Areas%20(incl.unclassified)&amp;Year=2022&amp;Sex=Total (geraadpleegd op 22/09/2025).</t>
   </si>
   <si>
     <t>Blootstelling aan fijn stof volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G11_EPM</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Blootstelling aan fijn stof (i56)</t>
+    <t>Blootstelling aan fijn stof (i57)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: de blootstelling aan fijn stof (PM2,5) betreft de concentratie van deeltjes met een diameter kleiner dan 2,5µm, uitgedrukt in microgram per kubieke meter (µg/m³). Die deeltjes komen hoofdzakelijk van verbrandingsprocessen (verwarming van gebouwen, motoren enz.) en in bepaalde industriële activiteiten. Door de grotere concentratie van dit type activiteiten in stedelijke gebieden worden de concentraties daar in groter aantal gemeten, maar er zijn ook metingen in landelijke gebieden. Om deze indicator te berekenen worden de gemeten concentraties aangepast op basis van de bevolking. De Belgische gegevens (met inbegrip van gewestelijke) worden samengebracht door de Intergewestelijke Cel voor het Leefmilieu (www.irceline.be) die een weging uitvoert op de waarnemingen van de meetstations. Voor EU-landen verzamelt het Europees Milieuagentschap (EMA) deze gegevens en gebruikt het zijn eigen wegingen, die enigszins afwijken van die van de Intergewestelijke Cel..
+    <t>Definitie: de blootstelling aan fijn stof (PM2,5) betreft de concentratie van deeltjes met een diameter kleiner dan 2,5µm, uitgedrukt in microgram per kubieke meter (µg/m³). Die deeltjes komen hoofdzakelijk van verbrandingsprocessen (verwarming van gebouwen, motoren enz.) en in bepaalde industriële activiteiten. Door de grotere concentratie van dit type activiteiten in stedelijke gebieden worden de concentraties daar in groter aantal gemeten, maar er zijn ook metingen in landelijke gebieden. Om deze indicator te berekenen worden de gemeten concentraties aangepast op basis van de bevolking. De Belgische gegevens (met inbegrip van gewestelijke) worden samengebracht door de Intergewestelijke Cel voor het Leefmilieu (www.irceline.be) die een weging uitvoert op de waarnemingen van de meetstations. Voor EU-landen verzamelt het Europees Milieuagentschap (EMA) deze gegevens en gebruikt het zijn eigen wegingen, die enigszins afwijken van die van de Intergewestelijke Cel.
+Voor deze indicator is volgende opsplitsing beschikbaar: gewest.
 Doelstelling: de blootstelling aan fijn stof mag een maximumniveau van 5µg/m³ (jaarlijkse gemiddelde concentratie) niet overschrijden.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 11.6: "Tegen 2030 de nadelige milieu-impact van steden per capita reduceren, ook door bijzondere aandacht te besteden aan de luchtkwaliteit en aan het gemeentelijk en ander afvalbeheer".
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling bevat doelstelling 35: "De uitstoot van vervuilende stoffen, zoals (...) fijn stof, (...) zal aanzienlijk verminderd zijn en de lucht (binnen en buiten)-, water- en bodemvervuiling zal niet langer een significante – directe of indirecte – weerslag hebben, noch op de gezondheid, noch op het milieu" (Belgisch Staatsblad, 08/10/2013).
 Tot slot stelt de Wereldgezondheidsorganisatie (WHO) in haar mondiale aanbevelingen (WHO global air quality guideline) van 2021 een maximumniveau van 5 μg/m³ voor als jaargemiddelde voor de PM2,5-concentraties.
-Evolutie: de PM2,5-concentraties, gemiddeld over alle Belgische stations, zijn gestaag gedaald van ongeveer 20µg/m³ in 2005 tot 8,5µg/m³ in 2023.
-[...1 lines deleted...]
-Opsplitsing volgens gewest: het jaargemiddelde van de PM2,5-concentraties gemeten door de stations in 2023 bedraagt 9,2µg/m³ in Brussel, 9,7µg/m³ in Vlaanderen en 6,1µg/m³ in Wallonië. Voor België is dit cijfer 8,5µg/m³.
 VN-indicator: de gekozen indicator stemt overeen met 11.6.2 - Gemiddelde jaarlijkse niveau van fijn stof (bijvoorbeeld PM2,5 en PM10) in steden (bevolkingsgewogen).
 Bronnen
-Algemeen
-[...6 lines deleted...]
-WHO (2021), WHO global air quality guidelines, Particulate matter (PM2.5 and PM10), ozone, nitrogen dioxide, sulfur dioxide and carbon monoxide, https://www.who.int/publications/i/item/9789240034228 (geraadpleegd op 27/09/2023).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
+WHO (2021), WHO global air quality guidelines, Particulate matter (PM2.5 and PM10), ozone, nitrogen dioxide, sulfur dioxide and carbon monoxide, https://www.who.int/publications/i/item/9789240034228 (geraadpleegd op 10/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -328,225 +320,225 @@
       <c r="AF3" s="1" t="n">
         <v>2030</v>
       </c>
       <c r="AG3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G4" s="1" t="n">
-        <v>19.84</v>
+        <v>19.99</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>21.08</v>
+        <v>21.22</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>20.54</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>17.9</v>
+        <v>17.8</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>17.63</v>
+        <v>17.61</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>17.02</v>
+        <v>17.07</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>17.06</v>
+        <v>16.74</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>14.95</v>
+        <v>14.75</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>15.45</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>12.81</v>
+        <v>12.94</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>12.41</v>
+        <v>12.38</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>12.24</v>
+        <v>12.32</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>11.91</v>
+        <v>11.92</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>12.31</v>
+        <v>12.37</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>10.77</v>
+        <v>10.78</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>8.96</v>
+        <v>8.94</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>10.19</v>
+        <v>10.13</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>9.65</v>
+        <v>9.68</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>8.5</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>8.48</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>7.49</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="n">
-        <v>18.31701542</v>
+        <v>21.3255084</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>18.04563688</v>
+        <v>20.37582578</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>17.77908264</v>
+        <v>19.45584859</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>17.50708015</v>
+        <v>18.56092887</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>17.19638493</v>
+        <v>17.69680002</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>16.81336494</v>
+        <v>16.86104272</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>16.341123</v>
+        <v>16.0507951</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>15.784933</v>
+        <v>15.26554758</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>15.16464885</v>
+        <v>14.51094866</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>14.50031632</v>
+        <v>13.78673632</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>13.8228497</v>
+        <v>13.10075634</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>13.15120675</v>
+        <v>12.45122908</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>12.49456648</v>
+        <v>11.82973437</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>11.85638747</v>
+        <v>11.22805739</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>11.2395547</v>
+        <v>10.64030495</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>10.65368364</v>
+        <v>10.07156491</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>10.10413946</v>
+        <v>9.527161399</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>9.635061913</v>
+        <v>9.000495876</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>9.232491066</v>
+        <v>8.491507956</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>8.885315458</v>
+        <v>8.005968625</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>8.584606989</v>
+        <v>7.593969801</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>8.323128647</v>
+        <v>7.242252724</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>8.094966071</v>
+        <v>6.940368259</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>7.895248933</v>
+        <v>6.679997565</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>7.719938151</v>
+        <v>6.454455065</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>7.565661885</v>
+        <v>6.258320488</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>5</v>
       </c>
@@ -680,51 +672,54 @@
       </c>
       <c r="K12" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="N12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="O12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="P12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="Q12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="R12" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S12" s="1"/>
+      <c r="S12" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="T12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>18.4</v>
       </c>
       <c r="C13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D13" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>17.2</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>17.8</v>
@@ -737,51 +732,54 @@
       </c>
       <c r="K13" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>13.1</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>12.7</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>12.7</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>11</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>10.7</v>
       </c>
-      <c r="S13" s="1"/>
+      <c r="S13" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="T13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="n">
         <v>16.8</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>16.8</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>17.1</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>18.1</v>
@@ -794,51 +792,54 @@
       </c>
       <c r="K14" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>13.8</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>14.1</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="P14" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="Q14" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>11.4</v>
       </c>
-      <c r="S14" s="1"/>
+      <c r="S14" s="1" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="T14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0"/>
@@ -877,240 +878,252 @@
       </c>
       <c r="M20" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="N20" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="O20" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="P20" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="Q20" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="R20" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="S20" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="T20" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U20" s="1"/>
+      <c r="U20" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="1" t="n">
-        <v>20.05</v>
+        <v>19.48</v>
       </c>
       <c r="C21" s="1" t="n">
-        <v>22.01</v>
+        <v>21.9</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>22.68</v>
+        <v>22.5</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>19.22</v>
+        <v>18.92</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>19.9</v>
+        <v>19.92</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>19.28</v>
+        <v>19.58</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>20.53</v>
+        <v>20.96</v>
       </c>
       <c r="I21" s="1" t="n">
-        <v>18.29</v>
+        <v>18.76</v>
       </c>
       <c r="J21" s="1" t="n">
-        <v>17.94</v>
+        <v>18.32</v>
       </c>
       <c r="K21" s="1" t="n">
-        <v>15.21</v>
+        <v>15.55</v>
       </c>
       <c r="L21" s="1" t="n">
-        <v>14.07</v>
+        <v>14.17</v>
       </c>
       <c r="M21" s="1" t="n">
-        <v>13.93</v>
+        <v>13.97</v>
       </c>
       <c r="N21" s="1" t="n">
-        <v>13.15</v>
+        <v>13.1</v>
       </c>
       <c r="O21" s="1" t="n">
-        <v>13.2</v>
+        <v>13.1</v>
       </c>
       <c r="P21" s="1" t="n">
-        <v>11.46</v>
+        <v>11.31</v>
       </c>
       <c r="Q21" s="1" t="n">
-        <v>9.39</v>
+        <v>9.24</v>
       </c>
       <c r="R21" s="1" t="n">
-        <v>10.78</v>
+        <v>10.58</v>
       </c>
       <c r="S21" s="1" t="n">
-        <v>10.26</v>
+        <v>10.37</v>
       </c>
       <c r="T21" s="1" t="n">
-        <v>9.15</v>
-[...1 lines deleted...]
-      <c r="U21" s="1"/>
+        <v>9.04</v>
+      </c>
+      <c r="U21" s="1" t="n">
+        <v>10.04</v>
+      </c>
+      <c r="V21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="1" t="n">
-        <v>21.24</v>
+        <v>21.6</v>
       </c>
       <c r="C22" s="1" t="n">
-        <v>22.46</v>
+        <v>22.65</v>
       </c>
       <c r="D22" s="1" t="n">
-        <v>21.62</v>
+        <v>21.66</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>19.36</v>
+        <v>19.35</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>18.82</v>
+        <v>18.84</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>18.53</v>
+        <v>18.61</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>18.78</v>
+        <v>18.42</v>
       </c>
       <c r="I22" s="1" t="n">
-        <v>16.12</v>
+        <v>15.94</v>
       </c>
       <c r="J22" s="1" t="n">
-        <v>16.56</v>
+        <v>16.65</v>
       </c>
       <c r="K22" s="1" t="n">
-        <v>14.17</v>
+        <v>14.39</v>
       </c>
       <c r="L22" s="1" t="n">
-        <v>13.37</v>
+        <v>13.35</v>
       </c>
       <c r="M22" s="1" t="n">
-        <v>13.2</v>
+        <v>13.28</v>
       </c>
       <c r="N22" s="1" t="n">
-        <v>13.07</v>
+        <v>13.04</v>
       </c>
       <c r="O22" s="1" t="n">
-        <v>13.55</v>
+        <v>13.6</v>
       </c>
       <c r="P22" s="1" t="n">
-        <v>12.09</v>
+        <v>12.1</v>
       </c>
       <c r="Q22" s="1" t="n">
-        <v>10.4</v>
+        <v>10.35</v>
       </c>
       <c r="R22" s="1" t="n">
-        <v>11.32</v>
+        <v>11.21</v>
       </c>
       <c r="S22" s="1" t="n">
-        <v>11</v>
+        <v>10.94</v>
       </c>
       <c r="T22" s="1" t="n">
-        <v>9.71</v>
-[...1 lines deleted...]
-      <c r="U22" s="1"/>
+        <v>9.61</v>
+      </c>
+      <c r="U22" s="1" t="n">
+        <v>10.11</v>
+      </c>
+      <c r="V22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
-        <v>17.19</v>
+        <v>17.17</v>
       </c>
       <c r="C23" s="1" t="n">
-        <v>18.24</v>
+        <v>18.37</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>17.85</v>
+        <v>17.86</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>14.78</v>
+        <v>14.57</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>14.7</v>
+        <v>14.6</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>13.5</v>
+        <v>13.42</v>
       </c>
       <c r="H23" s="1" t="n">
-        <v>12.77</v>
+        <v>12.31</v>
       </c>
       <c r="I23" s="1" t="n">
-        <v>11.73</v>
+        <v>11.29</v>
       </c>
       <c r="J23" s="1" t="n">
-        <v>12.6</v>
+        <v>12.32</v>
       </c>
       <c r="K23" s="1" t="n">
-        <v>9.54</v>
+        <v>9.44</v>
       </c>
       <c r="L23" s="1" t="n">
-        <v>10.1</v>
+        <v>10.04</v>
       </c>
       <c r="M23" s="1" t="n">
-        <v>9.93</v>
+        <v>10.01</v>
       </c>
       <c r="N23" s="1" t="n">
-        <v>9.38</v>
+        <v>9.48</v>
       </c>
       <c r="O23" s="1" t="n">
-        <v>9.73</v>
+        <v>9.85</v>
       </c>
       <c r="P23" s="1" t="n">
-        <v>8.1</v>
+        <v>8.17</v>
       </c>
       <c r="Q23" s="1" t="n">
-        <v>6.16</v>
+        <v>6.23</v>
       </c>
       <c r="R23" s="1" t="n">
-        <v>7.91</v>
+        <v>7.99</v>
       </c>
       <c r="S23" s="1" t="n">
-        <v>6.94</v>
+        <v>7.13</v>
       </c>
       <c r="T23" s="1" t="n">
-        <v>6.07</v>
-[...1 lines deleted...]
-      <c r="U23" s="1"/>
+        <v>6.2</v>
+      </c>
+      <c r="U23" s="1" t="n">
+        <v>7.24</v>
+      </c>
+      <c r="V23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0"/>
       <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>