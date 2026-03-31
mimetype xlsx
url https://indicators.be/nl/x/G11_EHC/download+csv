--- v0 (2025-10-04)
+++ v1 (2026-03-31)
@@ -13,285 +13,257 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G11_EHC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="64">
   <si>
     <t>Overmatige woonkosten - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van bevolking</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07c, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024); berekeningen FPB.</t>
+    <t>Noot: breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 10/10/2025);</t>
   </si>
   <si>
     <t>Overmatige woonkosten - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: EU27 2020, BE 2019, EU27 2014-2019: schatting</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024); Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07c, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024).</t>
+    <t>Noot: breuk in tijdreeks: EU27 2020, BE 2019, EU27 2014-2019: schatting. Het 95%-betrouwbaarheidsinterval voor het aandeel personen met overmatige woonkosten in 2024 bedraagt 6.1% tot 7.4% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 10/10/2025); Statbel (2025), rechtstreekse mededeling 18/11/2025; Statbel; Eurostat (2025), Housing cost overburden rate by household type,  ilc_lvho07a , https://ec.europa.eu/eurostat, laatste update van data 10/10/2025 11:00 (geraadpleegd op 10/10/2025)</t>
   </si>
   <si>
     <t>Overmatige woonkosten volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
-    <t>Vlaams Gewest </t>
-[...8 lines deleted...]
-    <t>Statbel (2024), SILC indicatoren 2019-2023, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024)</t>
+    <t>Vlaams Gewest</t>
+  </si>
+  <si>
+    <t>Waals Gewest</t>
+  </si>
+  <si>
+    <t>Noot: Breuk in tijdreeks: 2019. Het 95%-betrouwbaarheidsinterval voor het aandeel personen met overmatige woonkosten in 2024 bedraagt 14.3% tot 19.0% voor Brussel, 3.9% tot 5.7% voor Vlaanderen en 6.0% tot 8.0% voor Wallonië.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025); Statbel (2025), rechtstreekse mededeling 18/11/2025</t>
   </si>
   <si>
     <t>Overmatige woonkosten volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019 </t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC indicatoren 2019-2023, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024); Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07a, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: breuk in tijdreeks: 2019</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025)</t>
   </si>
   <si>
     <t>Overmatige woonkosten volgens leeftijd - België</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Overmatige woonkosten volgens opleiding - België</t>
   </si>
   <si>
     <t>hoogstens lager secundair</t>
   </si>
   <si>
     <t>hoger secundair</t>
   </si>
   <si>
     <t>hoger</t>
   </si>
   <si>
     <t>Overmatige woonkosten volgens huishoudentype - België</t>
   </si>
   <si>
     <t>alleenstaande</t>
   </si>
   <si>
     <t>eenoudergezin</t>
   </si>
   <si>
     <t>2 volwassenen &lt;65</t>
   </si>
   <si>
     <t>2 volw., minstens 1 &gt;64</t>
   </si>
   <si>
-    <t>2 volw., 1 kind</t>
-[...8 lines deleted...]
-    <t>Statbel (2024), SILC indicatoren 2019-2023, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024); Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07e, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>2 volw., 1 of meer (kinderen)</t>
   </si>
   <si>
     <t>Overmatige woonkosten volgens activiteitsstatus - België</t>
   </si>
   <si>
     <t>procent van 18-jarigen en ouder</t>
   </si>
   <si>
     <t>werkend</t>
   </si>
   <si>
     <t>werkloos</t>
   </si>
   <si>
     <t>gepensioneerd</t>
   </si>
   <si>
-    <t>andere</t>
-[...2 lines deleted...]
-    <t>breuk in tijdreeks: 2019; omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.                             </t>
+    <t>andere inactief</t>
+  </si>
+  <si>
+    <t>Noot: breuk in tijdreeks: 2019; omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.</t>
   </si>
   <si>
     <t>Overmatige woonkosten volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
-    <t>Statbel (2024), SILC indicatoren 2019-2023, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024); Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07b, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
-[...1 lines deleted...]
-  <si>
     <t>Overmatige woonkosten volgens woonstatus - België</t>
   </si>
   <si>
     <t>eigenaar, met hypotheek of lening</t>
   </si>
   <si>
     <t>eigenaar, geen uitstaande hypotheek of lening</t>
   </si>
   <si>
     <t>huurder, tegen marktprijs</t>
   </si>
   <si>
     <t>huurder, tegen verlaagde prijs of gratis</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2020</t>
-[...2 lines deleted...]
-    <t> Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07c, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>Bron: Statbel (2025), rechtstreekse mededeling 20/11/2025</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G11_EHC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Overmatige woonkosten (i55)</t>
+    <t>Overmatige woonkosten (i56)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: een persoon heeft overmatige woonkosten indien het deel uitmaakt van een huishouden waar de totale huisvestingskosten meer dan 40% van het beschikbare inkomen uitmaken. Huisvestingstoelagen worden hier buiten beschouwing gelaten.
 Huisvestingskosten hebben betrekking op maandelijkse uitgaven die verband houden met het recht om in een woning te wonen. Enkel werkelijk betaalde huisvestingskosten worden in aanmerking genomen, ongeacht wie ze dekt. Dit omvat uitgaven zoals structurele verzekeringen, verplichte diensten en heffingen (bv. riolering en vuilnisophaaldienst), regelmatig onderhoud en herstellingen, belastingen en de kosten van nutsvoorzieningen (water, elektriciteit, gas en verwarming). De berekening van de huisvestingskosten voor huiseigenaren omvat de hypotheekrente na aftrek van eventuele belastingaftrek en zonder huursubsidie. Voor huurders omvat de berekening huurbetalingen bruto van huursubsidies. Dit wil voor eigenaars en huurders zeggen dat de huursubsidie niet mag afgetrokken worden van de totale huisvestingskosten (Eurostat, 2024).
 De hier gebruikte gegevens over de personen met overmatige woonkosten zijn gebaseerd op de enquête European Union Statistics on Income and Living Conditions (EU-SILC), waarbij inkomensgegevens steeds betrekking hebben op het jaar dat voorafgaat aan het enquêtejaar. Dit betekent bijvoorbeeld voor het enquêtejaar 2020 dat bij de berekening van deze indicator de inkomens van 2019 zijn gebruikt, die niet beïnvloed werden door de covid-19-crisis (Statbel, 2021a).
 Statbel organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. 2004 is het eerste jaar waarvoor Europees geharmoniseerde gegevens zijn verzameld waarmee de indicator berekend kan worden. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) zijn op verzoek verkrijgbaar bij Statbel.
 Vanaf 2019 werd de enquêtemethode grondig herzien met het oog op een grotere nauwkeurigheid, waardoor de gegevens tot en met 2018 niet vergelijkbaar zijn met de gegevens vanaf 2019. In 2020 had de covid-19-pandemie een impact op de gegevensverzameling. Hierdoor zijn de resultaten van SILC 2020 moeilijk te vergelijken met die van de voorgaande jaren (Statbel, 2021b). Daarom worden ze niet gebruikt om de langetermijntrend te berekenen en te evalueren. Eveneens moet worden opgemerkt dat omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de covid-19-pandemie, de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen omvat, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven (Statbel, 2022).
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, inkomen, leeftijd, opleiding, huishoudentype, activiteitsstatus en woonstatus.
 Doelstelling: het aandeel van de bevolking met overmatige woonkosten moet dalen naar nul procent in 2030.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 11.1: "Tegen 2030 voor iedereen toegang voorzien tot adequate, veilige en betaalbare huisvesting en basisdiensten, en sloppenwijken verbeteren". De bevolking met overmatige woonkosten, zou dus naar nul moeten tenderen.
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling vermeldt de volgende doelstelling: "De voorafgaande voorwaarden voor het welzijn van de burgers zullen vervuld zijn, namelijk: (…) waardige huisvesting" (inleiding van de uitdaging Een maatschappij die de sociale cohesie bevordert; Belgisch Staatsblad, 08/10/2013).
-Evolutie: het aandeel van de bevolking met overmatige woonkosten daalde, rekening houdend met de nieuwe methodologie gebruikt vanaf 2019, van 12,6% in 2004 tot 7,7% in 2023.
-[...6 lines deleted...]
-Opsplitsing volgens activiteitsstatus: in 2023 is het aandeel personen met overmatige woonkosten bij de bevolking van minstens 18 jaar het hoogst bij werklozen (21%) en het laagst bij werkenden (4,6%), rekening houdend met de nieuwe methodologie gebruikt vanaf 2019. Voor gepensioneerden en andere inactieven bedraagt deze indicator ongeveer 12%. In de periode 2019-2023 daalde deze indicator voor werklozen van 26,5% tot 21% en voor de categorie andere inactieven van 14% tot 11,8%.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 11.1 aangezien de betaalbaarheid van huisvesting er een aspect van is.
 Bronnen
-Algemeen
-[...9 lines deleted...]
-Statbel (2022), Risico op armoede of sociale uitsluiting - SILC-indicatoren 2019-2021, https://statbel.fgov.be/sites/default/files/files/documents/Huishoudens/10.7%20Inkomen%20en%20levensomstandigheden/10.7.1%20Armoederisico/Publication_Silc_STATBEL_NL.xlsx (geraadpleegd op 15/06/2024).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
+Eurostat (2024), Glossary:Housing cost overburden rate, https://ec.europa.eu/eurostat/statistics-explained/index.php?title=Glossary:Housing_cost_overburden_rate (geraadpleegd op 19/12/2025).
+Statbel (2021a), Kerncijfers 2021, p. 31, https://statbel.fgov.be/nl/nieuws/kerncijfers-2021 (geraadpleegd op 19/12/2025)
+Statbel (2021b), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 19/12/2025).
+Statbel (2022), Risico op armoede of sociale uitsluiting - SILC-indicatoren 2019-2021, https://statbel.fgov.be/sites/default/files/files/documents/Huishoudens/10.7%20Inkomen%20en%20levensomstandigheden/10.7.1%20Armoederisico/Publication_Silc_STATBEL_NL.xlsx (geraadpleegd op 19/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -349,51 +321,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG108"/>
+  <dimension ref="A1:AG106"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -483,228 +455,228 @@
       <c r="AE3" s="1" t="n">
         <v>2029</v>
       </c>
       <c r="AF3" s="1" t="n">
         <v>2030</v>
       </c>
       <c r="AG3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F4" s="1" t="n">
-        <v>12.6</v>
+        <v>13</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>9.8</v>
+        <v>9.3</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>10.1</v>
+        <v>9.6</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>10.6</v>
       </c>
       <c r="N4" s="1" t="n">
         <v>11</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>9.6</v>
+        <v>9.5</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>8.3</v>
+        <v>8.4</v>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="X4" s="1" t="n">
         <v>7.5</v>
       </c>
-      <c r="X4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Y4" s="1" t="n">
-        <v>7.7</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>7.8</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>6.7</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="n">
-        <v>10.59439906</v>
+        <v>10.51652265</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>10.48058279</v>
+        <v>10.38916449</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>10.38597997</v>
+        <v>10.28513023</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>10.30757594</v>
+        <v>10.20609413</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>10.23657041</v>
+        <v>10.14361059</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>10.16236507</v>
+        <v>10.08336595</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>10.09481927</v>
+        <v>10.03234283</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>10.02794751</v>
+        <v>9.98265646</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>9.943391177</v>
+        <v>9.91470366</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>9.828927382</v>
+        <v>9.815371143</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>9.682903352</v>
+        <v>9.682371513</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>9.501875352</v>
+        <v>9.510812283</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>9.289749246</v>
+        <v>9.303313725</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>9.04960116</v>
+        <v>9.061797486</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>8.789370009</v>
+        <v>8.793180585</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>8.519732834</v>
+        <v>8.507266664</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>8.251359466</v>
+        <v>8.214032436</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>7.991609313</v>
+        <v>7.921362472</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>7.74356782</v>
+        <v>7.634148318</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>7.505148379</v>
+        <v>7.353579612</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>7.29717759</v>
+        <v>7.079421561</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>7.115190546</v>
+        <v>6.841878429</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>6.95548699</v>
+        <v>6.635263093</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>6.814979947</v>
+        <v>6.454924844</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>6.691078143</v>
+        <v>6.297031658</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>6.581593893</v>
+        <v>6.158403781</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>6.484670385</v>
+        <v>6.036385374</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -852,117 +824,123 @@
       </c>
       <c r="N13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V13" s="1"/>
+      <c r="V13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>12.6</v>
+        <v>13</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>9.8</v>
+        <v>9.3</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>10.1</v>
+        <v>9.6</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>10.6</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>11</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>9.6</v>
+        <v>9.5</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="P14" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>8.3</v>
+        <v>8.4</v>
       </c>
       <c r="R14" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="S14" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="T14" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="U14" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="S14" s="1" t="n">
-[...8 lines deleted...]
-      <c r="V14" s="1"/>
+      <c r="V14" s="1" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="W14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H15" s="1" t="n">
         <v>10</v>
@@ -982,162 +960,177 @@
       <c r="M15" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>10.9</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="S15" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="T15" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>8.9</v>
-[...1 lines deleted...]
-      <c r="V15" s="1"/>
+        <v>8.8</v>
+      </c>
+      <c r="V15" s="1" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="W15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G22" s="1"/>
+      <c r="G22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
-        <v>19.5</v>
+        <v>19.7</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>15.3</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>15.5</v>
+        <v>15.7</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>17.8</v>
+        <v>17.3</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>15.8</v>
-[...1 lines deleted...]
-      <c r="G23" s="1"/>
+        <v>15.9</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="H23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>6</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>5.3</v>
+        <v>5</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>5.7</v>
       </c>
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="H24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
-        <v>9</v>
+        <v>8.9</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>9</v>
+        <v>8.9</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>8.5</v>
+        <v>8.4</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>8.8</v>
       </c>
-      <c r="G25" s="1"/>
+      <c r="G25" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="H25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
@@ -1184,183 +1177,192 @@
       </c>
       <c r="N32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V32" s="1"/>
+      <c r="V32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
-        <v>13.6</v>
+        <v>14</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="D33" s="1" t="n">
-        <v>10.6</v>
+        <v>10</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>10.7</v>
+        <v>10.3</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>11.3</v>
       </c>
       <c r="J33" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="K33" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="L33" s="1" t="n">
         <v>11</v>
       </c>
       <c r="M33" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="N33" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="O33" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="P33" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="Q33" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="R33" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="S33" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="T33" s="1" t="n">
-        <v>7.9</v>
+        <v>7.7</v>
       </c>
       <c r="U33" s="1" t="n">
         <v>8.1</v>
       </c>
-      <c r="V33" s="1"/>
+      <c r="V33" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="W33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
-        <v>11.6</v>
+        <v>12.1</v>
       </c>
       <c r="C34" s="1" t="n">
-        <v>7.8</v>
+        <v>7.9</v>
       </c>
       <c r="D34" s="1" t="n">
-        <v>8.9</v>
+        <v>8.5</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>9.4</v>
+        <v>9</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>8.2</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="J34" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="L34" s="1" t="n">
-        <v>9.8</v>
+        <v>9.7</v>
       </c>
       <c r="M34" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="N34" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="P34" s="1" t="n">
         <v>8</v>
       </c>
       <c r="Q34" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="R34" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="S34" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="T34" s="1" t="n">
-        <v>7.4</v>
+        <v>7.2</v>
       </c>
       <c r="U34" s="1" t="n">
         <v>7.4</v>
       </c>
-      <c r="V34" s="1"/>
+      <c r="V34" s="1" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="W34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
@@ -1407,503 +1409,713 @@
       </c>
       <c r="N41" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O41" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P41" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q41" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R41" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V41" s="1"/>
+      <c r="V41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B42" s="1" t="n">
-        <v>10.9</v>
+        <v>11.5</v>
       </c>
       <c r="C42" s="1" t="n">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
       <c r="D42" s="1" t="n">
-        <v>8</v>
+        <v>7.4</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>8.7</v>
+        <v>8.1</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="J42" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="K42" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="L42" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="M42" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="N42" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="O42" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="P42" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="Q42" s="1" t="n">
-        <v>6.3</v>
+        <v>6.5</v>
       </c>
       <c r="R42" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="S42" s="1" t="n">
-        <v>4.3</v>
+        <v>4.4</v>
       </c>
       <c r="T42" s="1" t="n">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="U42" s="1" t="n">
-        <v>4.5</v>
-[...1 lines deleted...]
-      <c r="V42" s="1"/>
+        <v>4.6</v>
+      </c>
+      <c r="V42" s="1" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="W42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B43" s="1" t="n">
-        <v>12.7</v>
+        <v>13.3</v>
       </c>
       <c r="C43" s="1" t="n">
-        <v>9.8</v>
+        <v>9.3</v>
       </c>
       <c r="D43" s="1" t="n">
-        <v>9.8</v>
+        <v>9.2</v>
       </c>
       <c r="E43" s="1" t="n">
-        <v>11.2</v>
+        <v>10.6</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>10.9</v>
       </c>
       <c r="G43" s="1" t="n">
-        <v>10.2</v>
+        <v>10.1</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="I43" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="J43" s="1" t="n">
-        <v>11</v>
+        <v>11.1</v>
       </c>
       <c r="K43" s="1" t="n">
-        <v>9.8</v>
+        <v>9.9</v>
       </c>
       <c r="L43" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="M43" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="N43" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="O43" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="P43" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="Q43" s="1" t="n">
-        <v>6.5</v>
+        <v>6.1</v>
       </c>
       <c r="R43" s="1" t="n">
-        <v>5</v>
+        <v>4.9</v>
       </c>
       <c r="S43" s="1" t="n">
-        <v>7.2</v>
+        <v>7</v>
       </c>
       <c r="T43" s="1" t="n">
-        <v>6.7</v>
+        <v>6</v>
       </c>
       <c r="U43" s="1" t="n">
-        <v>5.2</v>
-[...1 lines deleted...]
-      <c r="V43" s="1"/>
+        <v>5.1</v>
+      </c>
+      <c r="V43" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="W43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...42 lines deleted...]
-        <f>=NA()</f>
+      <c r="B44" s="1" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="C44" s="1" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="D44" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="E44" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="F44" s="1" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="G44" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="H44" s="1" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="I44" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="J44" s="1" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="L44" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="M44" s="1" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="N44" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="O44" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="P44" s="1" t="n">
+        <v>9.6</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>8.8</v>
+        <v>8.9</v>
       </c>
       <c r="R44" s="1" t="n">
         <v>8</v>
       </c>
       <c r="S44" s="1" t="n">
-        <v>7.2</v>
+        <v>7.3</v>
       </c>
       <c r="T44" s="1" t="n">
-        <v>7.1</v>
+        <v>7</v>
       </c>
       <c r="U44" s="1" t="n">
-        <v>7.7</v>
-[...1 lines deleted...]
-      <c r="V44" s="1"/>
+        <v>7.8</v>
+      </c>
+      <c r="V44" s="1" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="W44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...42 lines deleted...]
-        <f>=NA()</f>
+      <c r="B45" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="C45" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="D45" s="1" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="E45" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="F45" s="1" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="G45" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="H45" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="I45" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="J45" s="1" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="K45" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="L45" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="M45" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="N45" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="O45" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="P45" s="1" t="n">
+        <v>8.5</v>
       </c>
       <c r="Q45" s="1" t="n">
         <v>8.2</v>
       </c>
       <c r="R45" s="1" t="n">
-        <v>8.2</v>
+        <v>8.1</v>
       </c>
       <c r="S45" s="1" t="n">
-        <v>8.7</v>
+        <v>8.6</v>
       </c>
       <c r="T45" s="1" t="n">
-        <v>7.9</v>
+        <v>7.7</v>
       </c>
       <c r="U45" s="1" t="n">
-        <v>7.3</v>
-[...1 lines deleted...]
-      <c r="V45" s="1"/>
+        <v>7.2</v>
+      </c>
+      <c r="V45" s="1" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="W45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B46" s="1" t="n">
-        <v>15.3</v>
+        <v>14.8</v>
       </c>
       <c r="C46" s="1" t="n">
-        <v>10.6</v>
+        <v>10.1</v>
       </c>
       <c r="D46" s="1" t="n">
-        <v>13.9</v>
+        <v>13.1</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>11.4</v>
+        <v>11.2</v>
       </c>
       <c r="F46" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="G46" s="1" t="n">
         <v>11.4</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>11.9</v>
+        <v>11.8</v>
       </c>
       <c r="I46" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>14.5</v>
+        <v>14.4</v>
       </c>
       <c r="K46" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="L46" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="M46" s="1" t="n">
         <v>11.3</v>
       </c>
       <c r="N46" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="O46" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="P46" s="1" t="n">
         <v>10</v>
       </c>
       <c r="Q46" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="R46" s="1" t="n">
-        <v>11.4</v>
+        <v>11.5</v>
       </c>
       <c r="S46" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="T46" s="1" t="n">
-        <v>12.4</v>
+        <v>12.2</v>
       </c>
       <c r="U46" s="1" t="n">
-        <v>13.1</v>
-[...1 lines deleted...]
-      <c r="V46" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="V46" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="W46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
       <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C53" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D53" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E53" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G53" s="1"/>
+      <c r="G53" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H53" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="I53" s="1" t="n">
+        <v>2026</v>
+      </c>
+      <c r="J53" s="1" t="n">
+        <v>2027</v>
+      </c>
+      <c r="K53" s="1" t="n">
+        <v>2028</v>
+      </c>
+      <c r="L53" s="1" t="n">
+        <v>2029</v>
+      </c>
+      <c r="M53" s="1" t="n">
+        <v>2030</v>
+      </c>
+      <c r="N53" s="1" t="n">
+        <v>2031</v>
+      </c>
+      <c r="O53" s="1" t="n">
+        <v>2032</v>
+      </c>
+      <c r="P53" s="1" t="n">
+        <v>2033</v>
+      </c>
+      <c r="Q53" s="1" t="n">
+        <v>2034</v>
+      </c>
+      <c r="R53" s="1" t="n">
+        <v>2035</v>
+      </c>
+      <c r="S53" s="1" t="n">
+        <v>2036</v>
+      </c>
+      <c r="T53" s="1" t="n">
+        <v>2037</v>
+      </c>
+      <c r="U53" s="1" t="n">
+        <v>2038</v>
+      </c>
+      <c r="V53" s="1" t="n">
+        <v>2039</v>
+      </c>
+      <c r="W53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B54" s="1" t="n">
-        <v>13.2</v>
+        <v>13.1</v>
       </c>
       <c r="C54" s="1" t="n">
-        <v>13.4</v>
+        <v>13.3</v>
       </c>
       <c r="D54" s="1" t="n">
-        <v>12.8</v>
+        <v>12.6</v>
       </c>
       <c r="E54" s="1" t="n">
-        <v>13.7</v>
+        <v>13.3</v>
       </c>
       <c r="F54" s="1" t="n">
         <v>13.2</v>
       </c>
-      <c r="G54" s="1"/>
+      <c r="G54" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="N54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="O54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="R54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="S54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="T54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B55" s="1" t="n">
-        <v>9</v>
+        <v>8.9</v>
       </c>
       <c r="C55" s="1" t="n">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="n">
-        <v>8.2</v>
+        <v>8.1</v>
       </c>
       <c r="E55" s="1" t="n">
-        <v>8.7</v>
+        <v>8.3</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>8.6</v>
-[...1 lines deleted...]
-      <c r="G55" s="1"/>
+        <v>8.5</v>
+      </c>
+      <c r="G55" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="N55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="O55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="R55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="S55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="T55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B56" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="C56" s="1" t="n">
-        <v>5.6</v>
+        <v>5.5</v>
       </c>
       <c r="D56" s="1" t="n">
         <v>6</v>
       </c>
       <c r="E56" s="1" t="n">
-        <v>5.5</v>
+        <v>5.4</v>
       </c>
       <c r="F56" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="G56" s="1"/>
+      <c r="G56" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="N56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="O56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="R56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="S56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="T56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0"/>
       <c r="B57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0"/>
       <c r="B63" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C63" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D63" s="1" t="n">
         <v>2006</v>
@@ -1937,1485 +2149,1644 @@
       </c>
       <c r="N63" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O63" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P63" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q63" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R63" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S63" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T63" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U63" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V63" s="1"/>
+      <c r="V63" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W63" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B64" s="1" t="n">
-        <v>31.8</v>
+        <v>30.6</v>
       </c>
       <c r="C64" s="1" t="n">
-        <v>28.4</v>
+        <v>25.3</v>
       </c>
       <c r="D64" s="1" t="n">
-        <v>29.4</v>
+        <v>26.8</v>
       </c>
       <c r="E64" s="1" t="n">
-        <v>28.4</v>
+        <v>27.2</v>
       </c>
       <c r="F64" s="1" t="n">
         <v>31.8</v>
       </c>
       <c r="G64" s="1" t="n">
-        <v>25.5</v>
+        <v>25.3</v>
       </c>
       <c r="H64" s="1" t="n">
-        <v>23.3</v>
+        <v>23.2</v>
       </c>
       <c r="I64" s="1" t="n">
-        <v>27.5</v>
+        <v>27.4</v>
       </c>
       <c r="J64" s="1" t="n">
-        <v>29</v>
+        <v>28.9</v>
       </c>
       <c r="K64" s="1" t="n">
-        <v>28.5</v>
+        <v>28.4</v>
       </c>
       <c r="L64" s="1" t="n">
-        <v>28.7</v>
+        <v>28.6</v>
       </c>
       <c r="M64" s="1" t="n">
-        <v>27.9</v>
+        <v>27.8</v>
       </c>
       <c r="N64" s="1" t="n">
-        <v>27.7</v>
+        <v>27.6</v>
       </c>
       <c r="O64" s="1" t="n">
         <v>27.6</v>
       </c>
       <c r="P64" s="1" t="n">
         <v>25.7</v>
       </c>
       <c r="Q64" s="1" t="n">
-        <v>26.8</v>
+        <v>26.9</v>
       </c>
       <c r="R64" s="1" t="n">
         <v>27.3</v>
       </c>
       <c r="S64" s="1" t="n">
         <v>27.2</v>
       </c>
       <c r="T64" s="1" t="n">
-        <v>27.9</v>
+        <v>27.8</v>
       </c>
       <c r="U64" s="1" t="n">
         <v>26.9</v>
       </c>
-      <c r="V64" s="1"/>
+      <c r="V64" s="1" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="W64" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B65" s="1" t="n">
-        <v>29.6</v>
+        <v>29.3</v>
       </c>
       <c r="C65" s="1" t="n">
-        <v>22.6</v>
+        <v>20.4</v>
       </c>
       <c r="D65" s="1" t="n">
-        <v>26</v>
+        <v>23.7</v>
       </c>
       <c r="E65" s="1" t="n">
-        <v>28.5</v>
+        <v>27.9</v>
       </c>
       <c r="F65" s="1" t="n">
-        <v>27.6</v>
+        <v>28</v>
       </c>
       <c r="G65" s="1" t="n">
         <v>21</v>
       </c>
       <c r="H65" s="1" t="n">
-        <v>18.4</v>
+        <v>18.3</v>
       </c>
       <c r="I65" s="1" t="n">
         <v>30.2</v>
       </c>
       <c r="J65" s="1" t="n">
         <v>28.1</v>
       </c>
       <c r="K65" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="L65" s="1" t="n">
         <v>23.9</v>
       </c>
       <c r="M65" s="1" t="n">
         <v>19.6</v>
       </c>
       <c r="N65" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="O65" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="P65" s="1" t="n">
         <v>21.9</v>
       </c>
       <c r="Q65" s="1" t="n">
-        <v>20.1</v>
+        <v>19.8</v>
       </c>
       <c r="R65" s="1" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="S65" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="T65" s="1" t="n">
         <v>14.5</v>
       </c>
-      <c r="S65" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="U65" s="1" t="n">
-        <v>14.4</v>
-[...1 lines deleted...]
-      <c r="V65" s="1"/>
+        <v>13.5</v>
+      </c>
+      <c r="V65" s="1" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="W65" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B66" s="1" t="n">
-        <v>11.9</v>
+        <v>12.4</v>
       </c>
       <c r="C66" s="1" t="n">
-        <v>7</v>
+        <v>7.4</v>
       </c>
       <c r="D66" s="1" t="n">
-        <v>7.3</v>
+        <v>7.1</v>
       </c>
       <c r="E66" s="1" t="n">
-        <v>7.9</v>
+        <v>7.6</v>
       </c>
       <c r="F66" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="G66" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="H66" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="I66" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="J66" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="K66" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="L66" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="M66" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="N66" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="O66" s="1" t="n">
         <v>6.9</v>
       </c>
       <c r="P66" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="Q66" s="1" t="n">
-        <v>4.9</v>
+        <v>5</v>
       </c>
       <c r="R66" s="1" t="n">
-        <v>4.9</v>
+        <v>5</v>
       </c>
       <c r="S66" s="1" t="n">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="T66" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="U66" s="1" t="n">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="V66" s="1"/>
+        <v>3.1</v>
+      </c>
+      <c r="V66" s="1" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="W66" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B67" s="1" t="n">
-        <v>10.7</v>
+        <v>10.5</v>
       </c>
       <c r="C67" s="1" t="n">
-        <v>4.8</v>
+        <v>5.2</v>
       </c>
       <c r="D67" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="E67" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="F67" s="1" t="n">
         <v>12.2</v>
       </c>
       <c r="G67" s="1" t="n">
         <v>5</v>
       </c>
       <c r="H67" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="I67" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="J67" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="K67" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="L67" s="1" t="n">
         <v>6.1</v>
       </c>
       <c r="M67" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="N67" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="O67" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="P67" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="Q67" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="R67" s="1" t="n">
         <v>5</v>
       </c>
       <c r="S67" s="1" t="n">
-        <v>4.6</v>
+        <v>4.5</v>
       </c>
       <c r="T67" s="1" t="n">
-        <v>5.3</v>
+        <v>5.2</v>
       </c>
       <c r="U67" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="V67" s="1"/>
+      <c r="V67" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="W67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B68" s="1" t="n">
-        <v>9.7</v>
+        <v>7.7</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>6.1</v>
+        <v>3.7</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>6.6</v>
+        <v>4.5</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>6.4</v>
+        <v>4.8</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>7.7</v>
+        <v>6.3</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>5.4</v>
+        <v>4.4</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>6.3</v>
+        <v>4.9</v>
       </c>
       <c r="I68" s="1" t="n">
-        <v>5.5</v>
+        <v>5.7</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>9.2</v>
+        <v>5.7</v>
       </c>
       <c r="K68" s="1" t="n">
-        <v>8.3</v>
+        <v>5.2</v>
       </c>
       <c r="L68" s="1" t="n">
-        <v>7.1</v>
+        <v>6</v>
       </c>
       <c r="M68" s="1" t="n">
-        <v>6.3</v>
+        <v>4.4</v>
       </c>
       <c r="N68" s="1" t="n">
-        <v>8.3</v>
+        <v>5.1</v>
       </c>
       <c r="O68" s="1" t="n">
-        <v>7.2</v>
+        <v>4.7</v>
       </c>
       <c r="P68" s="1" t="n">
-        <v>7.3</v>
+        <v>4.5</v>
       </c>
       <c r="Q68" s="1" t="n">
-        <v>5.4</v>
+        <v>3.4</v>
       </c>
       <c r="R68" s="1" t="n">
-        <v>4.4</v>
+        <v>2.5</v>
       </c>
       <c r="S68" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="T68" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="U68" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="T68" s="1" t="n">
-[...5 lines deleted...]
-      <c r="V68" s="1"/>
+      <c r="V68" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="W68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V69" s="1"/>
+      <c r="A69" s="0"/>
+      <c r="B69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>40</v>
-[...61 lines deleted...]
-      <c r="V70" s="1"/>
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="0"/>
-      <c r="B71" s="1"/>
+      <c r="A71" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A72" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="0"/>
+      <c r="A74" s="0" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A75" s="0"/>
+      <c r="B75" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C75" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D75" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E75" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F75" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G75" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H75" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I75" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J75" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K75" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L75" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M75" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N75" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O75" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P75" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q75" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R75" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S75" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T75" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U75" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V75" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W75" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="s">
-        <v>43</v>
-      </c>
+        <v>41</v>
+      </c>
+      <c r="B76" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="C76" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="D76" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="F76" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="G76" s="1" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="H76" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="I76" s="1" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="J76" s="1" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="K76" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="L76" s="1" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="M76" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="N76" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="O76" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="P76" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="Q76" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="R76" s="1" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="S76" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="T76" s="1" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="U76" s="1" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="V76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="W76" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="0"/>
+      <c r="A77" s="0" t="s">
+        <v>42</v>
+      </c>
       <c r="B77" s="1" t="n">
-        <v>2019</v>
+        <v>25.7</v>
       </c>
       <c r="C77" s="1" t="n">
-        <v>2020</v>
+        <v>19.9</v>
       </c>
       <c r="D77" s="1" t="n">
-        <v>2021</v>
+        <v>18.8</v>
       </c>
       <c r="E77" s="1" t="n">
-        <v>2022</v>
+        <v>22.1</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="G77" s="1"/>
+        <v>23.2</v>
+      </c>
+      <c r="G77" s="1" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="H77" s="1" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="I77" s="1" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="J77" s="1" t="n">
+        <v>23.9</v>
+      </c>
+      <c r="K77" s="1" t="n">
+        <v>28.1</v>
+      </c>
+      <c r="L77" s="1" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="M77" s="1" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="N77" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="O77" s="1" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="P77" s="1" t="n">
+        <v>26.9</v>
+      </c>
+      <c r="Q77" s="1" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="R77" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="S77" s="1" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="T77" s="1" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="U77" s="1" t="n">
+        <v>20.9</v>
+      </c>
+      <c r="V77" s="1" t="n">
+        <v>22.1</v>
+      </c>
+      <c r="W77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B78" s="1" t="n">
-        <v>4.8</v>
+        <v>14.8</v>
       </c>
       <c r="C78" s="1" t="n">
-        <v>4.2</v>
+        <v>10.8</v>
       </c>
       <c r="D78" s="1" t="n">
-        <v>3.9</v>
+        <v>13</v>
       </c>
       <c r="E78" s="1" t="n">
-        <v>4</v>
+        <v>10.9</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>4.6</v>
-[...1 lines deleted...]
-      <c r="G78" s="1"/>
+        <v>18.9</v>
+      </c>
+      <c r="G78" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="H78" s="1" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="I78" s="1" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="J78" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="K78" s="1" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="L78" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="M78" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="N78" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="O78" s="1" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="P78" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="Q78" s="1" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="R78" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="S78" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="T78" s="1" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="U78" s="1" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="V78" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="W78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B79" s="1" t="n">
-        <v>26.5</v>
+        <v>17</v>
       </c>
       <c r="C79" s="1" t="n">
-        <v>28.1</v>
+        <v>10.5</v>
       </c>
       <c r="D79" s="1" t="n">
-        <v>24</v>
+        <v>13.4</v>
       </c>
       <c r="E79" s="1" t="n">
-        <v>24.8</v>
+        <v>13.2</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="G79" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="G79" s="1" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="H79" s="1" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="I79" s="1" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="J79" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="K79" s="1" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="L79" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="M79" s="1" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="N79" s="1" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="O79" s="1" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="P79" s="1" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="Q79" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="R79" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="S79" s="1" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="T79" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="U79" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="V79" s="1" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="W79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="0" t="s">
-[...17 lines deleted...]
-      <c r="G80" s="1"/>
+      <c r="A80" s="0"/>
+      <c r="B80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
-        <v>47</v>
-[...16 lines deleted...]
-      <c r="G81" s="1"/>
+        <v>45</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="0"/>
-      <c r="B82" s="1"/>
+      <c r="A82" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A83" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="0"/>
+      <c r="A85" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A86" s="0"/>
+      <c r="B86" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C86" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D86" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E86" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F86" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G86" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H86" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I86" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J86" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K86" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L86" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M86" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N86" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O86" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P86" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q86" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R86" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S86" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T86" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U86" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V86" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W86" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>47</v>
+      </c>
+      <c r="B87" s="1" t="n">
+        <v>41.8</v>
+      </c>
+      <c r="C87" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="D87" s="1" t="n">
+        <v>33.1</v>
+      </c>
+      <c r="E87" s="1" t="n">
+        <v>31.8</v>
+      </c>
+      <c r="F87" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="G87" s="1" t="n">
+        <v>31.3</v>
+      </c>
+      <c r="H87" s="1" t="n">
+        <v>32.7</v>
+      </c>
+      <c r="I87" s="1" t="n">
+        <v>36.8</v>
+      </c>
+      <c r="J87" s="1" t="n">
+        <v>38.4</v>
+      </c>
+      <c r="K87" s="1" t="n">
+        <v>33.2</v>
+      </c>
+      <c r="L87" s="1" t="n">
+        <v>36.6</v>
+      </c>
+      <c r="M87" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="N87" s="1" t="n">
+        <v>34.2</v>
+      </c>
+      <c r="O87" s="1" t="n">
+        <v>32.4</v>
+      </c>
+      <c r="P87" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="Q87" s="1" t="n">
+        <v>29.2</v>
+      </c>
+      <c r="R87" s="1" t="n">
+        <v>28.2</v>
+      </c>
+      <c r="S87" s="1" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="T87" s="1" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="U87" s="1" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="V87" s="1" t="n">
+        <v>24.9</v>
+      </c>
+      <c r="W87" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="0"/>
+      <c r="A88" s="0" t="s">
+        <v>48</v>
+      </c>
       <c r="B88" s="1" t="n">
-        <v>2004</v>
+        <v>13</v>
       </c>
       <c r="C88" s="1" t="n">
-        <v>2005</v>
+        <v>9.9</v>
       </c>
       <c r="D88" s="1" t="n">
-        <v>2006</v>
+        <v>8.7</v>
       </c>
       <c r="E88" s="1" t="n">
-        <v>2007</v>
+        <v>11.4</v>
       </c>
       <c r="F88" s="1" t="n">
-        <v>2008</v>
+        <v>13.4</v>
       </c>
       <c r="G88" s="1" t="n">
-        <v>2009</v>
+        <v>7.9</v>
       </c>
       <c r="H88" s="1" t="n">
-        <v>2010</v>
+        <v>8.3</v>
       </c>
       <c r="I88" s="1" t="n">
-        <v>2011</v>
+        <v>11.4</v>
       </c>
       <c r="J88" s="1" t="n">
-        <v>2012</v>
+        <v>11.3</v>
       </c>
       <c r="K88" s="1" t="n">
-        <v>2013</v>
+        <v>9.3</v>
       </c>
       <c r="L88" s="1" t="n">
-        <v>2014</v>
+        <v>9.9</v>
       </c>
       <c r="M88" s="1" t="n">
-        <v>2015</v>
+        <v>10.8</v>
       </c>
       <c r="N88" s="1" t="n">
-        <v>2016</v>
+        <v>9.9</v>
       </c>
       <c r="O88" s="1" t="n">
-        <v>2017</v>
+        <v>9.5</v>
       </c>
       <c r="P88" s="1" t="n">
-        <v>2018</v>
+        <v>8.2</v>
       </c>
       <c r="Q88" s="1" t="n">
-        <v>2019</v>
+        <v>9</v>
       </c>
       <c r="R88" s="1" t="n">
-        <v>2020</v>
+        <v>7.6</v>
       </c>
       <c r="S88" s="1" t="n">
-        <v>2021</v>
+        <v>7.6</v>
       </c>
       <c r="T88" s="1" t="n">
-        <v>2022</v>
+        <v>7.8</v>
       </c>
       <c r="U88" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V88" s="1"/>
+        <v>8.4</v>
+      </c>
+      <c r="V88" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="W88" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B89" s="1" t="n">
-        <v>41.5</v>
+        <v>5.1</v>
       </c>
       <c r="C89" s="1" t="n">
-        <v>28.3</v>
+        <v>3.7</v>
       </c>
       <c r="D89" s="1" t="n">
-        <v>35.3</v>
+        <v>3.2</v>
       </c>
       <c r="E89" s="1" t="n">
-        <v>33.4</v>
+        <v>3.2</v>
       </c>
       <c r="F89" s="1" t="n">
-        <v>37.9</v>
+        <v>6</v>
       </c>
       <c r="G89" s="1" t="n">
-        <v>31.5</v>
+        <v>3.1</v>
       </c>
       <c r="H89" s="1" t="n">
-        <v>32.9</v>
+        <v>1.9</v>
       </c>
       <c r="I89" s="1" t="n">
-        <v>36.9</v>
+        <v>3.3</v>
       </c>
       <c r="J89" s="1" t="n">
-        <v>38.5</v>
+        <v>4</v>
       </c>
       <c r="K89" s="1" t="n">
-        <v>33.4</v>
+        <v>4.1</v>
       </c>
       <c r="L89" s="1" t="n">
-        <v>36.7</v>
+        <v>3.6</v>
       </c>
       <c r="M89" s="1" t="n">
-        <v>32.1</v>
+        <v>3.4</v>
       </c>
       <c r="N89" s="1" t="n">
-        <v>34.3</v>
+        <v>3.3</v>
       </c>
       <c r="O89" s="1" t="n">
-        <v>32.4</v>
+        <v>3.6</v>
       </c>
       <c r="P89" s="1" t="n">
-        <v>32.9</v>
+        <v>2.5</v>
       </c>
       <c r="Q89" s="1" t="n">
-        <v>29.2</v>
+        <v>2.9</v>
       </c>
       <c r="R89" s="1" t="n">
-        <v>28.2</v>
+        <v>2.2</v>
       </c>
       <c r="S89" s="1" t="n">
-        <v>27.4</v>
+        <v>2.1</v>
       </c>
       <c r="T89" s="1" t="n">
-        <v>27.1</v>
+        <v>2.1</v>
       </c>
       <c r="U89" s="1" t="n">
-        <v>27.3</v>
-[...1 lines deleted...]
-      <c r="V89" s="1"/>
+        <v>2</v>
+      </c>
+      <c r="V89" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="W89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B90" s="1" t="n">
-        <v>12.3</v>
+        <v>3.1</v>
       </c>
       <c r="C90" s="1" t="n">
-        <v>10.1</v>
+        <v>1.4</v>
       </c>
       <c r="D90" s="1" t="n">
-        <v>9.4</v>
+        <v>1.1</v>
       </c>
       <c r="E90" s="1" t="n">
-        <v>11.9</v>
+        <v>0.9</v>
       </c>
       <c r="F90" s="1" t="n">
-        <v>13.2</v>
+        <v>3.5</v>
       </c>
       <c r="G90" s="1" t="n">
-        <v>7.9</v>
+        <v>1.1</v>
       </c>
       <c r="H90" s="1" t="n">
-        <v>8.4</v>
+        <v>0.9</v>
       </c>
       <c r="I90" s="1" t="n">
-        <v>11.5</v>
+        <v>0.9</v>
       </c>
       <c r="J90" s="1" t="n">
-        <v>11.3</v>
+        <v>1.2</v>
       </c>
       <c r="K90" s="1" t="n">
-        <v>9.4</v>
+        <v>0.8</v>
       </c>
       <c r="L90" s="1" t="n">
-        <v>10</v>
+        <v>1.1</v>
       </c>
       <c r="M90" s="1" t="n">
-        <v>10.8</v>
+        <v>0.7</v>
       </c>
       <c r="N90" s="1" t="n">
-        <v>9.9</v>
+        <v>1.1</v>
       </c>
       <c r="O90" s="1" t="n">
-        <v>9.5</v>
+        <v>1.1</v>
       </c>
       <c r="P90" s="1" t="n">
-        <v>8.2</v>
+        <v>0.7</v>
       </c>
       <c r="Q90" s="1" t="n">
-        <v>8.9</v>
+        <v>0.6</v>
       </c>
       <c r="R90" s="1" t="n">
-        <v>7.6</v>
+        <v>0.4</v>
       </c>
       <c r="S90" s="1" t="n">
-        <v>7.6</v>
+        <v>0.4</v>
       </c>
       <c r="T90" s="1" t="n">
-        <v>8.4</v>
+        <v>0.7</v>
       </c>
       <c r="U90" s="1" t="n">
-        <v>8.2</v>
-[...1 lines deleted...]
-      <c r="V90" s="1"/>
+        <v>1.1</v>
+      </c>
+      <c r="V90" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="W90" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B91" s="1" t="n">
-        <v>5.3</v>
+        <v>2.2</v>
       </c>
       <c r="C91" s="1" t="n">
-        <v>3.4</v>
+        <v>0.5</v>
       </c>
       <c r="D91" s="1" t="n">
-        <v>3.6</v>
+        <v>0.3</v>
       </c>
       <c r="E91" s="1" t="n">
-        <v>3.3</v>
+        <v>0.8</v>
       </c>
       <c r="F91" s="1" t="n">
-        <v>6</v>
+        <v>1.8</v>
       </c>
       <c r="G91" s="1" t="n">
-        <v>3.1</v>
+        <v>0.2</v>
       </c>
       <c r="H91" s="1" t="n">
-        <v>1.9</v>
+        <v>0.6</v>
       </c>
       <c r="I91" s="1" t="n">
-        <v>3.3</v>
+        <v>0.5</v>
       </c>
       <c r="J91" s="1" t="n">
-        <v>4</v>
+        <v>0.3</v>
       </c>
       <c r="K91" s="1" t="n">
-        <v>4.1</v>
+        <v>0.2</v>
       </c>
       <c r="L91" s="1" t="n">
-        <v>3.6</v>
+        <v>0.6</v>
       </c>
       <c r="M91" s="1" t="n">
-        <v>3.4</v>
+        <v>0.2</v>
       </c>
       <c r="N91" s="1" t="n">
-        <v>3.3</v>
+        <v>0.3</v>
       </c>
       <c r="O91" s="1" t="n">
-        <v>3.6</v>
+        <v>0.7</v>
       </c>
       <c r="P91" s="1" t="n">
-        <v>2.5</v>
+        <v>0.3</v>
       </c>
       <c r="Q91" s="1" t="n">
-        <v>2.9</v>
+        <v>0.2</v>
       </c>
       <c r="R91" s="1" t="n">
-        <v>2.3</v>
+        <v>0.3</v>
       </c>
       <c r="S91" s="1" t="n">
-        <v>2.1</v>
+        <v>0.3</v>
       </c>
       <c r="T91" s="1" t="n">
-        <v>2.1</v>
+        <v>0.1</v>
       </c>
       <c r="U91" s="1" t="n">
-        <v>2.1</v>
-[...1 lines deleted...]
-      <c r="V91" s="1"/>
+        <v>0.2</v>
+      </c>
+      <c r="V91" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="W91" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V92" s="1"/>
+      <c r="A92" s="0"/>
+      <c r="B92" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
-        <v>54</v>
-[...61 lines deleted...]
-      <c r="V93" s="1"/>
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="0"/>
-      <c r="B94" s="1"/>
+      <c r="A94" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A95" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="0"/>
+      <c r="A97" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A98" s="0"/>
+      <c r="B98" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C98" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D98" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E98" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F98" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G98" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H98" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I98" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J98" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K98" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L98" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M98" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N98" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O98" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P98" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q98" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R98" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S98" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T98" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U98" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V98" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W98" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>53</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H99" s="1" t="n">
+        <v>3.14894</v>
+      </c>
+      <c r="I99" s="1" t="n">
+        <v>3.26833</v>
+      </c>
+      <c r="J99" s="1" t="n">
+        <v>3.55512</v>
+      </c>
+      <c r="K99" s="1" t="n">
+        <v>3.82624</v>
+      </c>
+      <c r="L99" s="1" t="n">
+        <v>3.11135</v>
+      </c>
+      <c r="M99" s="1" t="n">
+        <v>2.42661</v>
+      </c>
+      <c r="N99" s="1" t="n">
+        <v>2.49582</v>
+      </c>
+      <c r="O99" s="1" t="n">
+        <v>2.84946</v>
+      </c>
+      <c r="P99" s="1" t="n">
+        <v>1.21693</v>
+      </c>
+      <c r="Q99" s="1" t="n">
+        <v>0.86613</v>
+      </c>
+      <c r="R99" s="1" t="n">
+        <v>1.05983</v>
+      </c>
+      <c r="S99" s="1" t="n">
+        <v>0.84633</v>
+      </c>
+      <c r="T99" s="1" t="n">
+        <v>0.60124</v>
+      </c>
+      <c r="U99" s="1" t="n">
+        <v>0.84278</v>
+      </c>
+      <c r="V99" s="1" t="n">
+        <v>1.04845</v>
+      </c>
+      <c r="W99" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="0"/>
-[...16 lines deleted...]
-        <v>2009</v>
+      <c r="A100" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G100" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="H100" s="1" t="n">
-        <v>2010</v>
+        <v>3.11536</v>
       </c>
       <c r="I100" s="1" t="n">
-        <v>2011</v>
+        <v>2.3582</v>
       </c>
       <c r="J100" s="1" t="n">
-        <v>2012</v>
+        <v>4.14144</v>
       </c>
       <c r="K100" s="1" t="n">
-        <v>2013</v>
+        <v>1.5938</v>
       </c>
       <c r="L100" s="1" t="n">
-        <v>2014</v>
+        <v>1.78728</v>
       </c>
       <c r="M100" s="1" t="n">
-        <v>2015</v>
+        <v>1.76367</v>
       </c>
       <c r="N100" s="1" t="n">
-        <v>2016</v>
+        <v>1.34763</v>
       </c>
       <c r="O100" s="1" t="n">
-        <v>2017</v>
+        <v>1.95687</v>
       </c>
       <c r="P100" s="1" t="n">
-        <v>2018</v>
+        <v>1.61689</v>
       </c>
       <c r="Q100" s="1" t="n">
-        <v>2019</v>
+        <v>1.87884</v>
       </c>
       <c r="R100" s="1" t="n">
-        <v>2020</v>
+        <v>1.87485</v>
       </c>
       <c r="S100" s="1" t="n">
-        <v>2021</v>
+        <v>2.02639</v>
       </c>
       <c r="T100" s="1" t="n">
-        <v>2022</v>
+        <v>2.26982</v>
       </c>
       <c r="U100" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V100" s="1"/>
+        <v>2.71383</v>
+      </c>
+      <c r="V100" s="1" t="n">
+        <v>2.25945</v>
+      </c>
+      <c r="W100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="0" t="s">
-        <v>57</v>
-[...17 lines deleted...]
-        <v>2.5</v>
+        <v>55</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G101" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="H101" s="1" t="n">
-        <v>3.1</v>
+        <v>28.57835</v>
       </c>
       <c r="I101" s="1" t="n">
-        <v>3.3</v>
+        <v>38.01354</v>
       </c>
       <c r="J101" s="1" t="n">
-        <v>3.6</v>
+        <v>37.10608</v>
       </c>
       <c r="K101" s="1" t="n">
-        <v>3.8</v>
+        <v>34.02754</v>
       </c>
       <c r="L101" s="1" t="n">
-        <v>3.1</v>
+        <v>38.07607</v>
       </c>
       <c r="M101" s="1" t="n">
-        <v>2.4</v>
+        <v>33.72481</v>
       </c>
       <c r="N101" s="1" t="n">
-        <v>2.5</v>
+        <v>35.96129</v>
       </c>
       <c r="O101" s="1" t="n">
-        <v>2.8</v>
+        <v>34.86917</v>
       </c>
       <c r="P101" s="1" t="n">
-        <v>1.2</v>
+        <v>34.76932</v>
       </c>
       <c r="Q101" s="1" t="n">
-        <v>0.9</v>
+        <v>30.68629</v>
       </c>
       <c r="R101" s="1" t="n">
-        <v>1.1</v>
+        <v>29.35169</v>
       </c>
       <c r="S101" s="1" t="n">
-        <v>0.9</v>
+        <v>30.21313</v>
       </c>
       <c r="T101" s="1" t="n">
-        <v>0.7</v>
+        <v>31.21136</v>
       </c>
       <c r="U101" s="1" t="n">
-        <v>0.8</v>
-[...1 lines deleted...]
-      <c r="V101" s="1"/>
+        <v>29.8163</v>
+      </c>
+      <c r="V101" s="1" t="n">
+        <v>24.28448</v>
+      </c>
+      <c r="W101" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="s">
-        <v>58</v>
-[...17 lines deleted...]
-        <v>2.9</v>
+        <v>56</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G102" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="H102" s="1" t="n">
-        <v>3.1</v>
+        <v>12.18586</v>
       </c>
       <c r="I102" s="1" t="n">
-        <v>2.4</v>
+        <v>14.77835</v>
       </c>
       <c r="J102" s="1" t="n">
-        <v>4.1</v>
+        <v>15.31011</v>
       </c>
       <c r="K102" s="1" t="n">
-        <v>1.6</v>
+        <v>12.70522</v>
       </c>
       <c r="L102" s="1" t="n">
-        <v>1.8</v>
+        <v>13.13261</v>
       </c>
       <c r="M102" s="1" t="n">
-        <v>1.8</v>
+        <v>13.78574</v>
       </c>
       <c r="N102" s="1" t="n">
-        <v>1.3</v>
+        <v>11.95986</v>
       </c>
       <c r="O102" s="1" t="n">
-        <v>2</v>
+        <v>12.09364</v>
       </c>
       <c r="P102" s="1" t="n">
-        <v>1.6</v>
+        <v>14.48062</v>
       </c>
       <c r="Q102" s="1" t="n">
-        <v>1.9</v>
+        <v>14.93102</v>
       </c>
       <c r="R102" s="1" t="n">
-        <v>1.9</v>
+        <v>11.00889</v>
       </c>
       <c r="S102" s="1" t="n">
-        <v>2</v>
+        <v>7.09972</v>
       </c>
       <c r="T102" s="1" t="n">
-        <v>2.2</v>
+        <v>7.62686</v>
       </c>
       <c r="U102" s="1" t="n">
-        <v>2.7</v>
-[...1 lines deleted...]
-      <c r="V102" s="1"/>
+        <v>9.60206</v>
+      </c>
+      <c r="V102" s="1" t="n">
+        <v>7.72522</v>
+      </c>
+      <c r="W102" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V103" s="1"/>
+      <c r="A103" s="0"/>
+      <c r="B103" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="0" t="s">
-        <v>60</v>
-[...61 lines deleted...]
-      <c r="V104" s="1"/>
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="0"/>
-      <c r="B105" s="1"/>
+      <c r="A105" s="0" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="0" t="s">
-[...9 lines deleted...]
-      <c r="A108" s="0"/>
+      <c r="A106" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>