--- v0 (2025-10-03)
+++ v1 (2026-03-25)
@@ -30,99 +30,90 @@
     <sheet name="G09_FTR" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <si>
     <t>Vervoer van goederen over de weg - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van het vervoer in ton-kilometer</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
     <t>projectie (april 2022)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>European Commission (2023), European transport in figures 2023, http://ec.europa.eu/transport/facts-fundings/statistics_en (geraadpleegd op 30/09/2024); berekeningen FPB op basis van FPB en FOD Mobiliteit en Vervoer (2022), Vooruitzichten van de transportvraag in België tegen 2040.</t>
+    <t>Bron: Berekeningen FPB op basis van European Commission (2025), European transport in figures 2025, http://ec.europa.eu/transport/facts-fundings/statistics_en (geraadpleegd op 30/09/2025); berekeningen FPB op basis van FPB en FOD Mobiliteit en Vervoer (2022), Vooruitzichten van de transportvraag in België tegen 2040.</t>
   </si>
   <si>
     <t>Vervoer van goederen over de weg - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van vervoer in ton-kilometer</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>European Commission (2023), European transport in figures 2023, http://ec.europa.eu/transport/facts-fundings/statistics_en (geraadpleegd op 30/09/2024).</t>
+    <t>Bron: Berekeningen FPB op basis van European Commission (2025), European transport in figures 2025, http://ec.europa.eu/transport/facts-fundings/statistics_en (geraadpleegd op 30/09/2025)</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G09_FTR</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Vervoer van goederen over de weg (i47)</t>
+    <t>Vervoer van goederen over de weg (i48)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: het modale aandeel van de weg in het goederenvervoer is het aandeel van de vrachtwagen en de bestelwagen in het totale vervoer. De andere beschouwde vervoerswijzen zijn de spoor- en waterwegen. Het vervoer wordt gemeten in tonkilometer, verkregen door voor iedere verplaatsing het aantal vervoerde ton te vermenigvuldigen met het aantal afgelegde kilometer. De gegevens komen van de Europese Commissie – DG MOVE. Voor het wegvervoer in België heeft DG MOVE pas gegevens vanaf 2005 en de indicator werd dan ook geretropoleerd tot 1990 aan de hand van de gegevens van het FPB. Deze worden berekend op basis van gegevens uit verscheidene bronnen (publicaties van de FOD Mobiliteit en Vervoer; FOD Economie, K.M.O., Middenstand en Energie – Algemene Directie Statistiek; jaarverslagen van de NMBS).
+    <t>Definitie: het modale aandeel van de weg in het goederenvervoer is het aandeel van de vrachtwagen en de bestelwagen in het totale vervoer. De andere beschouwde vervoerswijzen zijn de spoor- en waterwegen. Het vervoer wordt gemeten in tonkilometer, verkregen door voor iedere verplaatsing het aantal vervoerde ton te vermenigvuldigen met het aantal afgelegde kilometer. De gegevens komen van de Europese Commissie – DG MOVE. Voor het wegvervoer in België heeft DG MOVE pas gegevens vanaf 2005 en de indicator werd dan ook geretropoleerd tot 1990 aan de hand van de gegevens van het FPB. Deze worden berekend op basis van gegevens uit verscheidene bronnen (publicaties van de FOD Mobiliteit en Vervoer; FOD Economie, K.M.O., Middenstand en Energie – Algemene Directie Statistiek; jaarverslagen van de NMBS). Voor het spoorverkeer zijn de gegevens vanaf 2011 door het FPB herberekend vanwege een breuk in de reeks van de Belgische gegevens die door de Europese Commissie zijn gepubliceerd in de edities 2024 en 2025 van de European Transport in Figures.
 Doelstelling: het modale aandeel van de weg in het goederenvervoer moet 63,7% bedragen tegen 2030.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 9.1: "Ontwikkelen van kwalitatieve, betrouwbare, duurzame en veerkrachtige infrastructuur, met inbegrip van regionale en grensoverschrijdende infrastructuur, ter ondersteuning van de economische ontwikkeling en het menselijk welzijn, met klemtoon op een betaalbare en billijke toegang voor iedereen".
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling bevat doelstelling 23: "Voor het goederenvervoer zullen spoor en binnenvaart het meest gebruikt worden" (Belgisch Staatsblad, 08/10/2013). Dit kan worden geïnterpreteerd als een daling van het modale aandeel van het wegvervoer onder de 50%. Aangezien het modale aandeel van het wegvervoer in 2015 74,0% bedraagt, geeft een lineaire interpolatie tussen 2015 en 2050 een doelstelling van 63,7% voor 2030.
-Evolutie: tussen 1990 en 1995 steeg het modale aandeel van de weg in het goederenvervoer (vrachtwagens en bestelwagens) van 64% tot 73%. Sinds 1995 bleef dat aandeel relatief stabiel rond de 74%. De hoge waarde van 2009 kan verklaard worden door het feit dat de economische crisis een sterkere impact had op het spoor en de binnenvaart dan op het wegvervoer. Er moet echter worden gewezen op de regelmatige stijging van deze indicator sinds 2018, die 78,6% bereikt in 2021.
-[...1 lines deleted...]
-Opsplitsing volgens gewest: kan niet worden weergegeven omdat er momenteel geen vergelijkbare gegevens beschikbaar zijn.
 VN-indicator: de gekozen indicator stemt overeen met indicator 9.1.2 - Aantal verplaatste personen en volume verplaatste goederen, per type vervoer.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm (geraadpleegd op 24/09/2020).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -180,51 +171,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH17"/>
+  <dimension ref="A1:AJ17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -338,84 +329,84 @@
       <c r="F4" s="1" t="n">
         <v>74.33745298</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>73.69010494</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>73.29010454</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>72.86818211</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>72.69797807</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>76.74604118</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>73.38885101</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>73.01152185</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>72.14757124</v>
+        <v>72.71616068</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>72.95473335</v>
+        <v>73.96627479</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>73.00493211</v>
+        <v>73.86167384</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>74.03093025</v>
+        <v>74.56120754</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>74.82197957</v>
+        <v>75.1738971</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>73.50154408</v>
+        <v>73.88095762</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>76.67946691</v>
+        <v>77.06304402</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>77.56493699</v>
+        <v>77.99132573</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>78.66585901</v>
+        <v>79.02592577</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>78.550029</v>
-[...5 lines deleted...]
-        <f>=NA()</f>
+        <v>78.7800206</v>
+      </c>
+      <c r="X4" s="1" t="n">
+        <v>79.33538553</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>79.97254214</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
@@ -714,51 +705,57 @@
       </c>
       <c r="Z12" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="AA12" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="AB12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG12" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="AH12" s="1"/>
+      <c r="AH12" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="AI12" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AJ12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>64.17613911</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>65.94669211</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>67.79226777</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>70.39946277</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>71.41772602</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>73.20639968</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>72.38026238</v>
@@ -787,80 +784,86 @@
       <c r="P13" s="1" t="n">
         <v>74.33745298</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>73.69010494</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>73.29010454</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>72.86818211</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>72.69797807</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>76.74604118</v>
       </c>
       <c r="V13" s="1" t="n">
         <v>73.38885101</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>73.01152185</v>
       </c>
       <c r="X13" s="1" t="n">
-        <v>72.14757124</v>
+        <v>72.71616068</v>
       </c>
       <c r="Y13" s="1" t="n">
-        <v>72.95473335</v>
+        <v>73.96627479</v>
       </c>
       <c r="Z13" s="1" t="n">
-        <v>73.00493211</v>
+        <v>73.86167384</v>
       </c>
       <c r="AA13" s="1" t="n">
-        <v>74.03093025</v>
+        <v>74.56120754</v>
       </c>
       <c r="AB13" s="1" t="n">
-        <v>74.82197957</v>
+        <v>75.1738971</v>
       </c>
       <c r="AC13" s="1" t="n">
-        <v>73.50154408</v>
+        <v>73.88095762</v>
       </c>
       <c r="AD13" s="1" t="n">
-        <v>76.67946691</v>
+        <v>77.06304402</v>
       </c>
       <c r="AE13" s="1" t="n">
-        <v>77.56493699</v>
+        <v>77.99132573</v>
       </c>
       <c r="AF13" s="1" t="n">
-        <v>78.66585901</v>
+        <v>79.02592577</v>
       </c>
       <c r="AG13" s="1" t="n">
-        <v>78.550029</v>
-[...1 lines deleted...]
-      <c r="AH13" s="1"/>
+        <v>78.7800206</v>
+      </c>
+      <c r="AH13" s="1" t="n">
+        <v>79.33538553</v>
+      </c>
+      <c r="AI13" s="1" t="n">
+        <v>79.97254214</v>
+      </c>
+      <c r="AJ13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H14" s="1" t="s">
         <f>=NA()</f>
@@ -877,92 +880,98 @@
       <c r="L14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="N14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q14" s="1" t="n">
         <v>74.86482909</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>74.7128469</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>74.66208147</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>74.67366706</v>
+        <v>74.66312466</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>76.05897634</v>
+        <v>76.06592512</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>74.60898126</v>
       </c>
       <c r="W14" s="1" t="n">
-        <v>73.95410735</v>
+        <v>73.95967762</v>
       </c>
       <c r="X14" s="1" t="n">
-        <v>73.470986</v>
+        <v>73.48909353</v>
       </c>
       <c r="Y14" s="1" t="n">
-        <v>73.85128239</v>
+        <v>73.95394136</v>
       </c>
       <c r="Z14" s="1" t="n">
-        <v>73.89357622</v>
+        <v>73.92082145</v>
       </c>
       <c r="AA14" s="1" t="n">
-        <v>74.10316065</v>
+        <v>74.20087814</v>
       </c>
       <c r="AB14" s="1" t="n">
-        <v>74.51176532</v>
+        <v>74.21084927</v>
       </c>
       <c r="AC14" s="1" t="n">
-        <v>75.35097593</v>
+        <v>75.05362902</v>
       </c>
       <c r="AD14" s="1" t="n">
-        <v>75.64956509</v>
+        <v>75.34421519</v>
       </c>
       <c r="AE14" s="1" t="n">
-        <v>76.31825899</v>
+        <v>76.0242297</v>
       </c>
       <c r="AF14" s="1" t="n">
-        <v>77.41960061</v>
+        <v>77.43893565</v>
       </c>
       <c r="AG14" s="1" t="n">
-        <v>77.34173366</v>
-[...1 lines deleted...]
-      <c r="AH14" s="1"/>
+        <v>77.34530958</v>
+      </c>
+      <c r="AH14" s="1" t="n">
+        <v>77.84228771</v>
+      </c>
+      <c r="AI14" s="1" t="n">
+        <v>78.128994</v>
+      </c>
+      <c r="AJ14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>