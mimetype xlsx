--- v0 (2025-10-03)
+++ v1 (2026-03-03)
@@ -33,96 +33,87 @@
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="16">
   <si>
     <t>Kapitaalgoederenvoorraad - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van bruto binnenlands product</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>Duitsland</t>
   </si>
   <si>
     <t>Frankrijk</t>
   </si>
   <si>
     <t>Nederland</t>
   </si>
   <si>
-    <t>INR; Eurostat (2024), Balance sheets for non-financial assets [nama_10_nfa_bs] en GDP and main components (output, expenditure and income) [nama_10_gdp], https://ec.europa.eu/eurostat (geraadpleegd op 31/10/2024); berekeningen FPB.</t>
+    <t>Bron: Berekeningen FPB op basis van INR; Eurostat (2025), Balance sheets for non-financial assets en GDP,  nama_10_nfa_bs en nama_10_gdp, https://ec.europa.eu/eurostat, laatste update van data 17/10/2025 23:00 en 21/10/2025 11:00 (geraadpleegd op 27/10/2025)</t>
   </si>
   <si>
     <t>Kapitaalgoederenvoorraad volgens soort - België</t>
   </si>
   <si>
     <t>fysiek</t>
   </si>
   <si>
     <t>intellectueel</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G09_CST</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Kapitaalgoederenvoorraad (i48)</t>
+    <t>Kapitaalgoederenvoorraad (i49)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: de kapitaalgoederenvoorraad is de som van alle economische activa die meer dan een jaar herhaaldelijk of continu gebruikt worden in het productieproces (sectie AN.11 uit de nationale rekeningen; Eurostat, 2013). De indicator meet de nettokapitaalgoederenvoorraad (machines, gebouwen, vervoers- en communicatie-infrastructuren enz.). Die wordt berekend door de brutokapitaalgoederenvoorraad, waarbij alle activa gewaardeerd worden aan de prijzen die betaald zouden moeten worden wanneer de activa nu worden aangekocht, te verminderen met de cumulatieve waarde van de afschrijvingen waaraan de bruto-investeringen toegevoegd worden. De indicator wordt uitgedrukt in procent van het bruto binnenlands product. Het Instituut voor de Nationale Rekeningen berekent de indicator voor België. Om de gegevens van België te kunnen vergelijken met de buurlanden, komen de gegevens van Eurostat.
+Voor deze indicator is volgende opsplitsing beschikbaar: kapitaaltype.
 Doelstelling: de kapitaalgoederenvoorraad mag niet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 9.1: "Ontwikkelen van kwalitatieve, betrouwbare, duurzame en veerkrachtige infrastructuur, met inbegrip van regionale en grensoverschrijdende infrastructuur, ter ondersteuning van de economische ontwikkeling en het menselijk welzijn, met klemtoon op een betaalbare en billijke toegang voor iedereen".
 De kapitaalgoederenvoorraad is "een middel om de waarde van de ene verslagperiode naar de andere over te hevelen" (Eurostat, 2013, p.170). De kapitaalgoederenvoorraad kan dus gebruikt worden door toekomstige generaties en bijdragen tot hun welvaart. Vanuit een toekomstgericht perspectief kan er gesteld worden dat de kapitaalgoederenvoorraad behouden moet blijven (UNECE, 2014, p. 29). Dat de netto kapitaalgoederenvoorraad niet mag dalen, wordt dan ook als impliciete doelstelling beschouwd.
-Evolutie: de netto kapitaalgoederenvoorraad (in volume) in de Belgische economie stijgt constant sinds 1995. Uitgedrukt in procent van het bbp daalde die voorraad tussen 1995 en 2004 en steeg het daarna tot 2009. Tussen 2009 en 2016, is de indicator gevoelig gedaald. Vanaf 2017 stijgt de indicator opnieuw. In 2020 bereikt de indicator zijn hoogste punt (309,7%). Dit resultaat is toe te schrijven aan de sterke inkrimping van de economische activiteit en dus van het bbp tijdens de covid-19-pandemie. Aangezien de indicator zich verhoudt tot het bbp, neemt hij logischerwijs toe in 2020. In 2022 daalt de indicator (305,6%) omdat de economische activiteit verhoudingsgewijs meer toeneemt dan de kapitaalvoorraad.
-[...2 lines deleted...]
-Opsplitsing volgens gewest: kan niet worden weergegeven omdat er momenteel geen vergelijkbare gegevens beschikbaar zijn.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 9.1. Het verhogen van de kapitaalgoederenvoorraad maakt het immers mogelijk om de nodige infrastructuur te hebben voor de economische ontwikkeling.
-Deze indicator wordt gebruikt om de composiete indicator Economisch kapitaal, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator Economisch kapitaal te berekenen.
 Bronnen
-Algemeen
-[...4 lines deleted...]
-Specifiek
 Eurostat (2013), European system of accounts. ESA 2010, Luxembourg: Publications Office of the European Union, 2013.
-UNECE (2014), Conference of European Statisticians Recommendations on Measuring Sustainable Development, http://www.unece.org/publications/ces_sust_development.html (geraadpleegd op 24/09/2020).
+UNECE (2014), Conference of European Statisticians Recommendations on Measuring Sustainable Development, https://unece.org/statistics/publications/conference-european-statisticians-recommendations-measuring-sustainable (consulted on 3/11/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -180,51 +171,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AD18"/>
+  <dimension ref="A1:AF18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -286,411 +277,441 @@
       </c>
       <c r="V3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="W3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="X3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Y3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Z3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AA3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AD3" s="1"/>
+      <c r="AD3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AE3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AF3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>290.0699428</v>
+        <v>295.0454367</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>292.2199092</v>
+        <v>297.1472319</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>288.8624404</v>
+        <v>293.8266452</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>287.8727723</v>
+        <v>292.8568491</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>288.3423797</v>
+        <v>293.5657404</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>284.2695349</v>
+        <v>289.9947109</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>285.6235026</v>
+        <v>291.0688297</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>281.7517938</v>
+        <v>287.3791563</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>284.8885598</v>
+        <v>290.7609241</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>282.3797747</v>
+        <v>288.6803335</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>282.7369971</v>
+        <v>289.5814895</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>286.4795334</v>
+        <v>294.0641516</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>286.2064921</v>
+        <v>294.5405215</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>298.5288411</v>
+        <v>307.9419895</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>302.2940177</v>
+        <v>306.9856664</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>298.5920696</v>
+        <v>303.8907077</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>297.4891312</v>
+        <v>305.9521515</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>299.6407645</v>
+        <v>307.7357309</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>298.7193636</v>
+        <v>309.7216714</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>295.3523116</v>
+        <v>305.8897422</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>291.5697722</v>
+        <v>304.4517469</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>288.7161231</v>
+        <v>301.8500837</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>290.6327186</v>
+        <v>305.235436</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>292.7918191</v>
+        <v>305.3797478</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>292.8632884</v>
+        <v>305.3916102</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>309.7246819</v>
+        <v>322.5077515</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>304.544258</v>
+        <v>317.2375225</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>305.555666</v>
-[...1 lines deleted...]
-      <c r="AD4" s="1"/>
+        <v>316.9441579</v>
+      </c>
+      <c r="AD4" s="1" t="n">
+        <v>315.2387801</v>
+      </c>
+      <c r="AE4" s="1" t="n">
+        <v>313.8973914</v>
+      </c>
+      <c r="AF4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>327.8153455</v>
+        <v>327.1770603</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>328.2871608</v>
+        <v>327.6211186</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>327.7999487</v>
+        <v>327.0958464</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>324.7154934</v>
+        <v>323.984003</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>320.8755368</v>
+        <v>320.4633552</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>321.0942122</v>
+        <v>320.6444691</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>316.4381266</v>
+        <v>315.9327361</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>314.6496744</v>
+        <v>314.0474327</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>314.309647</v>
+        <v>313.6702353</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>312.4925863</v>
+        <v>311.8627673</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>312.4790279</v>
+        <v>311.8322147</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>307.7434898</v>
+        <v>307.0193061</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>311.0879074</v>
+        <v>310.2879767</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>317.2991644</v>
+        <v>316.4858571</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>334.0125137</v>
+        <v>332.9797472</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>324.3170646</v>
+        <v>323.3472389</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>319.0550293</v>
+        <v>318.0562887</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>323.1629636</v>
+        <v>321.9515375</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>324.3913047</v>
+        <v>323.1730555</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>319.9271063</v>
+        <v>318.8154681</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>316.8476334</v>
+        <v>315.5426089</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>313.3277954</v>
+        <v>312.3535229</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>312.0421721</v>
+        <v>310.9243019</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>317.8629489</v>
+        <v>316.9432125</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>322.4194315</v>
+        <v>321.5899787</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>338.3527461</v>
+        <v>337.6527218</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>341.804562</v>
+        <v>340.503104</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>364.7116102</v>
-[...1 lines deleted...]
-      <c r="AD5" s="1"/>
+        <v>358.7684082</v>
+      </c>
+      <c r="AD5" s="1" t="n">
+        <v>365.5515001</v>
+      </c>
+      <c r="AE5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AF5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
-        <v>277.5909057</v>
+        <v>277.5807764</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>279.0562844</v>
+        <v>279.0460999</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>277.5620158</v>
+        <v>277.5514712</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>273.361879</v>
+        <v>273.3514065</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>273.8380731</v>
+        <v>273.8277516</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>271.3845708</v>
+        <v>271.3747982</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>273.4554719</v>
+        <v>273.4462566</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>276.958614</v>
+        <v>276.9494271</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>283.2327896</v>
+        <v>283.2236669</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>286.303865</v>
+        <v>286.2947264</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>291.3522375</v>
+        <v>291.3428734</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>294.4692606</v>
+        <v>294.4598349</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>298.3199495</v>
+        <v>298.3105578</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>303.6933975</v>
+        <v>303.683498</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>320.3123274</v>
+        <v>320.3014794</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>322.7362888</v>
+        <v>322.7253173</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>324.5643146</v>
+        <v>324.5531611</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>328.581315</v>
+        <v>328.5707801</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>329.562989</v>
+        <v>329.5526134</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>327.949726</v>
+        <v>327.9391397</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>323.3331483</v>
+        <v>323.3212922</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>326.5506274</v>
+        <v>326.537051</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>328.6099742</v>
+        <v>328.5944834</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>330.3597433</v>
+        <v>330.3435675</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>329.3160557</v>
+        <v>329.2983352</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>357.7844305</v>
+        <v>357.7613962</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>357.5042573</v>
+        <v>357.4887476</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>364.7589529</v>
-[...1 lines deleted...]
-      <c r="AD6" s="1"/>
+        <v>362.7591845</v>
+      </c>
+      <c r="AD6" s="1" t="n">
+        <v>351.8818988</v>
+      </c>
+      <c r="AE6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AF6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
-        <v>303.9293238</v>
+        <v>305.9809529</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>303.1754579</v>
+        <v>305.2386184</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>294.4695088</v>
+        <v>296.4570053</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>288.3605399</v>
+        <v>290.2547187</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>286.2746731</v>
+        <v>288.1047643</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>285.3676875</v>
+        <v>287.2326075</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>287.0839295</v>
+        <v>288.9891312</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>293.598939</v>
+        <v>295.57567</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>299.9260052</v>
+        <v>301.9448399</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>300.4735003</v>
+        <v>302.4252549</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>298.7395186</v>
+        <v>300.5835964</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>294.9823302</v>
+        <v>296.7065797</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>291.7719883</v>
+        <v>293.3025571</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>293.7753628</v>
+        <v>295.1513821</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>315.6499882</v>
+        <v>316.8149064</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>316.4784409</v>
+        <v>317.7169677</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>310.5336327</v>
+        <v>311.5462651</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>310.0456982</v>
+        <v>310.6691865</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>307.50533</v>
+        <v>308.0666559</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>299.3230449</v>
+        <v>299.8268563</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>292.2912003</v>
+        <v>292.5041656</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>285.7722081</v>
+        <v>286.5416045</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>279.4867492</v>
+        <v>280.3743969</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>278.9311967</v>
+        <v>279.7749955</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>279.2230831</v>
+        <v>280.2760293</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>298.2033479</v>
+        <v>299.6767765</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>289.2124951</v>
+        <v>291.2274129</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>280.6775875</v>
-[...1 lines deleted...]
-      <c r="AD7" s="1"/>
+        <v>282.8387434</v>
+      </c>
+      <c r="AD7" s="1" t="n">
+        <v>284.0243093</v>
+      </c>
+      <c r="AE7" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AF7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
       <c r="B8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0"/>
@@ -756,231 +777,249 @@
       </c>
       <c r="V13" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="X13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Y13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Z13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AD13" s="1"/>
+      <c r="AD13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AE13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AF13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>281.6493872</v>
+        <v>286.2963022</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>283.4281134</v>
+        <v>287.9377338</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>279.9101208</v>
+        <v>284.3848458</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>278.562193</v>
+        <v>283.0241408</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>278.7792046</v>
+        <v>283.4246223</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>274.5996121</v>
+        <v>279.68799</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>275.4923395</v>
+        <v>280.2705205</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>271.1357376</v>
+        <v>276.1054382</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>273.9315264</v>
+        <v>279.1856122</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>271.2773108</v>
+        <v>276.9646354</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>271.4431411</v>
+        <v>277.6287457</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>275.1305161</v>
+        <v>281.9998678</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>274.8281599</v>
+        <v>282.4170033</v>
       </c>
       <c r="O14" s="1" t="n">
-        <v>286.6726312</v>
+        <v>295.311294</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>289.6140709</v>
+        <v>293.3389775</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>285.6572636</v>
+        <v>289.9904582</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>284.0618526</v>
+        <v>291.5221413</v>
       </c>
       <c r="S14" s="1" t="n">
-        <v>285.7382257</v>
+        <v>292.8186147</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>284.4259348</v>
+        <v>294.3548455</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>280.7161379</v>
+        <v>290.1789394</v>
       </c>
       <c r="V14" s="1" t="n">
-        <v>276.0836554</v>
+        <v>288.0091111</v>
       </c>
       <c r="W14" s="1" t="n">
-        <v>273.1264781</v>
+        <v>285.2817638</v>
       </c>
       <c r="X14" s="1" t="n">
-        <v>274.6891796</v>
+        <v>288.2309985</v>
       </c>
       <c r="Y14" s="1" t="n">
-        <v>276.631879</v>
+        <v>288.0989171</v>
       </c>
       <c r="Z14" s="1" t="n">
-        <v>276.3676702</v>
+        <v>287.7682712</v>
       </c>
       <c r="AA14" s="1" t="n">
-        <v>291.6368464</v>
+        <v>303.2306568</v>
       </c>
       <c r="AB14" s="1" t="n">
-        <v>286.8574405</v>
+        <v>298.3966911</v>
       </c>
       <c r="AC14" s="1" t="n">
-        <v>288.0423804</v>
-[...1 lines deleted...]
-      <c r="AD14" s="1"/>
+        <v>298.0781534</v>
+      </c>
+      <c r="AD14" s="1" t="n">
+        <v>295.8387307</v>
+      </c>
+      <c r="AE14" s="1" t="n">
+        <v>293.9003837</v>
+      </c>
+      <c r="AF14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>8.420555592</v>
+        <v>8.749134512</v>
       </c>
       <c r="C15" s="1" t="n">
-        <v>8.791795797</v>
+        <v>9.209498044</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>8.952319548</v>
+        <v>9.441799342</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>9.310579324</v>
+        <v>9.83270834</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>9.563175072</v>
+        <v>10.14111815</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>9.669922817</v>
+        <v>10.3067209</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>10.13116316</v>
+        <v>10.79830927</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>10.61605623</v>
+        <v>11.27371815</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>10.95703346</v>
+        <v>11.57531182</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>11.10246389</v>
+        <v>11.71569812</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>11.29385597</v>
+        <v>11.9527438</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>11.3490173</v>
+        <v>12.06428388</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>11.37833222</v>
+        <v>12.12351823</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>11.85620983</v>
+        <v>12.63069553</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>12.72613608</v>
+        <v>13.6466889</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>12.93844993</v>
+        <v>13.90024953</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>13.42727859</v>
+        <v>14.43001024</v>
       </c>
       <c r="S15" s="1" t="n">
-        <v>13.9025388</v>
+        <v>14.91711625</v>
       </c>
       <c r="T15" s="1" t="n">
-        <v>14.29342883</v>
+        <v>15.36682595</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>14.63617365</v>
+        <v>15.71080282</v>
       </c>
       <c r="V15" s="1" t="n">
-        <v>15.48611679</v>
+        <v>16.44263581</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>15.58964504</v>
+        <v>16.56831995</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>15.94353903</v>
+        <v>17.00443746</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>16.15994018</v>
+        <v>17.28083069</v>
       </c>
       <c r="Z15" s="1" t="n">
-        <v>16.49561816</v>
+        <v>17.62333899</v>
       </c>
       <c r="AA15" s="1" t="n">
-        <v>18.08783552</v>
+        <v>19.27709466</v>
       </c>
       <c r="AB15" s="1" t="n">
-        <v>17.68681752</v>
+        <v>18.84083145</v>
       </c>
       <c r="AC15" s="1" t="n">
-        <v>17.51328557</v>
-[...1 lines deleted...]
-      <c r="AD15" s="1"/>
+        <v>18.86600449</v>
+      </c>
+      <c r="AD15" s="1" t="n">
+        <v>19.40004944</v>
+      </c>
+      <c r="AE15" s="1" t="n">
+        <v>19.99700776</v>
+      </c>
+      <c r="AF15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>