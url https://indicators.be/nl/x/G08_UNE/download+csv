--- v0 (2025-10-04)
+++ v1 (2026-03-30)
@@ -13,173 +13,164 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G08_UNE" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="35">
   <si>
     <t>Werkloosheidsgraad - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van beroepsbevolking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE in 1999, 2001, 2005, 2011, 2017, 2021; EU in 2005, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (203), European Union Labour Force Survey (EU-LFS), lfsa_urgaed, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: breuk in tijdreeks: BE in 1999, 2001, 2005, 2011, 2017, 2021; EU in 2005, 2021. Het 95%-betrouwbaarheidsinterval voor de werkloosheidsgraad  in 2024 bedraagt 5.5% tot 6.1% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Unemployment rates by educational attainment level, lfsa_urgaed, https://ec.europa.eu/eurostat,  laatste update van data 21/10/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Werkloosheidsgraad volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. Breuk in tijdreeks: 1999, 2001, 2005, 2011, 2017, 2021</t>
-[...2 lines deleted...]
-    <t> Statbel (2024), rechtstreekse mededeling, 22/10/2024.</t>
+    <t>Noot: Breuk in tijdreeks: 1999, 2001, 2005, 2011, 2017, 2021. Het 95%-betrouwbaarheidsinterval voor de werkloosheidsgraad  in 2024 bedraagt 10.6% tot 13.2% voor Brussel, 3.5% tot 4.1% voor  Vlaanderen en 6.9% tot 8.1% voor Wallonië.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Unemployment rates by country of birth and NUTS 2 region, lfst_r_lfur2gac, https://ec.europa.eu/eurostat,  laatste update van data 11/09/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Werkloosheidsgraad volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), lfsa_urgaed, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: breuk in tijdreeks: BE in 1999, 2001, 2005, 2011, 2017, 2021; EU in 2005, 2021</t>
   </si>
   <si>
     <t>Werkloosheidsgraad volgens leeftijd - België</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
+    <t>Bron: Statbel (2025), rechtstreekse mededeling 04/11/2025</t>
+  </si>
+  <si>
     <t>Werkloosheidsgraad volgens opleiding - België</t>
   </si>
   <si>
     <t>hoogstens lager secundair</t>
   </si>
   <si>
     <t>hoger secundair</t>
   </si>
   <si>
     <t>hoger</t>
   </si>
   <si>
     <t>Langdurige werkloosheidsgraad - België</t>
   </si>
   <si>
     <t>langdurige werkloosheid</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 1999, 2001, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), tot 2020 une_ltu_a_h, vanaf 2021 une_ltu_a, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: breuk in tijdreeks: 1999, 2001, 2017, 2021</t>
+  </si>
+  <si>
+    <t>Bron: Eurostat (2025),  Long-term unemployment by sex (1996-2020) - annual data, une_ltu_a_h,  https://ec.europa.eu/eurostat, laatste update van data 12/12/2024 23:00 en vanaf 2021 Long-term unemployment by sex - annual data, une_ltu_a,  laatste update van data 12/06/2025 23:00 (geraadpleegd op 03/11/2025)</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G08_UNE</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Werkloosheid (i41)</t>
+    <t>Werkloosheid (i42)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: de werkloosheidsgraad is de verhouding tussen het aantal werklozen en de beroepsbevolking, uitgedrukt in procent. De hier gebruikte werkloosheidsgegevens zijn gebaseerd op de Enquête naar de arbeidskrachten (EAK). Die enquêtegegevens steunen op directe interviews om te bepalen of iemand werkloos is. Dat is het geval als de persoon niet werkt, als hij de afgelopen vier weken actief een job heeft gezocht en als hij binnen de twee weken beschikbaar is om eventueel te beginnen werken. De beroepsbevolking omvat iedereen in de leeftijdscategorie vanaf 15 jaar die zich op de arbeidsmarkt aanbiedt, namelijk iedereen met een betaalde baan en iedereen die er geen heeft maar ernaar op zoek is. De hier gepresenteerde werkloosheidsgegevens hebben betrekking op de bevolking vanaf 15 jaar tot en met 64 jaar. Voor de gegevens over langdurige werkloosheid is dit anders: hier geldt de leeftijdscategorie 20-64 jaar. Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De methodologie van deze enquête werd in 2017 herzien. Gegevens van 2017 met die van voorgaande jaren vergelijken, vergt de nodige voorzichtigheid. Onder andere door wijzigingen in de definitie van werkloosheid naar aanleiding van een nieuw Europees kaderreglement kunnen de gegevens vanaf 2021 niet direct vergelijken worden met die van 2020. Voortaan zullen personen die tijdelijk werkloos zijn voor een duur van meer dan drie maanden niet meer bij de werkenden maar bij de werklozen of inactieven gerekend worden, afhankelijk van de antwoorden op de vragen naar het zoeken naar werk en het beschikbaar zijn.
 De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) zijn op verzoek verkrijgbaar bij Statistics Belgium.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, leeftijd, opleiding en werkloosheidsduur.
 Doelstelling: de werkloosheidsgraad moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 8.5: "Tegen 2030 komen tot een volledige en productieve tewerkstelling en waardig werk voor alle vrouwen en mannen, ook voor jonge mensen en personen met een handicap, alsook een gelijk loon voor werk van gelijke waarde".
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling bevat de volgende doelstellingen: "De arbeidsmarkt zal voor iedereen toegankelijk zijn en de actieve bevolking waardig werk aanbieden" (doelstelling 8), "Het werkgelegenheidsniveau zal zo hoog en stabiel mogelijk zijn en respecteert de principes van waardig werk. Iedereen op arbeidsleeftijd zal de mogelijkheid hebben betaald werk te vinden" (doelstelling 9), "Het werkloosheidsniveau zal beperkt zijn tot de frictiewerkloosheid" (doelstelling 10) en "De arbeidsomstandigheden zullen gedurende de hele loopbaan aangepast worden om ervoor te zorgen dat de levenskwaliteit verbetert en dat men langer kan werken" (doelstelling 11; Belgisch Staatsblad, 08/10/2013).
-Evolutie: volgens de EAK volgde de werkloosheidsgraad tussen 1990 en 2020 een cyclisch patroon, met vier perioden van stijgende werkloosheid: 1992-1995, 2001-2005, 2008-2010 en ten slotte van 2011 tot en met 2015. De werkloosheidsgraad was het hoogst in 1994 (9,7%) en het laagst in 2019 (5,4%). De recentste stijgende werkloosheidstrend gaat van 7,2% in 2011 tot 8,6% in 2015. Hierna daalde de werkloosheidsgraad tot 5,4% in 2019. Rekening houdend met voornoemde methodologische opmerking over de werkloosheidscijfers van 2021, steeg de werkloosheidsgraad tot 6,3% in 2021 om daarna te dalen tot 5,6% in 2023.
-[...5 lines deleted...]
-Opsplitsing volgens opleiding: hoe hoger het opleidingsniveau, hoe lager de werkloosheidsgraad. In de periode 1992-2023 schommelde de werkloosheidsgraad van personen met een diploma hoger onderwijs gemiddeld rond 3,9%. Die van personen met een diploma hoger secundair onderwijs en van personen met hoogstens een diploma lager secundair onderwijs bedroeg in die periode gemiddeld respectievelijk 7,6% en 13,6%. De cijfers voor het jaar 2023 zijn respectievelijk 13,4%, 6,3% en 3%.Opsplitsing volgens werkloosheidsduur: de langdurige werkloosheidsgraad, het aandeel werklozen die minstens een jaar werkloos zijn in de leeftijdscategorie 20-64 jaar, daalde van 4,9% in 1999 tot 2,2% in 2023. Er zijn vier perioden waarin de langdurige werkloosheidsgraad tussentijds steeg: 2001-2005, 2008-2010,2012-2015 en ten slotte 2020-2021.
 VN-indicator: de gekozen indicator stemt overeen met indicator 8.5.2 - Werkloosheidsgraad, naar geslacht, leeftijd en handicap.
-Deze indicator wordt gebruikt om de composiete indicator van het welzijn hier en nu, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator van het welzijn hier en nu te berekenen.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm (geraadpleegd op 24/09/2020).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -237,51 +228,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AJ56"/>
+  <dimension ref="A1:AK56"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1990</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -361,51 +352,54 @@
       </c>
       <c r="AB3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ3" s="1"/>
+      <c r="AJ3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>7</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>9.5</v>
@@ -469,51 +463,54 @@
       </c>
       <c r="AB4" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="AC4" s="1" t="n">
         <v>7.1</v>
       </c>
       <c r="AD4" s="1" t="n">
         <v>6</v>
       </c>
       <c r="AE4" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="AF4" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AH4" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AI4" s="1" t="n">
         <v>5.6</v>
       </c>
-      <c r="AJ4" s="1"/>
+      <c r="AJ4" s="1" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="AK4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
@@ -577,508 +574,415 @@
       </c>
       <c r="AB5" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="AC5" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="AD5" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="AE5" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="AF5" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AH5" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AI5" s="1" t="n">
         <v>6.1</v>
       </c>
-      <c r="AJ5" s="1"/>
+      <c r="AJ5" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="AK5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="1" t="n">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="C12" s="1" t="n">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="L12" s="1" t="n">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="M12" s="1" t="n">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="O12" s="1" t="n">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="P12" s="1" t="n">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="Q12" s="1" t="n">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="R12" s="1" t="n">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="S12" s="1" t="n">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="T12" s="1" t="n">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="U12" s="1" t="n">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="V12" s="1" t="n">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="W12" s="1" t="n">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="X12" s="1" t="n">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="Y12" s="1" t="n">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="Z12" s="1" t="n">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="AA12" s="1" t="n">
-        <v>2015</v>
-[...25 lines deleted...]
-      <c r="AJ12" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="AB12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
-        <v>10.54268426</v>
+        <v>16</v>
       </c>
       <c r="C13" s="1" t="n">
-        <v>9.864364982</v>
+        <v>15</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>11.45862284</v>
+        <v>13.1</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>15.01046173</v>
+        <v>16</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>16.69758571</v>
+        <v>14.9</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>16.94388401</v>
+        <v>13.6</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>16.22701943</v>
+        <v>16.5</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>16.66926715</v>
+        <v>17.7</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>16.48839352</v>
+        <v>17.2</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>15.89569704</v>
+        <v>16</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>13.96467139</v>
+        <v>15.9</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>12.99700519</v>
+        <v>17.4</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>14.73091959</v>
+        <v>17.1</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>15.75630405</v>
+        <v>17.5</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>15.89990543</v>
+        <v>19.3</v>
       </c>
       <c r="Q13" s="1" t="n">
-        <v>16.47407307</v>
+        <v>18.5</v>
       </c>
       <c r="R13" s="1" t="n">
-        <v>17.68927129</v>
+        <v>17.5</v>
       </c>
       <c r="S13" s="1" t="n">
-        <v>17.16734351</v>
+        <v>16.9</v>
       </c>
       <c r="T13" s="1" t="n">
-        <v>16.02715397</v>
+        <v>15</v>
       </c>
       <c r="U13" s="1" t="n">
-        <v>15.85356356</v>
+        <v>13.4</v>
       </c>
       <c r="V13" s="1" t="n">
-        <v>17.39362048</v>
+        <v>12.7</v>
       </c>
       <c r="W13" s="1" t="n">
-        <v>17.10784812</v>
+        <v>12.4</v>
       </c>
       <c r="X13" s="1" t="n">
-        <v>17.47758137</v>
+        <v>12.5</v>
       </c>
       <c r="Y13" s="1" t="n">
-        <v>19.3255315</v>
+        <v>11.5</v>
       </c>
       <c r="Z13" s="1" t="n">
-        <v>18.46964587</v>
+        <v>10.7</v>
       </c>
       <c r="AA13" s="1" t="n">
-        <v>17.46075991</v>
-[...25 lines deleted...]
-      <c r="AJ13" s="1"/>
+        <v>11.9</v>
+      </c>
+      <c r="AB13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>4.294444962</v>
+        <v>5.6</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>4.187131862</v>
+        <v>3.7</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>4.418132434</v>
+        <v>3.5</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>5.489501707</v>
+        <v>4.8</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>6.678609867</v>
+        <v>5.3</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>5.801649725</v>
+        <v>4.5</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>6.259737141</v>
+        <v>5.5</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>5.267938092</v>
+        <v>5</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>5.455239247</v>
+        <v>4.4</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>5.384558923</v>
+        <v>3.9</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>4.312008499</v>
+        <v>5</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>3.992006905</v>
+        <v>5.2</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>4.922956341</v>
+        <v>4.3</v>
       </c>
       <c r="O14" s="1" t="n">
-        <v>5.712464317</v>
+        <v>4.6</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>5.449662596</v>
+        <v>5.1</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>5.463786113</v>
+        <v>5.1</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>4.989010541</v>
+        <v>5.2</v>
       </c>
       <c r="S14" s="1" t="n">
-        <v>4.36272516</v>
+        <v>4.9</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>3.947253314</v>
+        <v>4.4</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>4.95661333</v>
+        <v>3.5</v>
       </c>
       <c r="V14" s="1" t="n">
-        <v>5.187426625</v>
+        <v>3.3</v>
       </c>
       <c r="W14" s="1" t="n">
-        <v>4.289486408</v>
+        <v>3.5</v>
       </c>
       <c r="X14" s="1" t="n">
-        <v>4.55423901</v>
+        <v>3.9</v>
       </c>
       <c r="Y14" s="1" t="n">
-        <v>5.080169564</v>
+        <v>3.2</v>
       </c>
       <c r="Z14" s="1" t="n">
-        <v>5.091723985</v>
+        <v>3.3</v>
       </c>
       <c r="AA14" s="1" t="n">
-        <v>5.220691216</v>
-[...25 lines deleted...]
-      <c r="AJ14" s="1"/>
+        <v>3.8</v>
+      </c>
+      <c r="AB14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>9.036634491</v>
+        <v>12.5</v>
       </c>
       <c r="C15" s="1" t="n">
-        <v>8.938941948</v>
+        <v>9.9</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>10.34546891</v>
+        <v>9.4</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>11.392157</v>
+        <v>8.5</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>13.61688161</v>
+        <v>10.4</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>13.89091822</v>
+        <v>11</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>14.23631221</v>
+        <v>11.9</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>13.56172108</v>
+        <v>11.8</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>13.68058618</v>
+        <v>10.5</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>12.65553982</v>
+        <v>10.1</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>10.3222207</v>
+        <v>11.2</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>9.948617469</v>
+        <v>11.5</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>10.60962858</v>
+        <v>9.5</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>10.87445861</v>
+        <v>10.1</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>12.06165081</v>
+        <v>11.4</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>11.92864207</v>
+        <v>12</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>11.75303302</v>
+        <v>12</v>
       </c>
       <c r="S15" s="1" t="n">
-        <v>10.52712194</v>
+        <v>10.6</v>
       </c>
       <c r="T15" s="1" t="n">
-        <v>10.06552227</v>
+        <v>9.8</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>11.21948742</v>
+        <v>8.5</v>
       </c>
       <c r="V15" s="1" t="n">
-        <v>11.49641839</v>
+        <v>7.2</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>9.52997691</v>
+        <v>7.4</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>10.12387154</v>
+        <v>8.9</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>11.43057307</v>
+        <v>8.4</v>
       </c>
       <c r="Z15" s="1" t="n">
-        <v>11.95949769</v>
+        <v>8.2</v>
       </c>
       <c r="AA15" s="1" t="n">
-        <v>11.9898622</v>
-[...25 lines deleted...]
-      <c r="AJ15" s="1"/>
+        <v>7.5</v>
+      </c>
+      <c r="AB15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -1167,51 +1071,54 @@
       </c>
       <c r="AB22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ22" s="1"/>
+      <c r="AJ22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>9.5</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>10.9</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>12.4</v>
@@ -1275,51 +1182,54 @@
       </c>
       <c r="AB23" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="AC23" s="1" t="n">
         <v>7.1</v>
       </c>
       <c r="AD23" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AE23" s="1" t="n">
         <v>5</v>
       </c>
       <c r="AF23" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="AG23" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="AH23" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="AI23" s="1" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJ23" s="1"/>
+      <c r="AJ23" s="1" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AK23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>7.4</v>
@@ -1383,64 +1293,67 @@
       </c>
       <c r="AB24" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AC24" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AD24" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AE24" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="AF24" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="AG24" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="AH24" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="AI24" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="AJ24" s="1"/>
+      <c r="AJ24" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="AK24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0"/>
       <c r="B25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0"/>
       <c r="B31" s="1" t="n">
         <v>1990</v>
       </c>
       <c r="C31" s="1" t="n">
         <v>1991</v>
       </c>
       <c r="D31" s="1" t="n">
         <v>1992</v>
@@ -1516,51 +1429,54 @@
       </c>
       <c r="AB31" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC31" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD31" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE31" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF31" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG31" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AH31" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AI31" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AJ31" s="1"/>
+      <c r="AJ31" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AK31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="1" t="n">
         <v>13.36657924</v>
       </c>
       <c r="C32" s="1" t="n">
         <v>12.80932661</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>13.81411734</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>18.95268247</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>21.69026033</v>
       </c>
       <c r="G32" s="1" t="n">
         <v>21.20869739</v>
       </c>
       <c r="H32" s="1" t="n">
         <v>20.75637239</v>
@@ -1624,51 +1540,54 @@
       </c>
       <c r="AB32" s="1" t="n">
         <v>20.1780399</v>
       </c>
       <c r="AC32" s="1" t="n">
         <v>19.32037381</v>
       </c>
       <c r="AD32" s="1" t="n">
         <v>15.5518586</v>
       </c>
       <c r="AE32" s="1" t="n">
         <v>14.00582063</v>
       </c>
       <c r="AF32" s="1" t="n">
         <v>14.72823456</v>
       </c>
       <c r="AG32" s="1" t="n">
         <v>17.56198857</v>
       </c>
       <c r="AH32" s="1" t="n">
         <v>15.61887834</v>
       </c>
       <c r="AI32" s="1" t="n">
         <v>15.25464176</v>
       </c>
-      <c r="AJ32" s="1"/>
+      <c r="AJ32" s="1" t="n">
+        <v>16.28594893</v>
+      </c>
+      <c r="AK32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>5.839724176</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>5.834706941</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>6.489602954</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>7.345117523</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>8.764045016</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>8.475888715</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>9.047696576</v>
@@ -1732,51 +1651,54 @@
       </c>
       <c r="AB33" s="1" t="n">
         <v>7.471758227</v>
       </c>
       <c r="AC33" s="1" t="n">
         <v>6.517979438</v>
       </c>
       <c r="AD33" s="1" t="n">
         <v>5.729707907</v>
       </c>
       <c r="AE33" s="1" t="n">
         <v>5.029119628</v>
       </c>
       <c r="AF33" s="1" t="n">
         <v>5.212733261</v>
       </c>
       <c r="AG33" s="1" t="n">
         <v>5.795946633</v>
       </c>
       <c r="AH33" s="1" t="n">
         <v>5.221536646</v>
       </c>
       <c r="AI33" s="1" t="n">
         <v>5.263329834</v>
       </c>
-      <c r="AJ33" s="1"/>
+      <c r="AJ33" s="1" t="n">
+        <v>5.382749171</v>
+      </c>
+      <c r="AK33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>2.91142947</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>2.395868608</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>3.460759943</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>4.566430633</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>5.881062795</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>5.423933275</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>5.264956854</v>
@@ -1840,72 +1762,75 @@
       </c>
       <c r="AB34" s="1" t="n">
         <v>5.515750445</v>
       </c>
       <c r="AC34" s="1" t="n">
         <v>5.439895082</v>
       </c>
       <c r="AD34" s="1" t="n">
         <v>4.014724275</v>
       </c>
       <c r="AE34" s="1" t="n">
         <v>3.819592901</v>
       </c>
       <c r="AF34" s="1" t="n">
         <v>4.036818415</v>
       </c>
       <c r="AG34" s="1" t="n">
         <v>4.287122545</v>
       </c>
       <c r="AH34" s="1" t="n">
         <v>3.57077503</v>
       </c>
       <c r="AI34" s="1" t="n">
         <v>3.406270776</v>
       </c>
-      <c r="AJ34" s="1"/>
+      <c r="AJ34" s="1" t="n">
+        <v>3.347163757</v>
+      </c>
+      <c r="AK34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>1993</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>1994</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>1996</v>
       </c>
       <c r="G41" s="1" t="n">
@@ -1967,55 +1892,58 @@
       </c>
       <c r="Z41" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA41" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB41" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC41" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD41" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH41" s="1"/>
+      <c r="AH41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>9.5</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>12</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>14</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>13.8</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>13.8</v>
       </c>
@@ -2069,55 +1997,58 @@
       </c>
       <c r="Z42" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="AA42" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="AB42" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="AC42" s="1" t="n">
         <v>12.2</v>
       </c>
       <c r="AD42" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="AE42" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="AF42" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="AG42" s="1" t="n">
         <v>13.4</v>
       </c>
-      <c r="AH42" s="1"/>
+      <c r="AH42" s="1" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="AI42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="I43" s="1" t="n">
         <v>8.3</v>
       </c>
@@ -2171,55 +2102,58 @@
       </c>
       <c r="Z43" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AA43" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="AB43" s="1" t="n">
         <v>6</v>
       </c>
       <c r="AC43" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="AD43" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="AE43" s="1" t="n">
         <v>7</v>
       </c>
       <c r="AF43" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="AG43" s="1" t="n">
         <v>6.3</v>
       </c>
-      <c r="AH43" s="1"/>
+      <c r="AH43" s="1" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="AI43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>3</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>4</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>3.8</v>
       </c>
       <c r="H44" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="I44" s="1" t="n">
         <v>3.7</v>
       </c>
@@ -2273,72 +2207,75 @@
       </c>
       <c r="Z44" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="AA44" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="AB44" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="AC44" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="AD44" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="AE44" s="1" t="n">
         <v>3.6</v>
       </c>
       <c r="AF44" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="AG44" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="AH44" s="1"/>
+      <c r="AH44" s="1" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="AI44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0"/>
       <c r="B45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0"/>
       <c r="B51" s="1" t="n">
         <v>1999</v>
       </c>
       <c r="C51" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="D51" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="E51" s="1" t="n">
         <v>2002</v>
       </c>
       <c r="F51" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="G51" s="1" t="n">
@@ -2379,55 +2316,58 @@
       </c>
       <c r="S51" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="T51" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="U51" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="V51" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="W51" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="X51" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Y51" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Z51" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AA51" s="1"/>
+      <c r="AA51" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AB51" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B52" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="C52" s="1" t="n">
         <v>3.8</v>
       </c>
       <c r="D52" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="E52" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="F52" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="G52" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="H52" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="I52" s="1" t="n">
         <v>4.2</v>
       </c>
@@ -2460,117 +2400,120 @@
       </c>
       <c r="S52" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="T52" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="U52" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="V52" s="1" t="n">
         <v>2.4</v>
       </c>
       <c r="W52" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="X52" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="Y52" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="Z52" s="1" t="n">
         <v>2.2</v>
       </c>
-      <c r="AA52" s="1"/>
+      <c r="AA52" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AB52" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>