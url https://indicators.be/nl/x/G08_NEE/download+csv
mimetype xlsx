--- v0 (2025-12-16)
+++ v1 (2026-02-23)
@@ -13,164 +13,160 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G08_NEE" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="33">
   <si>
     <t>Jongeren die niet werken en noch onderwijs noch opleiding volgen - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van 15-29-jarigen</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_20, lfsi_neet_a_h, lfsi_neet_a, https://ec.europa.eu/eurostat (geraadpleegd op 03/10/2024) &amp; berekeningen FPB.</t>
+    <t>Bron: Statbel; Eurostat (2025), Young persons neither in employment nor in education and training by labour status (NEET rates), edat_lfse_20, lfsi_neet_a_h, lfsi_neet_a, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 09/07/2025)</t>
   </si>
   <si>
     <t>Jongeren die niet werken en noch onderwijs noch opleiding volgen - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE in 2001, 2004, 2017, 2021; EU in 2003, 2006, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_20, lfsi_neet_a_h, lfsi_neet_a, https://ec.europa.eu/eurostat (geraadpleegd op 03/10/2024).</t>
+    <t>Noot: breuk in tijdreeks: BE in 2001, 2004, 2017, 2021, 2024; EU in 2003, 2006, 2021</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025),Young persons neither in employment nor in education and training by labour status (NEET rates), edat_lfse_20, lfsi_neet_a_h, lfsi_neet_a, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 09/07/2025).</t>
   </si>
   <si>
     <t>Jongeren die niet werken en noch onderwijs noch opleiding volgen, volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2001, 2004, 2006, 2011, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_22, https://ec.europa.eu/eurostat (geraadpleegd op 03/10/2024).</t>
+    <t>Noot: breuk in tijdreeks: 2001, 2004, 2006, 2011, 2017, 2021, 2024</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Young persons neither in employment nor in education and training by NUTS 2 region (NEET rates), edat_lfse_22, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 09/07/2025).</t>
   </si>
   <si>
     <t>Jongeren die niet werken en noch onderwijs noch opleiding volgen, volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
+    <t>Noot: breuk in tijdreeks in 2001, 2004, 2017, 2021, 2024</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Young persons neither in employment nor in education and training by labour status (NEET rates), edat_lfse_20, lfsi_neet_a_h, lfsi_neet_a, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 09/07/2025).</t>
+  </si>
+  <si>
     <t>Jongeren die niet werken en noch onderwijs noch opleiding volgen, volgens opleiding - België</t>
   </si>
   <si>
     <t>hoogstens lager secundair onderwijs</t>
   </si>
   <si>
     <t>hoger secundair onderwijs</t>
   </si>
   <si>
     <t>hoger onderwijs</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_21, https://ec.europa.eu/eurostat (geraadpleegd op 03/10/2024).</t>
+    <t>Bron: Statbel; Eurostat (2025), Young persons neither in employment nor in education and training by educational attainment level (NEET rates), edat_lfse_21, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 09/07/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G08_NEE</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Jongeren die niet werken en noch onderwijs noch opleiding volgen (i44)</t>
+    <t>Jongeren die niet werken en noch onderwijs noch opleiding volgen (i45)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: het aandeel jongeren (van 15 tot 29 jaar) dat voldoet aan de volgende twee voorwaarden: (a) ze zijn niet tewerkgesteld en (b) zij hebben geen onderwijs of opleiding gevolgd tijdens de vier weken voorafgaand aan het interview. De gegevens zijn gebaseerd op de Enquête naar de arbeidskrachten (EAK). Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De methodologie van deze enquête werd in 2017 herzien. Gegevens van 2017 met die van voorgaande jaren vergelijken, vergt de nodige voorzichtigheid. Onder andere door wijzigingen in de definitie van werkloosheid naar aanleiding van een nieuw Europees kaderreglement kunnen de gegevens vanaf 2021 niet direct vergeleken worden met die van 2020. Voortaan zullen personen die tijdelijk werkloos zijn voor een duur van meer dan drie maanden niet meer bij de werkenden maar bij de werklozen of inactieven gerekend worden, afhankelijk van de antwoorden op de vragen naar het zoeken naar werk en het beschikbaar zijn.
+    <t>Definitie: het aandeel jongeren (van 15 tot 29 jaar) dat voldoet aan de volgende twee voorwaarden: (a) ze zijn niet tewerkgesteld en (b) zij hebben geen onderwijs of opleiding gevolgd tijdens de vier weken voorafgaand aan het interview. De gegevens zijn gebaseerd op de Enquête naar de arbeidskrachten (EAK). Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De methodologie van deze enquête werd meermaals herzien en gegevens over meerdere jaren vergelijken, vergt de nodige voorzichtigheid. Onder andere door wijzigingen in de definitie van werkloosheid naar aanleiding van een nieuw Europees kaderreglement kunnen de gegevens vanaf 2021 niet direct vergeleken worden met die van 2020. Voortaan zullen personen die tijdelijk werkloos zijn voor een duur van meer dan drie maanden niet meer bij de werkenden maar bij de werklozen of inactieven gerekend worden, afhankelijk van de antwoorden op de vragen naar het zoeken naar werk en het beschikbaar zijn.
 De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) zijn op verzoek verkrijgbaar bij Statistics Belgium.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht en opleiding.
 Doelstelling: het aandeel jongeren dat niet werkt en noch onderwijs noch opleiding volgt, mag in 2030 niet meer dan 8,6% bedragen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 8.6: "Tegen 2020 het aandeel aanzienlijk terugschroeven van jongeren die niet aan het werk zijn, geen onderwijs volgen en niet met een opleiding bezig zijn".
 Het Nationaal Plan voor Herstel en Veerkracht neemt het Europese cijferdoel van de Europese pijler van sociale rechten over: het aandeel jongeren dat niet werkt en noch onderwijs noch opleiding volgt, mag in 2030 niet meer dan 9% van de 15- tot 29-jarigen bedragen. Deze doelstelling werd daarna voor België verfijnd tot 8,6% tegen 2030 (European Commission, 2022; Federal Public Service Social Security, 2023).
-Evolutie: volgens deze enquête daalde het aandeel jongeren dat niet werkt en noch onderwijs noch opleiding volgt van 17,2% in 2000 tot 12% in 2008 (jaar van de financieel-economische crisis) en steeg daarna tot 14,9% in 2013 om opnieuw te dalen tot 9,6% in 2023. De algemene trend blijft dalend (gemiddelde jaarlijkse groeivoet van -2,5%) tussen 2000 en 2023.
-[...3 lines deleted...]
-Opsplitsing volgens opleiding: doorgaans geldt dat hoe hoger het opleidingsniveau is, hoe lager het aandeel ligt van jongeren dat niet werkt en noch onderwijs noch opleiding volgt. In 2023 bedraagt de indicator 11,8% voor personen met hoogstens een diploma lager secundair onderwijs, 10,1% voor personen met een diploma hoger secundair onderwijs en 6,1% voor personen met een diploma hoger onderwijs.
 VN-indicator: de gekozen indicator stemt overeen met indicator 8.6.1 - Deel jongeren (15-24-jarigen) dat niet werkt en noch onderwijs noch opleiding volgt.
 Bronnen
-Algemeen
-[...8 lines deleted...]
-Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (geraadpleegd op 23/11/2023).
+België (2021), Nationaal Plan voor Herstel en Veerkracht, https://belgium.representation.ec.europa.eu/strategie-et-priorites/le-plan-de-relance-europeen-en-belgique_nl (geraadpleegd op 02/10/2025).
+Europese Commissie (2021), Het actieplan voor de Europese pijler van sociale rechten, p.6; https://eur-lex.europa.eu/resource.html?uri=cellar:b7c08d86-7cd5-11eb-9ac9-01aa75ed71a1.0003.02/DOC_1&amp;amp;format=PDF (geraadpleegd op 02/10/2025)
+European Commission (2022), The European Pillar of Social Rights: state of play on the national target for 2030, https://ec.europa.eu/commission/presscorner/detail/en/IP_22_3782 (geraadpleegd op 02/10/2025).
+Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (geraadpleegd op 02/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -421,169 +417,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>13</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>12.6</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>12</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>12</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>9.6</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>9.9</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>17.18655509</v>
+        <v>17.19078985</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>16.65569796</v>
+        <v>16.65870512</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>16.14136413</v>
+        <v>16.14317579</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>15.64168862</v>
+        <v>15.64227047</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>15.15739904</v>
+        <v>15.1566418</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>14.70973711</v>
+        <v>14.7074572</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>14.3278649</v>
+        <v>14.32380781</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>14.03126338</v>
+        <v>14.02511537</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>13.82411325</v>
+        <v>13.8155302</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>13.7011789</v>
+        <v>13.68983737</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>13.639521</v>
+        <v>13.62521102</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>13.6083581</v>
+        <v>13.5911159</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>13.57107062</v>
+        <v>13.55135248</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>13.49339828</v>
+        <v>13.47226973</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>13.35002185</v>
+        <v>13.32932794</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>13.13049899</v>
+        <v>13.11297708</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>12.8333986</v>
+        <v>12.82272221</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>12.47058215</v>
+        <v>12.47130723</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>12.05579276</v>
+        <v>12.07321948</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>11.60360858</v>
+        <v>11.64353178</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>11.12711869</v>
+        <v>11.19545161</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>10.64000216</v>
+        <v>10.74227955</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>10.16190278</v>
+        <v>10.30275394</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>9.7042383</v>
+        <v>9.886637186</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>9.310891048</v>
+        <v>9.491327269</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>8.971227916</v>
+        <v>9.149773912</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>8.676682985</v>
+        <v>8.853437874</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>8.420296049</v>
+        <v>8.595373206</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>8.196366183</v>
+        <v>8.369884994</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>8.000188993</v>
+        <v>8.172269455</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>7.827855416</v>
+        <v>7.998614661</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>8.6</v>
       </c>
@@ -738,51 +734,54 @@
       </c>
       <c r="R12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Y12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z12" s="1"/>
+      <c r="Z12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>17.2</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>16.4</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>18</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>14</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>12.9</v>
@@ -816,51 +815,54 @@
       </c>
       <c r="R13" s="1" t="n">
         <v>13</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>12.6</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="V13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="X13" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="Y13" s="1" t="n">
         <v>9.6</v>
       </c>
-      <c r="Z13" s="1"/>
+      <c r="Z13" s="1" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="AA13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="n">
         <v>15.9</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>15.9</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>15.6</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>15.3</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>14.1</v>
@@ -894,51 +896,54 @@
       </c>
       <c r="R14" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="T14" s="1" t="n">
         <v>13.1</v>
       </c>
       <c r="U14" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>13.8</v>
       </c>
       <c r="W14" s="1" t="n">
         <v>13.1</v>
       </c>
       <c r="X14" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="Y14" s="1" t="n">
         <v>11.2</v>
       </c>
-      <c r="Z14" s="1"/>
+      <c r="Z14" s="1" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="AA14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
@@ -997,51 +1002,54 @@
       </c>
       <c r="R21" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S21" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T21" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U21" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V21" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W21" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X21" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Y21" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z21" s="1"/>
+      <c r="Z21" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="1" t="n">
         <v>25.5</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>26.4</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>24.7</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>26.1</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>22.6</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>21.6</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>21.5</v>
@@ -1075,51 +1083,54 @@
       </c>
       <c r="R22" s="1" t="n">
         <v>20.4</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>19.5</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="V22" s="1" t="n">
         <v>17.9</v>
       </c>
       <c r="W22" s="1" t="n">
         <v>14.2</v>
       </c>
       <c r="X22" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="Y22" s="1" t="n">
         <v>11.2</v>
       </c>
-      <c r="Z22" s="1"/>
+      <c r="Z22" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="AA22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>13.9</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>12.6</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>8</v>
@@ -1153,51 +1164,54 @@
       </c>
       <c r="R23" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="S23" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="T23" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="V23" s="1" t="n">
         <v>8.8</v>
       </c>
       <c r="W23" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="X23" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="Y23" s="1" t="n">
         <v>7.3</v>
       </c>
-      <c r="Z23" s="1"/>
+      <c r="Z23" s="1" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="AA23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>22.8</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>21.7</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>20.8</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>18.4</v>
@@ -1231,51 +1245,54 @@
       </c>
       <c r="R24" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>14.1</v>
       </c>
       <c r="U24" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="V24" s="1" t="n">
         <v>15.3</v>
       </c>
       <c r="W24" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="X24" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="Y24" s="1" t="n">
         <v>13</v>
       </c>
-      <c r="Z24" s="1"/>
+      <c r="Z24" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="AA24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0"/>
       <c r="B25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
@@ -1334,51 +1351,54 @@
       </c>
       <c r="R31" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S31" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T31" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U31" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V31" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W31" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X31" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Y31" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z31" s="1"/>
+      <c r="Z31" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="1" t="n">
         <v>20.4</v>
       </c>
       <c r="C32" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>20</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="G32" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="H32" s="1" t="n">
         <v>15.1</v>
@@ -1412,51 +1432,54 @@
       </c>
       <c r="R32" s="1" t="n">
         <v>14</v>
       </c>
       <c r="S32" s="1" t="n">
         <v>13.2</v>
       </c>
       <c r="T32" s="1" t="n">
         <v>13.1</v>
       </c>
       <c r="U32" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="V32" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="W32" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="X32" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="Y32" s="1" t="n">
         <v>9.5</v>
       </c>
-      <c r="Z32" s="1"/>
+      <c r="Z32" s="1" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="AA32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>14</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>14</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>16</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>10.7</v>
@@ -1490,72 +1513,75 @@
       </c>
       <c r="R33" s="1" t="n">
         <v>12</v>
       </c>
       <c r="S33" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="T33" s="1" t="n">
         <v>11</v>
       </c>
       <c r="U33" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="V33" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="W33" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="X33" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="Y33" s="1" t="n">
         <v>9.8</v>
       </c>
-      <c r="Z33" s="1"/>
+      <c r="Z33" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="AA33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0"/>
       <c r="B34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0"/>
       <c r="B40" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C40" s="1" t="n">
         <v>2001</v>
       </c>
       <c r="D40" s="1" t="n">
         <v>2002</v>
       </c>
       <c r="E40" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="F40" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="G40" s="1" t="n">
@@ -1593,55 +1619,58 @@
       </c>
       <c r="R40" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S40" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T40" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U40" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V40" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W40" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X40" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Y40" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z40" s="1"/>
+      <c r="Z40" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B41" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>21.7</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>20.8</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>21.9</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>20.5</v>
       </c>
       <c r="G41" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="H41" s="1" t="n">
         <v>15.6</v>
       </c>
       <c r="I41" s="1" t="n">
         <v>16.1</v>
       </c>
@@ -1671,55 +1700,58 @@
       </c>
       <c r="R41" s="1" t="n">
         <v>16</v>
       </c>
       <c r="S41" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="T41" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="U41" s="1" t="n">
         <v>14.9</v>
       </c>
       <c r="V41" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="W41" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="X41" s="1" t="n">
         <v>12</v>
       </c>
       <c r="Y41" s="1" t="n">
         <v>11.8</v>
       </c>
-      <c r="Z41" s="1"/>
+      <c r="Z41" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="AA41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>15.4</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>15.9</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>17.7</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>15.9</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>12.7</v>
       </c>
@@ -1749,55 +1781,58 @@
       </c>
       <c r="R42" s="1" t="n">
         <v>13</v>
       </c>
       <c r="S42" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="T42" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="U42" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="V42" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="W42" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="X42" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="Y42" s="1" t="n">
         <v>10.1</v>
       </c>
-      <c r="Z42" s="1"/>
+      <c r="Z42" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="AA42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>8.8</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="I43" s="1" t="n">
         <v>8.3</v>
       </c>
@@ -1827,117 +1862,120 @@
       </c>
       <c r="R43" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="S43" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="T43" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="U43" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="V43" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="W43" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="X43" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="Y43" s="1" t="n">
         <v>6.1</v>
       </c>
-      <c r="Z43" s="1"/>
+      <c r="Z43" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="AA43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0"/>
       <c r="B44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>