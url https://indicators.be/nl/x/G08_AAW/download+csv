--- v0 (2025-10-03)
+++ v1 (2026-03-30)
@@ -27,126 +27,115 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G08_AAW" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="25">
   <si>
     <t>Arbeidsongevallen - België en internationale vergelijking</t>
   </si>
   <si>
     <t>aantal per 100.000 werknemers</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks:EU 2020; BE 2014, 2020 </t>
-[...5 lines deleted...]
-    <t>Arbeidsongevallen volgens afloop - België </t>
+    <t>Noot: breuk in tijdreeks:EU 2020; BE 2014, 2020</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Accidents at work by sex and severity, hsw_mi08, https://ec.europa.eu/eurostat, laatste update van data 14/08/2025  23:00:00 (geraadpleegd op 28/08/2025)</t>
+  </si>
+  <si>
+    <t>Arbeidsongevallen volgens afloop - België</t>
   </si>
   <si>
     <t>niet-dodelijk (werkverzuim van 4 dagen of meer)</t>
   </si>
   <si>
     <t>dodelijk</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2014, 2020 </t>
+    <t>Noot: breuk in tijdreeks: 2014, 2020</t>
   </si>
   <si>
     <t>Arbeidsongevallen volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
+    <t>Bron: Statbel; Eurostat (2025), Accidents at work by sex, age, severity, hsw_ph3_06, https://ec.europa.eu/eurostat, laatste update van data 10/07/2025  11:00:00 (geraadpleegd op 02/09/2025)</t>
+  </si>
+  <si>
     <t>Arbeidsongevallen volgens leeftijd - België</t>
   </si>
   <si>
     <t>&lt;25</t>
   </si>
   <si>
     <t>25-54</t>
   </si>
   <si>
     <t>&gt;54</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2020 </t>
-[...2 lines deleted...]
-    <t>Eurostat (2024), Accidents at work by sex, age, severity [hsw_ph3_06], https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024).</t>
+    <t>Noot: breuk in tijdreeks: 2020</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G08_AAW</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Arbeidsongevallen (i45)</t>
+    <t>Arbeidsongevallen (i46)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: de indicator meet het aantal ongevallen tijdens het werk per 100.000 werknemers. De cijfers zijn afkomstig van de administratieve gegevens van de Europese statistieken inzake arbeidsongevallen (ESAO).
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: geslacht en leeftijd.
 Doelstelling: het aantal ongevallen op het werk moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 8.8: "De arbeidsrechten beschermen en veilige en gezonde werkomgevingen bevorderen voor alle werknemers, met inbegrip van migrantenarbeiders, in het bijzonder vrouwelijke migranten, en zij die zich in precaire werkomstandigheden bevinden".
-Evolutie: het aantal ongevallen op het werk in België is gedaald van 2.052 per 100.000 werknemers in 2010 tot 1.404 in 2015. Daarna steeg het tot 2.017 in 2017 om vervolgens terug te dalen tot 1.498 in 2021.
-[...11 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator stemt overeen met indicator 8.8.1 - Frequentie van dodelijke en niet-dodelijke arbeidsongevallen, naar geslacht en migratiestatus.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -203,51 +192,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -261,135 +250,153 @@
       </c>
       <c r="F3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="N3" s="1"/>
+      <c r="N3" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="O3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>2051.78</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>2404.63</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>2129.2</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2101.64</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>1927.14</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1404.49</v>
+        <v>1862.85</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>1992.2</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2017.28</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>1791.41</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>1681.04</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>1391.63</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>1498.27</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="N4" s="1" t="n">
+        <v>1445.61</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>1426.84</v>
+      </c>
+      <c r="P4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>1801.45</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>1848.95</v>
+        <v>1837.04</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>1675.45</v>
+        <v>1676.23</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>1656.08</v>
+        <v>1688.33</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>1708.46</v>
+        <v>1749.94</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>1670.03</v>
+        <v>1713.6</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>1720.16</v>
+        <v>1745.27</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>1705.56</v>
+        <v>1625.69</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>1660.86</v>
+        <v>1671.42</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>1604.87</v>
+        <v>1617.26</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>1445.32</v>
+        <v>1449.09</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>1518.19</v>
-[...1 lines deleted...]
-      <c r="N5" s="1"/>
+        <v>1521.22</v>
+      </c>
+      <c r="N5" s="1" t="n">
+        <v>1508.21</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
@@ -412,432 +419,468 @@
       </c>
       <c r="F12" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="J12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="N12" s="1"/>
+      <c r="N12" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="O12" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>2049.53</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>2401.86</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>2127.42</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>2099.18</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>1925.61</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>1403.08</v>
+        <v>1860.99</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>1990.4</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>2015.6</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>1789.5</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>1679.77</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>1390.3</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>1497.14</v>
       </c>
-      <c r="N13" s="1"/>
+      <c r="N13" s="1" t="n">
+        <v>1444.55</v>
+      </c>
+      <c r="O13" s="1" t="n">
+        <v>1425.74</v>
+      </c>
+      <c r="P13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>2.25</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>2.77</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>1.78</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>2.46</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>1.53</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>1.41</v>
+        <v>1.86</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>1.68</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>1.91</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>1.27</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>1.33</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>1.13</v>
       </c>
-      <c r="N14" s="1"/>
+      <c r="N14" s="1" t="n">
+        <v>1.06</v>
+      </c>
+      <c r="O14" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="P14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0"/>
       <c r="B21" s="1" t="n">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="C21" s="1" t="n">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I21" s="1" t="n">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="J21" s="1" t="n">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="K21" s="1" t="n">
-        <v>2019</v>
-[...7 lines deleted...]
-      <c r="N21" s="1"/>
+        <v>2023</v>
+      </c>
+      <c r="L21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="1" t="n">
-        <v>1264.65</v>
+        <v>1157.41</v>
       </c>
       <c r="C22" s="1" t="n">
-        <v>1333.3</v>
+        <v>1127.72</v>
       </c>
       <c r="D22" s="1" t="n">
-        <v>1183.57</v>
+        <v>1261.88</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>1234.33</v>
+        <v>1291.27</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>1157.47</v>
+        <v>1129.13</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>874.78</v>
+        <v>1047.31</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>1262.23</v>
+        <v>835.12</v>
       </c>
       <c r="I22" s="1" t="n">
-        <v>1291.51</v>
+        <v>898.51</v>
       </c>
       <c r="J22" s="1" t="n">
-        <v>1129.48</v>
+        <v>878.18</v>
       </c>
       <c r="K22" s="1" t="n">
-        <v>1047.36</v>
-[...7 lines deleted...]
-      <c r="N22" s="1"/>
+        <v>893.88</v>
+      </c>
+      <c r="L22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="1" t="n">
-        <v>2630.99</v>
+        <v>2626.65</v>
       </c>
       <c r="C23" s="1" t="n">
-        <v>3268.45</v>
+        <v>2537.74</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>2912.01</v>
+        <v>2672.06</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>2818.3</v>
+        <v>2688.94</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>2629.51</v>
+        <v>2438.86</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>1867.97</v>
+        <v>2303.03</v>
       </c>
       <c r="H23" s="1" t="n">
-        <v>2675.21</v>
+        <v>1940.97</v>
       </c>
       <c r="I23" s="1" t="n">
-        <v>2691.95</v>
+        <v>2090.29</v>
       </c>
       <c r="J23" s="1" t="n">
-        <v>2442.3</v>
+        <v>2005.15</v>
       </c>
       <c r="K23" s="1" t="n">
-        <v>2305.5</v>
-[...7 lines deleted...]
-      <c r="N23" s="1"/>
+        <v>1958.41</v>
+      </c>
+      <c r="L23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0"/>
       <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0"/>
       <c r="B30" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="C30" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="C30" s="1" t="n">
+      <c r="D30" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="D30" s="1" t="n">
+      <c r="E30" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="E30" s="1" t="n">
+      <c r="F30" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="F30" s="1" t="n">
+      <c r="G30" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="G30" s="1" t="n">
+      <c r="H30" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="H30" s="1" t="n">
+      <c r="I30" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="I30" s="1"/>
+      <c r="J30" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="K30" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="L30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B31" s="1" t="n">
-        <v>2643.19</v>
+        <v>3301.65</v>
       </c>
       <c r="C31" s="1" t="n">
+        <v>3041.47</v>
+      </c>
+      <c r="D31" s="1" t="n">
         <v>3084.98</v>
       </c>
-      <c r="D31" s="1" t="n">
+      <c r="E31" s="1" t="n">
         <v>3287.3</v>
       </c>
-      <c r="E31" s="1" t="n">
+      <c r="F31" s="1" t="n">
         <v>2874.92</v>
       </c>
-      <c r="F31" s="1" t="n">
+      <c r="G31" s="1" t="n">
         <v>2446.92</v>
       </c>
-      <c r="G31" s="1" t="n">
+      <c r="H31" s="1" t="n">
         <v>2232.97</v>
       </c>
-      <c r="H31" s="1" t="n">
+      <c r="I31" s="1" t="n">
         <v>2471.66</v>
       </c>
-      <c r="I31" s="1"/>
+      <c r="J31" s="1" t="n">
+        <v>2257.27</v>
+      </c>
+      <c r="K31" s="1" t="n">
+        <v>2157.59</v>
+      </c>
+      <c r="L31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B32" s="1" t="n">
-        <v>1361.75</v>
+        <v>1835.21</v>
       </c>
       <c r="C32" s="1" t="n">
+        <v>1785.02</v>
+      </c>
+      <c r="D32" s="1" t="n">
         <v>1951.2</v>
       </c>
-      <c r="D32" s="1" t="n">
+      <c r="E32" s="1" t="n">
         <v>1977.95</v>
       </c>
-      <c r="E32" s="1" t="n">
+      <c r="F32" s="1" t="n">
         <v>1770.82</v>
       </c>
-      <c r="F32" s="1" t="n">
+      <c r="G32" s="1" t="n">
         <v>1664.51</v>
       </c>
-      <c r="G32" s="1" t="n">
+      <c r="H32" s="1" t="n">
         <v>1363.98</v>
       </c>
-      <c r="H32" s="1" t="n">
+      <c r="I32" s="1" t="n">
         <v>1470.65</v>
       </c>
-      <c r="I32" s="1"/>
+      <c r="J32" s="1" t="n">
+        <v>1422.46</v>
+      </c>
+      <c r="K32" s="1" t="n">
+        <v>1410.05</v>
+      </c>
+      <c r="L32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B33" s="1" t="n">
-        <v>899.08</v>
+        <v>1390.39</v>
       </c>
       <c r="C33" s="1" t="n">
+        <v>1372.98</v>
+      </c>
+      <c r="D33" s="1" t="n">
         <v>1618.66</v>
       </c>
-      <c r="D33" s="1" t="n">
+      <c r="E33" s="1" t="n">
         <v>1597.9</v>
       </c>
-      <c r="E33" s="1" t="n">
+      <c r="F33" s="1" t="n">
         <v>1378.52</v>
       </c>
-      <c r="F33" s="1" t="n">
+      <c r="G33" s="1" t="n">
         <v>1390.46</v>
       </c>
-      <c r="G33" s="1" t="n">
+      <c r="H33" s="1" t="n">
         <v>1148.21</v>
       </c>
-      <c r="H33" s="1" t="n">
+      <c r="I33" s="1" t="n">
         <v>1203.93</v>
       </c>
-      <c r="I33" s="1"/>
+      <c r="J33" s="1" t="n">
+        <v>1195.28</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>1193.18</v>
+      </c>
+      <c r="L33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0"/>
       <c r="B34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>