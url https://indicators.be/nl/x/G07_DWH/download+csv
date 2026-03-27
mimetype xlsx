--- v0 (2025-10-30)
+++ v1 (2026-03-27)
@@ -13,245 +13,231 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G07_DWH" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="57">
   <si>
     <t>Woningen zonder voldoende verwarming - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van bevolking</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mdes01, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024); berekeningen FPB.</t>
+    <t>Noot: breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Inability to keep home adequately warm, ilc_mdes01, https://ec.europa.eu/eurostat, laatste update van data 10/10/2025 11:00 (geraadpleegd op 10/10/2025)</t>
   </si>
   <si>
     <t>Woningen zonder voldoende verwarming - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020; EU27 2010-2019 schatting</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024); Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mdes01, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020; EU27 2010-2019 schatting. Het 95%-betrouwbaarheidsinterval voor het aandeel personen dat verklaart zijn woning niet voldoende te kunnen verwarmen in 2024 bedraagt 4.0% tot 5.7% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025); Statbel (2025), rechtstreekse mededeling 18/11/2025;  Statbel; Eurostat (2025), Inability to keep home adequately warm, ilc_mdes01, https://ec.europa.eu/eurostat, laatste update van data 10/10/2025 11:00 (geraadpleegd op 10/10/2025)</t>
   </si>
   <si>
     <t>Woningen zonder voldoende verwarming volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. Breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: Breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020. Het 95%-betrouwbaarheidsinterval voor het aandeel personen dat leeft in een huishouden met woningen zonder voldoende verwarming in 2024 bedraagt 6.7% tot 10.8% voor Brussel, 1.4% tot 3.0% voor Vlaanderen en 6.2% tot 10.4% voor Wallonië.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025); Statbel (2025), rechtstreekse mededeling 18/11/2025</t>
   </si>
   <si>
     <t>Woningen zonder voldoende verwarming volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025)</t>
+  </si>
+  <si>
     <t>Woningen zonder voldoende verwarming volgens leeftijd - België</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2021</t>
+    <t>Noot: breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2021</t>
   </si>
   <si>
     <t>Woningen zonder voldoende verwarming volgens opleiding - België</t>
   </si>
   <si>
     <t>hoogstens lager secundair</t>
   </si>
   <si>
     <t>hoger secundair</t>
   </si>
   <si>
     <t>hoger</t>
   </si>
   <si>
     <t>Woningen zonder voldoende verwarming volgens huishoudentype - België</t>
   </si>
   <si>
     <t>alleenstaande</t>
   </si>
   <si>
     <t>eenoudergezin</t>
   </si>
   <si>
     <t>2 volwassenen &lt;65</t>
   </si>
   <si>
     <t>2 volw., minstens 1 &gt;64</t>
   </si>
   <si>
-    <t>2 volw., 1 kind</t>
-[...5 lines deleted...]
-    <t>2 volw., 3+ kinderen</t>
+    <t>2 volw.+ kind(eren)</t>
   </si>
   <si>
     <t>Woningen zonder voldoende verwarming volgens activiteitsstatus - België</t>
   </si>
   <si>
     <t>werkend</t>
   </si>
   <si>
     <t>werkloos</t>
   </si>
   <si>
     <t>gepensioneerd</t>
   </si>
   <si>
-    <t>andere</t>
-[...2 lines deleted...]
-    <t>breuk in tijdreeks: 2019; omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.                             </t>
+    <t>andere inactief</t>
+  </si>
+  <si>
+    <t>Noot: breuk in tijdreeks: 2019; omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.</t>
   </si>
   <si>
     <t>Woningen zonder voldoende verwarming volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G07_DWH</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Woningen zonder voldoende verwarming (i36)</t>
+    <t>Woningen zonder voldoende verwarming (i37)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: deze indicator meet het aandeel van de bevolking dat verklaart zijn woning niet voldoende te kunnen verwarmen. De gegevens over deze indicator zijn gebaseerd op de enquête Statistics on Income and Living Conditions (EU-SILC) van de Europese Unie. Statistics Belgium organiseert deze binnen de EU geharmoniseerde enquête in België en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen zijn op verzoek verkrijgbaar bij Statistics Belgium.
 Door veranderingen in de SILC-enquête in 2005 en 2008 worden de gegevens hier pas vanaf 2008 gepresenteerd.
 Vanaf 2019 werd de enquêtemethode grondig herzien met het oog op een grotere nauwkeurigheid. In 2020 had de covid-19-pandemie een impact op de gegevensverzameling. Hierdoor zijn de resultaten van SILC 2020 moeilijk te vergelijken met die van de voorgaande jaren (Statbel, 2021). Daarom worden ze niet gebruikt om de langetermijntrend te berekenen en te evalueren.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, inkomen, leeftijd, opleiding, huishoudentype en activiteitsstatus.
 Doelstelling: het aandeel van de bevolking dat verklaart zijn woning niet voldoende te kunnen verwarmen moet dalen naar nul procent in 2030.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 7.1: "Tegen 2030 universele toegang tot betaalbare, betrouwbare en moderne energiediensten garanderen". Zich kunnen verwarmen maakt deel uit van de toegang tot betaalbare energie. Het aandeel van de bevolking dat verklaart zijn woning niet voldoende te kunnen verwarmen, zou dus naar nul moeten tenderen.
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling bevat doelstelling 21: "Energiediensten zullen voor iedereen toegankelijk zijn", wat coherent is met de SDG (Belgisch Staatsblad, 08/10/2013).
-Evolutie: de indicator toont, rekening houdend met de nieuwe methodologie gebruikt vanaf 2019, een dalende trend en gaat van 6,4% in 2008 tot 3,5% in 2021. Daarna stijgt hij tot 5,9% in 2023, licht onder het niveau van 2008.
-[...4 lines deleted...]
-Opsplitsing volgens type huishouden: de types huishoudens waar de verwarmingsproblemen in 2023 het grootst zijn, zijn eenoudergezinnen (13,6%), alleenstaanden (9,3%) en tweeoudergezinnen met ten minste 3 afhankelijke kinderen (5,7%).
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 7.1, aangezien het verwarmen van een woning deel uitmaakt van moderne energiediensten waartoe de bevolking toegang moet hebben.
 Bronnen
-Algemeen
-[...6 lines deleted...]
-Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 19/11/2021).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 19/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -309,51 +295,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG97"/>
+  <dimension ref="A1:AG95"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -497,174 +483,174 @@
       <c r="P4" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>5.9</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>6</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>4.8</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
-        <v>6.228646687</v>
+        <v>6.226279001</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>6.111852051</v>
+        <v>6.10775773</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>5.998875264</v>
+        <v>5.993141622</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>5.880530807</v>
+        <v>5.873313605</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>5.744416811</v>
+        <v>5.73600452</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>5.589970461</v>
+        <v>5.580831466</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>5.424524202</v>
+        <v>5.415346965</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>5.256745604</v>
+        <v>5.248482382</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>5.09413397</v>
+        <v>5.08804649</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>4.942761363</v>
+        <v>4.940464227</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>4.804109128</v>
+        <v>4.807604869</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>4.686975349</v>
+        <v>4.698677669</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>4.603049108</v>
+        <v>4.625841267</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>4.555226217</v>
+        <v>4.592479016</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>4.537070445</v>
+        <v>4.592491089</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>4.530934023</v>
+        <v>4.608055126</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>4.525418712</v>
+        <v>4.625385583</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>4.520460976</v>
+        <v>4.641041654</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>4.516003901</v>
+        <v>4.655179811</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>4.511996488</v>
+        <v>4.667942915</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>4.508393018</v>
+        <v>4.679461201</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>4.505152485</v>
+        <v>4.689853238</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>4.502238101</v>
+        <v>4.699226842</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -800,105 +786,111 @@
       </c>
       <c r="J13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R13" s="1"/>
+      <c r="R13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>7.1</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>4.1</v>
+        <v>4.2</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>5.9</v>
-[...1 lines deleted...]
-      <c r="R14" s="1"/>
+        <v>6</v>
+      </c>
+      <c r="R14" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="S14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>10.3</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>10.4</v>
@@ -908,160 +900,175 @@
       </c>
       <c r="J15" s="1" t="n">
         <v>9</v>
       </c>
       <c r="K15" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>6.9</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>6.9</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>10.6</v>
       </c>
-      <c r="R15" s="1"/>
+      <c r="R15" s="1" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="S15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G22" s="1"/>
+      <c r="G22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
-        <v>7</v>
+        <v>7.1</v>
       </c>
       <c r="C23" s="1" t="n">
-        <v>7.3</v>
+        <v>7.2</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>5.6</v>
+        <v>5.5</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>7.9</v>
+        <v>7.6</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G23" s="1"/>
+        <v>10.4</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="H23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>1.6</v>
       </c>
       <c r="C24" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="D24" s="1" t="n">
         <v>1.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>2.3</v>
       </c>
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="H24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
-        <v>7.2</v>
+        <v>7.1</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>7.3</v>
+        <v>7.5</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>5.8</v>
+        <v>6</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>9.5</v>
+        <v>9.3</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>11.3</v>
       </c>
-      <c r="G25" s="1"/>
+      <c r="G25" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="H25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
@@ -1096,180 +1103,189 @@
       </c>
       <c r="J32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R32" s="1"/>
+      <c r="R32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="J33" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="K33" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="L33" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="M33" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="N33" s="1" t="n">
         <v>4</v>
       </c>
       <c r="O33" s="1" t="n">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="P33" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Q33" s="1" t="n">
-        <v>5.9</v>
-[...1 lines deleted...]
-      <c r="R33" s="1"/>
+        <v>6</v>
+      </c>
+      <c r="R33" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="S33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>6</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>7</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="J34" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="L34" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="M34" s="1" t="n">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="N34" s="1" t="n">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>3.6</v>
       </c>
       <c r="P34" s="1" t="n">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="Q34" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="R34" s="1"/>
+      <c r="R34" s="1" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="S34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G41" s="1" t="n">
@@ -1283,342 +1299,360 @@
       </c>
       <c r="J41" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K41" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L41" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M41" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N41" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R41" s="1"/>
+      <c r="R41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="J42" s="1" t="n">
         <v>5</v>
       </c>
       <c r="K42" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="L42" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="M42" s="1" t="n">
-        <v>4.3</v>
+        <v>4.4</v>
       </c>
       <c r="N42" s="1" t="n">
-        <v>5.1</v>
+        <v>5.2</v>
       </c>
       <c r="O42" s="1" t="n">
-        <v>4.4</v>
+        <v>4.5</v>
       </c>
       <c r="P42" s="1" t="n">
-        <v>6.2</v>
+        <v>6</v>
       </c>
       <c r="Q42" s="1" t="n">
-        <v>6.5</v>
-[...1 lines deleted...]
-      <c r="R42" s="1"/>
+        <v>6.6</v>
+      </c>
+      <c r="R42" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="S42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>7</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="I43" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="J43" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="K43" s="1" t="n">
         <v>7</v>
       </c>
       <c r="L43" s="1" t="n">
         <v>6</v>
       </c>
       <c r="M43" s="1" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="N43" s="1" t="n">
         <v>5.8</v>
       </c>
-      <c r="N43" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O43" s="1" t="n">
-        <v>4.7</v>
+        <v>4.6</v>
       </c>
       <c r="P43" s="1" t="n">
-        <v>5.8</v>
+        <v>5.5</v>
       </c>
       <c r="Q43" s="1" t="n">
-        <v>7.2</v>
-[...1 lines deleted...]
-      <c r="R43" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="R43" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="S43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="H44" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="I44" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="J44" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="K44" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="L44" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="M44" s="1" t="n">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="N44" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="O44" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="P44" s="1" t="n">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>6.6</v>
-[...1 lines deleted...]
-      <c r="R44" s="1"/>
+        <v>6.7</v>
+      </c>
+      <c r="R44" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="S44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="C45" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>5.5</v>
       </c>
       <c r="E45" s="1" t="n">
         <v>6</v>
       </c>
       <c r="F45" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="G45" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="H45" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="I45" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="J45" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="K45" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="L45" s="1" t="n">
         <v>5</v>
       </c>
       <c r="M45" s="1" t="n">
         <v>4</v>
       </c>
       <c r="N45" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="O45" s="1" t="n">
         <v>3</v>
       </c>
       <c r="P45" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="Q45" s="1" t="n">
         <v>5.5</v>
       </c>
-      <c r="R45" s="1"/>
+      <c r="R45" s="1" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="S45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B46" s="1" t="n">
         <v>6.1</v>
       </c>
       <c r="C46" s="1" t="n">
         <v>5</v>
       </c>
       <c r="D46" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="E46" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="F46" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="G46" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="H46" s="1" t="n">
         <v>3.9</v>
       </c>
       <c r="I46" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="J46" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="K46" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="L46" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="M46" s="1" t="n">
         <v>2.1</v>
       </c>
       <c r="N46" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="O46" s="1" t="n">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
       <c r="P46" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>4.1</v>
-[...1 lines deleted...]
-      <c r="R46" s="1"/>
+        <v>4.2</v>
+      </c>
+      <c r="R46" s="1" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="S46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
       <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="C53" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D53" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="E53" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G53" s="1" t="n">
@@ -1632,234 +1666,246 @@
       </c>
       <c r="J53" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K53" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L53" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M53" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N53" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O53" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P53" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q53" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R53" s="1"/>
+      <c r="R53" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B54" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="C54" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="D54" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="E54" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="F54" s="1" t="n">
         <v>10</v>
       </c>
       <c r="G54" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="H54" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="I54" s="1" t="n">
         <v>8</v>
       </c>
       <c r="J54" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="K54" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="L54" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="M54" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="N54" s="1" t="n">
-        <v>6.6</v>
+        <v>6.7</v>
       </c>
       <c r="O54" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="P54" s="1" t="n">
         <v>8.2</v>
       </c>
       <c r="Q54" s="1" t="n">
         <v>8.9</v>
       </c>
-      <c r="R54" s="1"/>
+      <c r="R54" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="S54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B55" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="C55" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="D55" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="E55" s="1" t="n">
         <v>6</v>
       </c>
       <c r="F55" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="G55" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="H55" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="I55" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="J55" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="K55" s="1" t="n">
         <v>5.1</v>
       </c>
       <c r="L55" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="M55" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="N55" s="1" t="n">
-        <v>4.1</v>
+        <v>4.2</v>
       </c>
       <c r="O55" s="1" t="n">
         <v>4</v>
       </c>
       <c r="P55" s="1" t="n">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="Q55" s="1" t="n">
         <v>7.4</v>
       </c>
-      <c r="R55" s="1"/>
+      <c r="R55" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="S55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B56" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="C56" s="1" t="n">
         <v>2.8</v>
       </c>
       <c r="D56" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="E56" s="1" t="n">
         <v>3.4</v>
       </c>
       <c r="F56" s="1" t="n">
         <v>3.3</v>
       </c>
       <c r="G56" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="H56" s="1" t="n">
         <v>2.8</v>
       </c>
       <c r="I56" s="1" t="n">
         <v>2.4</v>
       </c>
       <c r="J56" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="K56" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="L56" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="M56" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="N56" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="O56" s="1" t="n">
         <v>1.6</v>
       </c>
       <c r="P56" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="Q56" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="R56" s="1"/>
+      <c r="R56" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="S56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0"/>
       <c r="B57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0"/>
       <c r="B63" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="C63" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D63" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="E63" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="F63" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G63" s="1" t="n">
@@ -1873,1139 +1919,1082 @@
       </c>
       <c r="J63" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K63" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L63" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M63" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N63" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O63" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P63" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q63" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R63" s="1"/>
+      <c r="R63" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S63" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B64" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="C64" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="D64" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="E64" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="F64" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="G64" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="H64" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="I64" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="J64" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="K64" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="L64" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="M64" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="N64" s="1" t="n">
         <v>6</v>
       </c>
       <c r="O64" s="1" t="n">
-        <v>5.7</v>
+        <v>5.6</v>
       </c>
       <c r="P64" s="1" t="n">
-        <v>6.8</v>
+        <v>6.6</v>
       </c>
       <c r="Q64" s="1" t="n">
-        <v>9.3</v>
-[...1 lines deleted...]
-      <c r="R64" s="1"/>
+        <v>9.4</v>
+      </c>
+      <c r="R64" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="S64" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B65" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="C65" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="D65" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="E65" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="F65" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="G65" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="H65" s="1" t="n">
         <v>13.3</v>
       </c>
       <c r="I65" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="J65" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="K65" s="1" t="n">
         <v>12.2</v>
       </c>
       <c r="L65" s="1" t="n">
         <v>12.8</v>
       </c>
       <c r="M65" s="1" t="n">
-        <v>8.2</v>
+        <v>8</v>
       </c>
       <c r="N65" s="1" t="n">
-        <v>8</v>
+        <v>7.7</v>
       </c>
       <c r="O65" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="P65" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="Q65" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="R65" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="P65" s="1" t="n">
-[...5 lines deleted...]
-      <c r="R65" s="1"/>
+      <c r="S65" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B66" s="1" t="n">
         <v>3.6</v>
       </c>
       <c r="C66" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="D66" s="1" t="n">
         <v>4.6</v>
       </c>
       <c r="E66" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="F66" s="1" t="n">
         <v>4.7</v>
       </c>
       <c r="G66" s="1" t="n">
         <v>4.5</v>
       </c>
       <c r="H66" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="I66" s="1" t="n">
         <v>2.9</v>
       </c>
       <c r="J66" s="1" t="n">
         <v>4</v>
       </c>
       <c r="K66" s="1" t="n">
         <v>5</v>
       </c>
       <c r="L66" s="1" t="n">
         <v>4.1</v>
       </c>
       <c r="M66" s="1" t="n">
-        <v>3.5</v>
+        <v>3.6</v>
       </c>
       <c r="N66" s="1" t="n">
         <v>2.7</v>
       </c>
       <c r="O66" s="1" t="n">
-        <v>2</v>
+        <v>2.1</v>
       </c>
       <c r="P66" s="1" t="n">
-        <v>4.1</v>
+        <v>4.3</v>
       </c>
       <c r="Q66" s="1" t="n">
         <v>4.5</v>
       </c>
-      <c r="R66" s="1"/>
+      <c r="R66" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="S66" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B67" s="1" t="n">
         <v>3.7</v>
       </c>
       <c r="C67" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="D67" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="E67" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="F67" s="1" t="n">
         <v>3.2</v>
       </c>
       <c r="G67" s="1" t="n">
         <v>2.4</v>
       </c>
       <c r="H67" s="1" t="n">
         <v>3.1</v>
       </c>
       <c r="I67" s="1" t="n">
         <v>2</v>
       </c>
       <c r="J67" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="K67" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="L67" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="M67" s="1" t="n">
         <v>1.5</v>
       </c>
       <c r="N67" s="1" t="n">
         <v>1.1</v>
       </c>
       <c r="O67" s="1" t="n">
         <v>1.4</v>
       </c>
       <c r="P67" s="1" t="n">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
       <c r="Q67" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="R67" s="1"/>
+      <c r="R67" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="S67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B68" s="1" t="n">
-        <v>4.5</v>
+        <v>4.8</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>4.3</v>
+        <v>3.9</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>3.1</v>
+        <v>3.4</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>4</v>
+        <v>5.9</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>6.2</v>
+        <v>5.3</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>3</v>
+        <v>3.7</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>3.2</v>
+        <v>3.8</v>
       </c>
       <c r="I68" s="1" t="n">
         <v>4.4</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>1.8</v>
+        <v>2.7</v>
       </c>
       <c r="K68" s="1" t="n">
-        <v>4.1</v>
+        <v>4.7</v>
       </c>
       <c r="L68" s="1" t="n">
-        <v>3.1</v>
+        <v>4.3</v>
       </c>
       <c r="M68" s="1" t="n">
-        <v>2.9</v>
+        <v>3.2</v>
       </c>
       <c r="N68" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="O68" s="1" t="n">
-        <v>3.1</v>
+        <v>3.5</v>
       </c>
       <c r="P68" s="1" t="n">
-        <v>3.3</v>
+        <v>4</v>
       </c>
       <c r="Q68" s="1" t="n">
-        <v>4.3</v>
-[...1 lines deleted...]
-      <c r="R68" s="1"/>
+        <v>4.8</v>
+      </c>
+      <c r="R68" s="1" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="S68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="0" t="s">
-[...50 lines deleted...]
-      <c r="R69" s="1"/>
+      <c r="A69" s="0"/>
+      <c r="B69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      <c r="C70" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="D70" s="1" t="n">
-[...41 lines deleted...]
-      <c r="R70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="0"/>
-      <c r="B71" s="1"/>
+      <c r="A71" s="0" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A72" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="0"/>
+      <c r="A74" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A75" s="0"/>
+      <c r="B75" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="C75" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="D75" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="E75" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="F75" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="G75" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="H75" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I75" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="J75" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="K75" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="L75" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="M75" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="N75" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="O75" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="P75" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="Q75" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="R75" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S75" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="B76" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="C76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="D76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="F76" s="1" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="G76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="H76" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="I76" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="J76" s="1" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="K76" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="L76" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="M76" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="N76" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="O76" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="P76" s="1" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="Q76" s="1" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="R76" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="S76" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="0"/>
+      <c r="A77" s="0" t="s">
+        <v>41</v>
+      </c>
       <c r="B77" s="1" t="n">
-        <v>2008</v>
+        <v>10.6</v>
       </c>
       <c r="C77" s="1" t="n">
-        <v>2009</v>
+        <v>10.8</v>
       </c>
       <c r="D77" s="1" t="n">
-        <v>2010</v>
+        <v>13</v>
       </c>
       <c r="E77" s="1" t="n">
-        <v>2011</v>
+        <v>14.9</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>2012</v>
+        <v>15.2</v>
       </c>
       <c r="G77" s="1" t="n">
-        <v>2013</v>
+        <v>19.1</v>
       </c>
       <c r="H77" s="1" t="n">
-        <v>2014</v>
+        <v>14.9</v>
       </c>
       <c r="I77" s="1" t="n">
-        <v>2015</v>
+        <v>13.8</v>
       </c>
       <c r="J77" s="1" t="n">
-        <v>2016</v>
+        <v>16.5</v>
       </c>
       <c r="K77" s="1" t="n">
-        <v>2017</v>
+        <v>19.9</v>
       </c>
       <c r="L77" s="1" t="n">
-        <v>2018</v>
+        <v>13.9</v>
       </c>
       <c r="M77" s="1" t="n">
-        <v>2019</v>
+        <v>14.4</v>
       </c>
       <c r="N77" s="1" t="n">
-        <v>2020</v>
+        <v>13.1</v>
       </c>
       <c r="O77" s="1" t="n">
-        <v>2021</v>
+        <v>8.7</v>
       </c>
       <c r="P77" s="1" t="n">
-        <v>2022</v>
+        <v>14.2</v>
       </c>
       <c r="Q77" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="R77" s="1"/>
+        <v>11.7</v>
+      </c>
+      <c r="R77" s="1" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="S77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B78" s="1" t="n">
-        <v>4</v>
+        <v>6.1</v>
       </c>
       <c r="C78" s="1" t="n">
-        <v>3.3</v>
+        <v>4.6</v>
       </c>
       <c r="D78" s="1" t="n">
-        <v>3.3</v>
+        <v>4.2</v>
       </c>
       <c r="E78" s="1" t="n">
-        <v>4</v>
+        <v>4.9</v>
       </c>
       <c r="F78" s="1" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="G78" s="1" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="H78" s="1" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="I78" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="J78" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="K78" s="1" t="n">
         <v>3.6</v>
       </c>
-      <c r="G78" s="1" t="n">
-[...2 lines deleted...]
-      <c r="H78" s="1" t="n">
+      <c r="L78" s="1" t="n">
         <v>2.8</v>
       </c>
-      <c r="I78" s="1" t="n">
-[...2 lines deleted...]
-      <c r="J78" s="1" t="n">
+      <c r="M78" s="1" t="n">
         <v>2.4</v>
       </c>
-      <c r="K78" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="N78" s="1" t="n">
-        <v>2.2</v>
+        <v>2.3</v>
       </c>
       <c r="O78" s="1" t="n">
-        <v>2.1</v>
+        <v>2</v>
       </c>
       <c r="P78" s="1" t="n">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="Q78" s="1" t="n">
-        <v>4.3</v>
-[...1 lines deleted...]
-      <c r="R78" s="1"/>
+        <v>4.2</v>
+      </c>
+      <c r="R78" s="1" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="S78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B79" s="1" t="n">
-        <v>10.6</v>
+        <v>9.4</v>
       </c>
       <c r="C79" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="D79" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="E79" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="F79" s="1" t="n">
         <v>10.8</v>
       </c>
-      <c r="D79" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="G79" s="1" t="n">
-        <v>19.1</v>
+        <v>9.4</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>14.9</v>
+        <v>10.1</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>13.8</v>
+        <v>9</v>
       </c>
       <c r="J79" s="1" t="n">
-        <v>16.5</v>
+        <v>8.5</v>
       </c>
       <c r="K79" s="1" t="n">
-        <v>19.9</v>
+        <v>10.9</v>
       </c>
       <c r="L79" s="1" t="n">
-        <v>13.9</v>
+        <v>10.9</v>
       </c>
       <c r="M79" s="1" t="n">
-        <v>14.2</v>
+        <v>7.3</v>
       </c>
       <c r="N79" s="1" t="n">
-        <v>12.7</v>
+        <v>8.7</v>
       </c>
       <c r="O79" s="1" t="n">
-        <v>8.4</v>
+        <v>6.3</v>
       </c>
       <c r="P79" s="1" t="n">
-        <v>14.6</v>
+        <v>8.8</v>
       </c>
       <c r="Q79" s="1" t="n">
-        <v>11.8</v>
-[...1 lines deleted...]
-      <c r="R79" s="1"/>
+        <v>10.2</v>
+      </c>
+      <c r="R79" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="S79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="0" t="s">
-[...50 lines deleted...]
-      <c r="R80" s="1"/>
+      <c r="A80" s="0"/>
+      <c r="B80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B81" s="1" t="n">
-[...47 lines deleted...]
-      <c r="R81" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="0"/>
-      <c r="B82" s="1"/>
+      <c r="A82" s="0" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A83" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="0"/>
+      <c r="A85" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A86" s="0"/>
+      <c r="B86" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="C86" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="D86" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="E86" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="F86" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="G86" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="H86" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I86" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="J86" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="K86" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="L86" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="M86" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="N86" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="O86" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="P86" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="Q86" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="R86" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S86" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>46</v>
+      </c>
+      <c r="B87" s="1" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="C87" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="D87" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="E87" s="1" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="F87" s="1" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="G87" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="H87" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="I87" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="J87" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="K87" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="L87" s="1" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="M87" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="N87" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="O87" s="1" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="P87" s="1" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="Q87" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="R87" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="S87" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="0"/>
+      <c r="A88" s="0" t="s">
+        <v>47</v>
+      </c>
       <c r="B88" s="1" t="n">
-        <v>2008</v>
+        <v>7.6</v>
       </c>
       <c r="C88" s="1" t="n">
-        <v>2009</v>
+        <v>5.3</v>
       </c>
       <c r="D88" s="1" t="n">
-        <v>2010</v>
+        <v>7.8</v>
       </c>
       <c r="E88" s="1" t="n">
-        <v>2011</v>
+        <v>10.5</v>
       </c>
       <c r="F88" s="1" t="n">
-        <v>2012</v>
+        <v>9</v>
       </c>
       <c r="G88" s="1" t="n">
-        <v>2013</v>
+        <v>6.3</v>
       </c>
       <c r="H88" s="1" t="n">
-        <v>2014</v>
+        <v>5.7</v>
       </c>
       <c r="I88" s="1" t="n">
-        <v>2015</v>
+        <v>7.5</v>
       </c>
       <c r="J88" s="1" t="n">
-        <v>2016</v>
+        <v>5.2</v>
       </c>
       <c r="K88" s="1" t="n">
-        <v>2017</v>
+        <v>6.2</v>
       </c>
       <c r="L88" s="1" t="n">
-        <v>2018</v>
+        <v>5.9</v>
       </c>
       <c r="M88" s="1" t="n">
-        <v>2019</v>
+        <v>4.5</v>
       </c>
       <c r="N88" s="1" t="n">
-        <v>2020</v>
+        <v>5.2</v>
       </c>
       <c r="O88" s="1" t="n">
-        <v>2021</v>
+        <v>3.4</v>
       </c>
       <c r="P88" s="1" t="n">
-        <v>2022</v>
+        <v>6.2</v>
       </c>
       <c r="Q88" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="R88" s="1"/>
+        <v>8.7</v>
+      </c>
+      <c r="R88" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="S88" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B89" s="1" t="n">
-        <v>15.6</v>
+        <v>5.8</v>
       </c>
       <c r="C89" s="1" t="n">
-        <v>13.6</v>
+        <v>3.1</v>
       </c>
       <c r="D89" s="1" t="n">
-        <v>14.5</v>
+        <v>3.5</v>
       </c>
       <c r="E89" s="1" t="n">
-        <v>18.4</v>
+        <v>3.9</v>
       </c>
       <c r="F89" s="1" t="n">
-        <v>17.7</v>
+        <v>3.6</v>
       </c>
       <c r="G89" s="1" t="n">
-        <v>17</v>
+        <v>3.5</v>
       </c>
       <c r="H89" s="1" t="n">
-        <v>16.6</v>
+        <v>2.8</v>
       </c>
       <c r="I89" s="1" t="n">
-        <v>13.8</v>
+        <v>2.9</v>
       </c>
       <c r="J89" s="1" t="n">
-        <v>14.4</v>
+        <v>2.9</v>
       </c>
       <c r="K89" s="1" t="n">
-        <v>18.2</v>
+        <v>3.3</v>
       </c>
       <c r="L89" s="1" t="n">
-        <v>16.4</v>
+        <v>2.3</v>
       </c>
       <c r="M89" s="1" t="n">
-        <v>11.7</v>
+        <v>2.1</v>
       </c>
       <c r="N89" s="1" t="n">
-        <v>12.3</v>
+        <v>1.3</v>
       </c>
       <c r="O89" s="1" t="n">
-        <v>10.2</v>
+        <v>2</v>
       </c>
       <c r="P89" s="1" t="n">
-        <v>11.9</v>
+        <v>3.3</v>
       </c>
       <c r="Q89" s="1" t="n">
-        <v>13.1</v>
-[...1 lines deleted...]
-      <c r="R89" s="1"/>
+        <v>4.4</v>
+      </c>
+      <c r="R89" s="1" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="S89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B90" s="1" t="n">
-        <v>7.6</v>
+        <v>1.6</v>
       </c>
       <c r="C90" s="1" t="n">
-        <v>5.3</v>
+        <v>2.3</v>
       </c>
       <c r="D90" s="1" t="n">
-        <v>7.8</v>
+        <v>1</v>
       </c>
       <c r="E90" s="1" t="n">
-        <v>10.5</v>
+        <v>1.7</v>
       </c>
       <c r="F90" s="1" t="n">
-        <v>9</v>
+        <v>1.4</v>
       </c>
       <c r="G90" s="1" t="n">
-        <v>6.3</v>
+        <v>1.8</v>
       </c>
       <c r="H90" s="1" t="n">
-        <v>5.7</v>
+        <v>0.9</v>
       </c>
       <c r="I90" s="1" t="n">
-        <v>7.5</v>
+        <v>0.9</v>
       </c>
       <c r="J90" s="1" t="n">
-        <v>5.2</v>
+        <v>0.6</v>
       </c>
       <c r="K90" s="1" t="n">
-        <v>6.2</v>
+        <v>0.8</v>
       </c>
       <c r="L90" s="1" t="n">
-        <v>5.9</v>
+        <v>1.4</v>
       </c>
       <c r="M90" s="1" t="n">
-        <v>4.5</v>
+        <v>1.2</v>
       </c>
       <c r="N90" s="1" t="n">
-        <v>5.2</v>
+        <v>1</v>
       </c>
       <c r="O90" s="1" t="n">
-        <v>3.7</v>
+        <v>1.2</v>
       </c>
       <c r="P90" s="1" t="n">
-        <v>6.5</v>
+        <v>2.9</v>
       </c>
       <c r="Q90" s="1" t="n">
-        <v>8.6</v>
-[...1 lines deleted...]
-      <c r="R90" s="1"/>
+        <v>1.8</v>
+      </c>
+      <c r="R90" s="1" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="S90" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B91" s="1" t="n">
-        <v>5.8</v>
+        <v>1.4</v>
       </c>
       <c r="C91" s="1" t="n">
-        <v>3.1</v>
+        <v>1.4</v>
       </c>
       <c r="D91" s="1" t="n">
-        <v>3.5</v>
+        <v>1</v>
       </c>
       <c r="E91" s="1" t="n">
-        <v>3.9</v>
+        <v>1</v>
       </c>
       <c r="F91" s="1" t="n">
-        <v>3.6</v>
+        <v>1.4</v>
       </c>
       <c r="G91" s="1" t="n">
-        <v>3.5</v>
+        <v>0.6</v>
       </c>
       <c r="H91" s="1" t="n">
-        <v>2.8</v>
+        <v>0.8</v>
       </c>
       <c r="I91" s="1" t="n">
-        <v>2.9</v>
+        <v>0.8</v>
       </c>
       <c r="J91" s="1" t="n">
-        <v>2.9</v>
+        <v>0.6</v>
       </c>
       <c r="K91" s="1" t="n">
-        <v>3.3</v>
+        <v>0.6</v>
       </c>
       <c r="L91" s="1" t="n">
-        <v>2.3</v>
+        <v>0.2</v>
       </c>
       <c r="M91" s="1" t="n">
-        <v>2</v>
+        <v>0.4</v>
       </c>
       <c r="N91" s="1" t="n">
-        <v>1.4</v>
+        <v>0.7</v>
       </c>
       <c r="O91" s="1" t="n">
-        <v>2.1</v>
+        <v>0.4</v>
       </c>
       <c r="P91" s="1" t="n">
-        <v>3.7</v>
+        <v>0.9</v>
       </c>
       <c r="Q91" s="1" t="n">
-        <v>3.9</v>
-[...1 lines deleted...]
-      <c r="R91" s="1"/>
+        <v>1.9</v>
+      </c>
+      <c r="R91" s="1" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="S91" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="0" t="s">
-[...50 lines deleted...]
-      <c r="R92" s="1"/>
+      <c r="A92" s="0"/>
+      <c r="B92" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
-        <v>51</v>
-[...49 lines deleted...]
-      <c r="R93" s="1"/>
+        <v>5</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="0"/>
-      <c r="B94" s="1"/>
+      <c r="A94" s="0" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="0" t="s">
-[...9 lines deleted...]
-      <c r="A97" s="0"/>
+      <c r="A95" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>