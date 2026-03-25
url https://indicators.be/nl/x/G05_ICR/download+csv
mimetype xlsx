--- v0 (2025-11-02)
+++ v1 (2026-03-25)
@@ -13,136 +13,123 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G05_ICR" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="23">
   <si>
     <t>Zonder beroepsactiviteit door familieverantwoordelijkheden - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van niet-beroepsactieve 15-64-jarigen die wensen te werken</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE in 2001, 2005, 2017 en 2021; EU in 2005 en 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Inactive population not seeking employment by sex, age and main reason [lfsa_igar], https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024).</t>
+    <t>Noot: breuk in tijdreeks: BE in 2001, 2005, 2017 en 2021; EU in 2005 en 2021</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Inactive population not seeking employment by sex, age and main reason, lfsa_igar, laatste update van data 11/09/2025 23:00, https://ec.europa.eu/eurostat (geraadpleegd op 01/10/2025).</t>
   </si>
   <si>
     <t>Zonder beroepsactiviteit door familieverantwoordelijkheden, volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE in 2001, 2005, 2017 en 2021; EU in 2005 en 2022</t>
-[...2 lines deleted...]
-    <t>De gegevens voor de mannen zijn minder betrouwbaar door de kleine aantallen.</t>
+    <t>Noot: breuk in tijdreeks: BE in 2001, 2005, 2017 en 2021; EU in 2005 en 2021. </t>
+  </si>
+  <si>
+    <t>De gegevens voor de mannen/vrouwen zijn minder betrouwbaar door de kleine aantallen, behalve vanaf 2021</t>
   </si>
   <si>
     <t>Zonder beroepsactiviteit door familieverantwoordelijkheden, volgens leeftijd - België</t>
   </si>
   <si>
     <t>procent van niet-beroepsactieve bevolking die wenst te werken</t>
   </si>
   <si>
     <t>15-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE in 2001, 2005, 2017 en 2021; EU in 2005 en 2023</t>
-[...2 lines deleted...]
-    <t>De gegevens voor de leeftijdsgroepen 15-24 jaar en 50-64 jaar zijn minder betrouwbaar door de kleine aantallen.</t>
+    <t>De gegevens voor de leeftijdsgroepen 15-24 jaar en 50-64 jaar zijn vaak minder betrouwbaar door de kleine aantallen (zie Eurostat).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G05_ICR</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Zonder beroepsactiviteit door familieverantwoordelijkheden (i30)</t>
+    <t>Zonder beroepsactiviteit door familieverantwoordelijkheden (i31)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: het deel van de niet-werkende bevolking dat niet werkt omwille van familieverantwoordelijkheden is het aandeel van de 15- tot 64-jarigen van de niet-werkende bevolking dat wil werken, maar niet op zoek is naar werk omdat ze op de kinderen passen of voor afhankelijke personen zorgen of omwille van andere familie- of persoonlijke redenen. De gegevens zijn afkomstig van de Enquête naar de arbeidskrachten (EAK). Statistics Belgium organiseert deze binnen de EU geharmoniseerde enquête in België en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De methodologie van deze enquête werd in 2017 herzien. Gegevens van 2017 met die van voorgaande jaren vergelijken, vergt de nodige voorzichtigheid. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen zijn verkrijgbaar op verzoek bij Statistics Belgium.
+Voor deze indicator is volgende opsplitsing beschikbaar: geslacht.
 Doelstelling: het aandeel van de niet-werkende bevolking dat niet werkt omwille van familieverantwoordelijkheden moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 5.4: "Erkennen en naar waarde schatten van onbetaalde zorg en thuiswerk door het voorzien van openbare diensten, infrastructuur en een sociaal beschermingsbeleid en door de bevordering van gedeelde verantwoordelijkheden binnen het gezin en de familie, zoals dat nationaal toepasbaar is".
-Evolutie: volgens de EAK is het aandeel van de niet-werkenden15-64-jarigen die niet werken omwille van familieverantwoordelijkheden toegenomen van 11,9% in 1992 tot 22 in 2023, met een grote stijging in de laatste twee jaren.
-[...10 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator is verwant met indicator 5.4.1 - Aandeel van de tijd dat besteed wordt aan onbetaald huishoudelijk en zorgwerk, naar geslacht, leeftijd en woonplaats. Het meet immers de investeringen in onbetaalde zorgtaken en toont de genderkloof op dit gebied.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -199,51 +186,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH30"/>
+  <dimension ref="A1:AI30"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1992</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -317,51 +304,54 @@
       </c>
       <c r="Z3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH3" s="1"/>
+      <c r="AH3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>9.7</v>
@@ -419,51 +409,54 @@
       </c>
       <c r="Z4" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="AA4" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="AB4" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AC4" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="AD4" s="1" t="n">
         <v>12.3</v>
       </c>
       <c r="AE4" s="1" t="n">
         <v>20.4</v>
       </c>
       <c r="AF4" s="1" t="n">
         <v>20.1</v>
       </c>
       <c r="AG4" s="1" t="n">
         <v>22</v>
       </c>
-      <c r="AH4" s="1"/>
+      <c r="AH4" s="1" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="AI4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
@@ -516,56 +509,59 @@
       <c r="X5" s="1" t="n">
         <v>19</v>
       </c>
       <c r="Y5" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="Z5" s="1" t="n">
         <v>19.9</v>
       </c>
       <c r="AA5" s="1" t="n">
         <v>20.9</v>
       </c>
       <c r="AB5" s="1" t="n">
         <v>22</v>
       </c>
       <c r="AC5" s="1" t="n">
         <v>22.5</v>
       </c>
       <c r="AD5" s="1" t="n">
         <v>19.5</v>
       </c>
       <c r="AE5" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>21.9</v>
+        <v>21.8</v>
       </c>
       <c r="AG5" s="1" t="n">
         <v>21.4</v>
       </c>
-      <c r="AH5" s="1"/>
+      <c r="AH5" s="1" t="n">
+        <v>21.1</v>
+      </c>
+      <c r="AI5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
@@ -648,51 +644,54 @@
       </c>
       <c r="Z12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH12" s="1"/>
+      <c r="AH12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>21.3</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>17.7</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>17.9</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>15.6</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>16</v>
@@ -750,51 +749,54 @@
       </c>
       <c r="Z13" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>18.5</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="AD13" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="AE13" s="1" t="n">
         <v>25.8</v>
       </c>
       <c r="AF13" s="1" t="n">
         <v>21.7</v>
       </c>
       <c r="AG13" s="1" t="n">
         <v>26.1</v>
       </c>
-      <c r="AH13" s="1"/>
+      <c r="AH13" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="AI13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H14" s="1" t="n">
         <v>2</v>
@@ -852,51 +854,54 @@
       </c>
       <c r="Z14" s="1" t="n">
         <v>8</v>
       </c>
       <c r="AA14" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="AB14" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="AC14" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AD14" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="AE14" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="AF14" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="AG14" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="AH14" s="1"/>
+      <c r="AH14" s="1" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="AI14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
@@ -984,51 +989,54 @@
       </c>
       <c r="Z22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH22" s="1"/>
+      <c r="AH22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>2.6</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>4</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>2</v>
       </c>
       <c r="E23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H23" s="1" t="n">
         <v>1.9</v>
@@ -1050,87 +1058,90 @@
       </c>
       <c r="N23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="R23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="S23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="T23" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="U23" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="V23" s="1" t="s">
-        <f>=NA()</f>
+      <c r="V23" s="1" t="n">
+        <v>2.9</v>
       </c>
       <c r="W23" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="X23" s="1" t="n">
         <v>4.3</v>
       </c>
       <c r="Y23" s="1" t="n">
         <v>4.2</v>
       </c>
       <c r="Z23" s="1" t="n">
         <v>4.5</v>
       </c>
       <c r="AA23" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="AB23" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="AC23" s="1" t="n">
         <v>5.2</v>
       </c>
       <c r="AD23" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="AE23" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="AF23" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="AG23" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="AH23" s="1"/>
+      <c r="AH23" s="1" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="AI23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>30.4</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>23.6</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>26.7</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>24.1</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>25.2</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>25.7</v>
@@ -1152,87 +1163,90 @@
       </c>
       <c r="N24" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="O24" s="1" t="n">
         <v>25</v>
       </c>
       <c r="P24" s="1" t="n">
         <v>22.8</v>
       </c>
       <c r="Q24" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="R24" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>20.1</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>23.9</v>
       </c>
       <c r="U24" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="V24" s="1" t="s">
-        <f>=NA()</f>
+      <c r="V24" s="1" t="n">
+        <v>9.5</v>
       </c>
       <c r="W24" s="1" t="n">
         <v>23</v>
       </c>
       <c r="X24" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="Y24" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="Z24" s="1" t="n">
         <v>19.8</v>
       </c>
       <c r="AA24" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="AB24" s="1" t="n">
         <v>24.2</v>
       </c>
       <c r="AC24" s="1" t="n">
         <v>22.7</v>
       </c>
       <c r="AD24" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="AE24" s="1" t="n">
         <v>31.5</v>
       </c>
       <c r="AF24" s="1" t="n">
         <v>33.9</v>
       </c>
       <c r="AG24" s="1" t="n">
         <v>36.6</v>
       </c>
-      <c r="AH24" s="1"/>
+      <c r="AH24" s="1" t="n">
+        <v>31.9</v>
+      </c>
+      <c r="AI24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>8</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>11.3</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="F25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H25" s="1" t="n">
         <v>7.8</v>
@@ -1254,158 +1268,161 @@
       </c>
       <c r="N25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="R25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="S25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="T25" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="U25" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="V25" s="1" t="s">
-        <f>=NA()</f>
+      <c r="V25" s="1" t="n">
+        <v>5</v>
       </c>
       <c r="W25" s="1" t="n">
         <v>9</v>
       </c>
       <c r="X25" s="1" t="n">
         <v>13</v>
       </c>
       <c r="Y25" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="Z25" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="AA25" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="AB25" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="AC25" s="1" t="n">
         <v>11.3</v>
       </c>
       <c r="AD25" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="AE25" s="1" t="n">
         <v>24.9</v>
       </c>
       <c r="AF25" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="AG25" s="1" t="n">
         <v>28.8</v>
       </c>
-      <c r="AH25" s="1"/>
+      <c r="AH25" s="1" t="n">
+        <v>25.2</v>
+      </c>
+      <c r="AI25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>