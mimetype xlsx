--- v0 (2025-11-02)
+++ v1 (2026-03-24)
@@ -13,136 +13,122 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G05_GPG" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="21">
   <si>
     <t>Loonkloof tussen vrouwen en mannen - België - trendevaluatie</t>
   </si>
   <si>
     <t>uurlonen, procentueel verschil</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Gender pay gap in unadjusted form, sdg_05_20, https://ec.europa.eu/eurostat (geraadpleegd op 08/10/2024) &amp; berekeningen FPB.</t>
+    <t>Bron: Statbel; Eurostat (2025), Gender pay gap in unadjusted form, sdg_05_20, https://ec.europa.eu/eurostat, laatste upfdate van data 25/02/2025 11:00 (geraadpleegd op 25/09/2025)</t>
   </si>
   <si>
     <t>Loonkloof tussen vrouwen en mannen in gemiddelde uurlonen - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procentueel verschil</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Voorlopige data voor 2019, 2020, 2021 en 2022</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Gender pay gap in unadjusted form, sdg_05_20, https://ec.europa.eu/eurostat (geraadpleegd op 08/10/2024).</t>
+    <t>Bron: Statbel; Eurostat (2025), Gender pay gap in unadjusted form, sdg_05_20, https://ec.europa.eu/eurostat, laatste update van data 25/02/2025 11:00 (geraadpleegd op 25/09/2025).</t>
   </si>
   <si>
     <t>Loonkloof tussen vrouwen en mannen in jaarlonen / ongecorrigeerd voor arbeidsduur - België</t>
   </si>
   <si>
     <t>in jaarlonen</t>
   </si>
   <si>
     <t>ongecorrigeerd voor arbeidsduur</t>
   </si>
   <si>
-    <t>Instituut voor de Gelijkheid van Vrouwen en Mannen (2024), De loonkloof tussen vrouwen en mannen in België - Rapporten 2007-2024, https://igvm-iefh.belgium.be/nl/publicaties/de_loonkloof_tussen_vrouwen_en_mannen_in_belgie_rapport_2024 (geraadpleegd op 08/10/2024).</t>
+    <t>Bron: Instituut voor de Gelijkheid van Vrouwen en Mannen (2025), De loonkloof tussen vrouwen en mannen in België - Rapporten 2007-2024, https://igvm-iefh.belgium.be/nl/publicaties/de_loonkloof_tussen_vrouwen_en_mannen_in_belgie_rapport_2024 (geraadpleegd op 29/09/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G05_GPG</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Loonkloof tussen vrouwen en mannen (i29)</t>
+    <t>Loonkloof tussen vrouwen en mannen (i30)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: de loonkloof is het verschil tussen de gemiddelde uurlonen van vrouwen en van mannen, uitgedrukt in procent van het gemiddelde uurloon van mannen. De hier gebruikte gegevens zijn gebaseerd op de Europese loonenquête. Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen zijn op verzoek verkrijgbaar bij Statistics Belgium.
 Doelstelling: de kloof tussen de gemiddelde uurlonen van vrouwen en van mannen moet dalen naar nul procent.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 5.1: "Een einde maken aan alle vormen van discriminatie jegens vrouwen en meisjes, overal".
 In het kader van de Europese pijler van de sociale rechten heeft België de doelstelling van 2,9% in loonkloof tegen 2030 vooropgesteld (European Commission, 2022; Federal Public Service Social Security, 2023).
-Evolutie: het verschil tussen de uurlonen van vrouwen en mannen is duidelijk gedaald sinds 2010, van 10,2% in 2010 tot 5% in 2022.
-[...3 lines deleted...]
-Opsplitsing volgens gewest: kan niet worden weergegeven omdat er momenteel geen vergelijkbare gegevens beschikbaar zijn.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 5.1. Het meten van de evoluties van de indicatoren over inkomensgelijkheid laat inderdaad toe om de vermindering van de discriminatie van vrouwen op te volgen.
 Bronnen
-Algemeen
-[...8 lines deleted...]
-IGVM (2019), De loonkloof tussen vrouwen en mannen, Cijfers en wijzigingen in de methodologie 2019, http://igvm-iefh.belgium.be (geraadpleegd op 9/06/2020).
+European Commission (2022), The European Pillar of Social Rights: state of play on the national target for 2030, https://ec.europa.eu/commission/presscorner/detail/en/IP_22_3782 (geraadpleegd op 02/10/2025).
+Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021 https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (geraadpleegd op 02/10/2025).
+IGVM (2014), De loonkloof tussen vrouwen en mannen in België - Rapport 2015, Instituut voor de gelijkheid van vrouwen en mannen, http://igvm-iefh.belgium.be (geraadpleegd op 02/10/2025).
+IGVM (2019), De loonkloof tussen vrouwen en mannen, Cijfers en wijzigingen in de methodologie 2019, http://igvm-iefh.belgium.be (geraadpleegd op 02/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -200,51 +186,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG26"/>
+  <dimension ref="A1:AG25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -379,183 +365,183 @@
       <c r="M4" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="N4" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>6</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>5.8</v>
+        <v>4.7</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>5.3</v>
+        <v>3.2</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>5</v>
+        <v>1.8</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>5</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>0.7</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>0.7</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="n">
-        <v>10.7597267</v>
+        <v>11.23336884</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>10.32856368</v>
+        <v>10.88738012</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>9.902340285</v>
+        <v>10.53437779</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>9.467973267</v>
+        <v>10.1510892</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>9.01754094</v>
+        <v>9.714952436</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>8.550715371</v>
+        <v>9.208250166</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>8.078048029</v>
+        <v>8.624176721</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>7.615838823</v>
+        <v>7.964298153</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>7.17912948</v>
+        <v>7.234116868</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>6.778559113</v>
+        <v>6.443022368</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>6.416794065</v>
+        <v>5.60427464</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>6.092112385</v>
+        <v>4.741385649</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>5.798946634</v>
+        <v>3.888427609</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>5.529815348</v>
+        <v>3.086935923</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>5.278398301</v>
+        <v>2.37850793</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>5.041741469</v>
+        <v>1.790891276</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>4.81748622</v>
+        <v>1.33068161</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>4.62463383</v>
+        <v>0.9853581841</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>4.45801488</v>
+        <v>0.7552200903</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>4.313460567</v>
+        <v>0.5964713032</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>4.187580238</v>
+        <v>0.4836297816</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>4.07759417</v>
+        <v>0.4012852215</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>3.981206599</v>
+        <v>0.3397933741</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>3.896508386</v>
+        <v>0.2929312706</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>3.821901718</v>
+        <v>0.2565720046</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -735,448 +721,443 @@
       <c r="G13" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>6</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>5.8</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>5.8</v>
+        <v>4.7</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>5.3</v>
+        <v>3.2</v>
       </c>
       <c r="Q13" s="1" t="n">
-        <v>5</v>
+        <v>1.8</v>
       </c>
       <c r="R13" s="1" t="n">
-        <v>5</v>
+        <v>0.7</v>
       </c>
       <c r="S13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F14" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>16.2</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>16.4</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>16</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>12.9</v>
+        <v>12.7</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>12.7</v>
+        <v>12.3</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>12.7</v>
+        <v>12.2</v>
       </c>
       <c r="S14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="0" t="s">
+      <c r="A17" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+      <c r="B20" s="1" t="n">
+        <v>1998</v>
+      </c>
+      <c r="C20" s="1" t="n">
+        <v>1999</v>
+      </c>
+      <c r="D20" s="1" t="n">
+        <v>2000</v>
+      </c>
+      <c r="E20" s="1" t="n">
+        <v>2001</v>
+      </c>
+      <c r="F20" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="G20" s="1" t="n">
+        <v>2003</v>
+      </c>
+      <c r="H20" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="I20" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="J20" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="K20" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="L20" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="M20" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="N20" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="O20" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="P20" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="Q20" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="R20" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="S20" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="T20" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="U20" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="V20" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="W20" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="X20" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="Y20" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="Z20" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="AA20" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>12</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A21" s="0"/>
       <c r="B21" s="1" t="n">
-        <v>1998</v>
+        <v>27.44807033</v>
       </c>
       <c r="C21" s="1" t="n">
-        <v>1999</v>
+        <v>27.76674405</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>2000</v>
+        <v>26.381623</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>2001</v>
+        <v>26.07126211</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>2002</v>
+        <v>25.69876968</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>2003</v>
+        <v>25.37036651</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>2004</v>
+        <v>25.29187932</v>
       </c>
       <c r="I21" s="1" t="n">
-        <v>2005</v>
+        <v>24.96048981</v>
       </c>
       <c r="J21" s="1" t="n">
-        <v>2006</v>
+        <v>24.65794094</v>
       </c>
       <c r="K21" s="1" t="n">
-        <v>2007</v>
+        <v>24.43773326</v>
       </c>
       <c r="L21" s="1" t="n">
-        <v>2008</v>
+        <v>23.3800872</v>
       </c>
       <c r="M21" s="1" t="n">
-        <v>2009</v>
+        <v>22.759887</v>
       </c>
       <c r="N21" s="1" t="n">
-        <v>2010</v>
+        <v>22.8</v>
       </c>
       <c r="O21" s="1" t="n">
-        <v>2011</v>
+        <v>22</v>
       </c>
       <c r="P21" s="1" t="n">
-        <v>2012</v>
+        <v>21.8</v>
       </c>
       <c r="Q21" s="1" t="n">
-        <v>2013</v>
+        <v>20.9</v>
       </c>
       <c r="R21" s="1" t="n">
-        <v>2014</v>
-[...23 lines deleted...]
-        <v>2022</v>
+        <v>20.6</v>
+      </c>
+      <c r="S21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="T21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="X21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Y21" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Z21" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="AA21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="1" t="n">
-[...45 lines deleted...]
-        <v>20.9</v>
+      <c r="B22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="N22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="O22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q22" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="R22" s="1" t="n">
-        <v>20.6</v>
-[...23 lines deleted...]
-        <f>=NA()</f>
+        <v>24.3</v>
+      </c>
+      <c r="S22" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="T22" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="U22" s="1" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="V22" s="1" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="W22" s="1" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="X22" s="1" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="Y22" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="Z22" s="1" t="n">
+        <v>19.9</v>
       </c>
       <c r="AA22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="0" t="s">
+      <c r="A23" s="0"/>
+      <c r="B23" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...78 lines deleted...]
-      <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="0"/>
+      <c r="A25" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>