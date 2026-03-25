--- v0 (2025-10-25)
+++ v1 (2026-03-25)
@@ -13,134 +13,123 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G05_FMP" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="22">
   <si>
     <t>Vrouwelijke parlementsleden - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making, http://eige.europa.eu/ (geraadpleegd op 14/10/2024); berekeningen FPB.</t>
+    <t>Bron: Berekeningen FPB op basis van European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making (Belgium), http://eige.europa.eu/, laatste update van data 28/08/2025 (geraadpleegd op 14/10/2024)</t>
   </si>
   <si>
     <t>Vrouwelijke parlementsleden - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van nationale en regionale parlementen</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>European Institute for Gender Equality (2024), Gender Statistics Database, Women and men in decision making, http://eige.europa.eu/ (geraadpleegd op 14/10/2024).</t>
-[...1 lines deleted...]
-  <si>
     <t>Vrouwelijke parlementsleden volgens parlement - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams</t>
   </si>
   <si>
     <t>Waals</t>
   </si>
   <si>
     <t>Duitstalige Gemeenschap</t>
   </si>
   <si>
     <t>Federaal</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G05_FMP</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Vrouwelijke parlementsleden (i31)</t>
+    <t>Vrouwelijke parlementsleden (i32)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: aandeel verkozen vrouwen in de rechtstreeks verkozen parlementen van België: de (federale) Kamer, het Vlaamse en Waalse parlement en de parlementen van het Brussels Hoofdstedelijk Gewesten en van de Duitstalige Gemeenschap. Het Federaal Planbureau berekent de indicator met de (kwartaal)gegevens van het Europees Instituut voor gendergelijkheid (EIGE)
+    <t>Definitie: aandeel verkozen vrouwen in de rechtstreeks verkozen parlementen van België: de (federale) Kamer, het Vlaamse en Waalse parlement en de parlementen van het Brussels Hoofdstedelijk Gewesten en van de Duitstalige Gemeenschap. Het Federaal Planbureau berekent de indicator met de (kwartaal)gegevens van het Europees Instituut voor gendergelijkheid (EIGE).
+Voor deze indicator is volgende opsplitsing beschikbaar: gewest.
 Doelstelling: het aandeel vrouwelijke parlementsleden moet de helft bedragen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 5.5: "Verzekeren van de volledige en doeltreffende deelname van vrouwen en van gelijke kansen inzake leiderschap op alle niveaus van de besluitvorming in het politieke, economische en openbare leven".
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling bevat doelstelling 1: "vrouwen en mannen zullen hun rechten gelijk uitoefenen. Zij zullen kunnen bijdragen tot alle aspecten van de ontwikkeling van de samenleving en de verbetering van de levensomstandigheden zonder onderscheid, uitsluiting of beperking op grond van hun geslacht" (Belgisch Staatsblad, 08/10/2013).
-Evolutie: het aandeel vrouwelijke parlementsleden van heel België stijgt in de loop van de tijd: van 29,6% in 2003 tot 43,6% in 2023.
-[...1 lines deleted...]
-Opsplitsing volgens gewest: het aandeel vrouwelijke parlementsleden in 2023 bedraagt 43,8% in het Brussels, 47,6% in het Vlaams en 37,3% in het Waals parlement. In het parlement van de Duitstalige Gemeenschap is dit aandeel 48,0%. Voor het federaal parlement is dit cijfer 42,7%. Voor België als geheel is het aandeel 43,6%.
 VN-indicator: de gekozen indicator stemt overeen met indicator 5.5.1 - Deel van de zetels in a) nationale parlementen en b) lokale besturen bezet door vrouwen.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm (geraadpleegd op 24/09/2020).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -391,169 +380,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>40.43126685</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>39.65424095</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>39.20086393</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>42.60259179</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>42.94181034</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>43.46652268</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>43.99350649</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>43.63833243</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>44</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="n">
-        <v>30.68925585</v>
+        <v>30.68802348</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>31.67879677</v>
+        <v>31.67819332</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>32.68837412</v>
+        <v>32.68845454</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>33.71366792</v>
+        <v>33.71450954</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>34.75083812</v>
+        <v>34.75254191</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>35.78958719</v>
+        <v>35.79227045</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>36.80551969</v>
+        <v>36.80929687</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>37.73974901</v>
+        <v>37.74469528</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>38.55860013</v>
+        <v>38.56470537</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>39.25023351</v>
+        <v>39.25734515</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>39.82012425</v>
+        <v>39.82788009</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>40.28635646</v>
+        <v>40.29410893</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>40.6781857</v>
+        <v>40.68492086</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>41.03047173</v>
+        <v>41.03472497</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>41.37716579</v>
+        <v>41.37693924</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>41.74729228</v>
+        <v>41.73998507</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>42.15300775</v>
+        <v>42.1353817</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>42.58018257</v>
+        <v>42.54841113</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>43.018697</v>
+        <v>42.96852835</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>43.46168716</v>
+        <v>43.38876085</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>43.9065486</v>
+        <v>43.80690902</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>44.311022</v>
+        <v>44.22681297</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>44.67840152</v>
+        <v>44.60834893</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>45.0117844</v>
+        <v>44.95469358</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>45.31406787</v>
+        <v>45.26882392</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>45.58795002</v>
+        <v>45.55351676</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>45.83593377</v>
+        <v>45.81135168</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>46.0603332</v>
+        <v>46.04471653</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>50</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>50</v>
       </c>
@@ -699,51 +688,54 @@
       </c>
       <c r="O12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="P12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Q12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="R12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="S12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="T12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="U12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="V12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="W12" s="1"/>
+      <c r="W12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="X12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>29.59501558</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>32.44206774</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>32.78508772</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>33.15158124</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>33.54943274</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>32.88336933</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>39.81631551</v>
@@ -768,51 +760,54 @@
       </c>
       <c r="O13" s="1" t="n">
         <v>40.43126685</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>39.65424095</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>39.20086393</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>42.60259179</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>42.94181034</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>43.46652268</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>43.99350649</v>
       </c>
       <c r="V13" s="1" t="n">
         <v>43.63833243</v>
       </c>
-      <c r="W13" s="1"/>
+      <c r="W13" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="X13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>23.86666667</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>28.52356634</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>27.44946767</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>28.43582534</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>28.03794775</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>28.0457035</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>28.52178309</v>
@@ -837,67 +832,70 @@
       </c>
       <c r="O14" s="1" t="n">
         <v>31.58060312</v>
       </c>
       <c r="P14" s="1" t="n">
         <v>32.23349683</v>
       </c>
       <c r="Q14" s="1" t="n">
         <v>32.50403262</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>32.95421504</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>33.57662597</v>
       </c>
       <c r="T14" s="1" t="n">
         <v>34.02419328</v>
       </c>
       <c r="U14" s="1" t="n">
         <v>34.44593543</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>32.79901844</v>
       </c>
-      <c r="W14" s="1"/>
+      <c r="W14" s="1" t="n">
+        <v>33.21593922</v>
+      </c>
+      <c r="X14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0"/>
       <c r="B20" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="C20" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="D20" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="E20" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="F20" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="G20" s="1" t="n">
@@ -926,55 +924,58 @@
       </c>
       <c r="O20" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="P20" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Q20" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="R20" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="S20" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="T20" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="U20" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="V20" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="W20" s="1"/>
+      <c r="W20" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="X20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B21" s="1" t="n">
         <v>32.89473684</v>
       </c>
       <c r="C21" s="1" t="n">
         <v>42.04545455</v>
       </c>
       <c r="D21" s="1" t="n">
         <v>43.02325581</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>42.04545455</v>
       </c>
       <c r="F21" s="1" t="n">
         <v>42.69662921</v>
       </c>
       <c r="G21" s="1" t="n">
         <v>42.69662921</v>
       </c>
       <c r="H21" s="1" t="n">
         <v>48.31460674</v>
       </c>
       <c r="I21" s="1" t="n">
         <v>47.19101124</v>
       </c>
@@ -995,55 +996,58 @@
       </c>
       <c r="O21" s="1" t="n">
         <v>41.57303371</v>
       </c>
       <c r="P21" s="1" t="n">
         <v>41.57303371</v>
       </c>
       <c r="Q21" s="1" t="n">
         <v>41.57303371</v>
       </c>
       <c r="R21" s="1" t="n">
         <v>48.31460674</v>
       </c>
       <c r="S21" s="1" t="n">
         <v>47.77777778</v>
       </c>
       <c r="T21" s="1" t="n">
         <v>48.31460674</v>
       </c>
       <c r="U21" s="1" t="n">
         <v>46.06741573</v>
       </c>
       <c r="V21" s="1" t="n">
         <v>43.82022472</v>
       </c>
-      <c r="W21" s="1"/>
+      <c r="W21" s="1" t="n">
+        <v>46.06741573</v>
+      </c>
+      <c r="X21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B22" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C22" s="1" t="n">
         <v>30.08130081</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>30.89430894</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>31.70731707</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>33.06451613</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>31.4516129</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>39.51612903</v>
       </c>
       <c r="I22" s="1" t="n">
         <v>39.51612903</v>
       </c>
@@ -1064,55 +1068,58 @@
       </c>
       <c r="O22" s="1" t="n">
         <v>42.4</v>
       </c>
       <c r="P22" s="1" t="n">
         <v>41.93548387</v>
       </c>
       <c r="Q22" s="1" t="n">
         <v>41.12903226</v>
       </c>
       <c r="R22" s="1" t="n">
         <v>45.96774194</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>45.96774194</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>45.96774194</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>48.38709677</v>
       </c>
       <c r="V22" s="1" t="n">
         <v>47.58064516</v>
       </c>
-      <c r="W22" s="1"/>
+      <c r="W22" s="1" t="n">
+        <v>42.74193548</v>
+      </c>
+      <c r="X22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>21.62162162</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>21.62162162</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>21.62162162</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>24</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>21.33333333</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>36</v>
       </c>
       <c r="I23" s="1" t="n">
         <v>37.33333333</v>
       </c>
@@ -1133,55 +1140,58 @@
       </c>
       <c r="O23" s="1" t="n">
         <v>42.66666667</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>41.33333333</v>
       </c>
       <c r="Q23" s="1" t="n">
         <v>41.33333333</v>
       </c>
       <c r="R23" s="1" t="n">
         <v>37.33333333</v>
       </c>
       <c r="S23" s="1" t="n">
         <v>37.33333333</v>
       </c>
       <c r="T23" s="1" t="n">
         <v>37.33333333</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>36.48648649</v>
       </c>
       <c r="V23" s="1" t="n">
         <v>37.33333333</v>
       </c>
-      <c r="W23" s="1"/>
+      <c r="W23" s="1" t="n">
+        <v>46.66666667</v>
+      </c>
+      <c r="X23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>33.33333333</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>29.16666667</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>29.16666667</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>29.16666667</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>16</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>32</v>
       </c>
       <c r="I24" s="1" t="n">
         <v>32</v>
       </c>
@@ -1202,55 +1212,58 @@
       </c>
       <c r="O24" s="1" t="n">
         <v>32</v>
       </c>
       <c r="P24" s="1" t="n">
         <v>24</v>
       </c>
       <c r="Q24" s="1" t="n">
         <v>24</v>
       </c>
       <c r="R24" s="1" t="n">
         <v>40</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>36</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>40</v>
       </c>
       <c r="U24" s="1" t="n">
         <v>48</v>
       </c>
       <c r="V24" s="1" t="n">
         <v>48</v>
       </c>
-      <c r="W24" s="1"/>
+      <c r="W24" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="X24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>35.5704698</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>35.34675615</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>34.67336683</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>35.51088777</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>35.55555556</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>36.83333333</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>38.23038397</v>
       </c>
       <c r="I25" s="1" t="n">
         <v>38.89816361</v>
       </c>
@@ -1271,112 +1284,115 @@
       </c>
       <c r="O25" s="1" t="n">
         <v>38.39732888</v>
       </c>
       <c r="P25" s="1" t="n">
         <v>38.39732888</v>
       </c>
       <c r="Q25" s="1" t="n">
         <v>37.66666667</v>
       </c>
       <c r="R25" s="1" t="n">
         <v>39.5</v>
       </c>
       <c r="S25" s="1" t="n">
         <v>41.5</v>
       </c>
       <c r="T25" s="1" t="n">
         <v>42.16666667</v>
       </c>
       <c r="U25" s="1" t="n">
         <v>42.16666667</v>
       </c>
       <c r="V25" s="1" t="n">
         <v>42.68907563</v>
       </c>
-      <c r="W25" s="1"/>
+      <c r="W25" s="1" t="n">
+        <v>41.8</v>
+      </c>
+      <c r="X25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>