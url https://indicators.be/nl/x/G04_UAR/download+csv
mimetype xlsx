--- v0 (2025-10-03)
+++ v1 (2026-03-04)
@@ -13,134 +13,119 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G04_UAR" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="20">
   <si>
     <t>Onvoldoende leesvaardigheid - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van 15-jarige leerlingen</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2009 en 2020</t>
-[...2 lines deleted...]
-    <t>OECD; Eurostat (2024), Underachieving 15-year-old students by sex and field - PISA survey [educ_outc_pisa]; https://ec.europa.eu/eurostat (geraadpleegd op 07/10/2024) &amp; berekeningen FPB.</t>
+    <t>Noot: breuk in tijdreeks: 2009 en 2018</t>
+  </si>
+  <si>
+    <t>Bron: OECD; Eurostat (2025), Underachieving 15-year-old students by sex and field - PISA survey, educ_outc_pisa; https://ec.europa.eu/eurostat, laatste upfdate van data 14/12/2023 11:00 (geraadpleegd op 25/09/2025)</t>
   </si>
   <si>
     <t>Onvoldoende leesvaardigheid - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2009 en 2018</t>
-[...2 lines deleted...]
-    <t>OECD; Eurostat (2024), Underachieving 15-year-old students by sex and field - PISA survey [educ_outc_pisa]; https://ec.europa.eu/eurostat (geraadpleegd op 07/10/2024).</t>
+    <t>Bron: OECD; Eurostat (2025), Underachieving 15-year-old students by sex and field - PISA survey, educ_outc_pisa; https://ec.europa.eu/eurostat, laatste upfdate van data 14/12/2023 11:00 (geraadpleegd op 25/09/2025).</t>
   </si>
   <si>
     <t>Onvoldoende leesvaardigheid volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2009 en 2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G04_UAR</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Onvoldoende leesvaardigheid (i28)</t>
+    <t>Onvoldoende leesvaardigheid (i29)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: de indicator meet het aandeel leerlingen van 15 jaar dat niveau 2 (basisniveau) op de PISA-schaal voor leesvaardigheid niet behaalt. Dat is een van de drie kerndomeinen op school, naast wiskundige en wetenschappelijke geletterdheid. De gegevens komen van het Programme for International Student Assessment (PISA), een driejaarlijkse internationale enquête om onderwijssystemen te evalueren door de vaardigheden en kennis van 15-jarige leerlingen te testen. In België voeren de Universiteit Gent en de Université de Liège die testen uit. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen zijn te raadplegen op de OESO-website over de PISA-data.
+Voor deze indicator is volgende opsplitsing beschikbaar: geslacht.
 Doelstelling: het aandeel leerlingen van 15 jaar met onvoldoende leesvaardigheid moet minder dan 15% bedragen in 2030.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 4.6: "Er tegen 2030 voor zorgen dat alle jongeren en een groot aantal volwassenen, zowel mannen als vrouwen, geletterd en rekenvaardig zijn".
 In de resolutie van de Raad betreffende een strategisch kader voor Europese samenwerking op het gebied van onderwijs en opleiding met het oog op de Europese Onderwijsruimte en verder (2021-2030) herbevestigt de Raad de volgende doelstelling: "Het percentage 15-jarigen dat zwak presteert op het gebied van lezen, wiskunde en wetenschappen moet uiterlijk in 2030 minder dan 15 % bedragen." (Publicatieblad van de Europese Unie, 26/02/2021, 2021/C 66/01).
-Evolutie: het aandeel leerlingen van 15 jaar met onvoldoende leesvaardigheid bedroeg 19% in 2000 en 25,3% in 2022 en schommelde steeds rond dat niveau. In 2009 en 2012 daalde het aandeel in twee enquêtes op rij en zo was het aandeel leerlingen met onvoldoende leesvaardigheid in 2012 het laagste: 16,1%. Sindsdien vertoont het aandeel een onrustwekkende stijgende trend: in 2022 was het aandeel het hoogste (25,3%). Deze achteruitgang ten opzichte van 2012 was zichtbaar in de drie kerndomeinen (leesvaardigheid, wiskundige geletterdheid en wetenschappelijke geletterdheid).
-[...2 lines deleted...]
-Opsplitsing volgens geslacht: Er is een aanzienlijk verschil in het aandeel jongens en meisjes van 15 jaar met onvoldoende leesvaardigheid. Het aandeel meisjes ligt steeds lager dan het aandeel jongens. Het verschil varieerde tussen 5 (in 2015) en 11,5 procentpunt (in 2006) en bedraagt 9,5 in 2022.
 VN-indicator: de gekozen indicator stemt overeen met indicator 4.6.1 – Aandeel van de bevolking, per leeftijdsgroep, met minimaal een vaststaand niveau in functionele a) lees- en schrijfvaardigheid en (b) rekenvaardigheid, naar geslacht.
-Deze indicator wordt gebruikt om de composiete indicator Menselijk kapitaal, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator Menselijk kapitaal te berekenen.
 Bronnen
-Algemeen
-[...6 lines deleted...]
-Publicatieblad van de Europese Unie: https://eur-lex.europa.eu/oj/direct-access.html?locale=nl (geraadpleegd op 11/07/2022).
+Website van OESO over PISA: http://www.oecd.org/pisa/ (geraadpleegd op 02/10/2025).
+Publicatieblad van de Europese Unie: https://eur-lex.europa.eu/oj/direct-access.html?locale=nl.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -733,224 +718,224 @@
         <v>23.7</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>18</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>20</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>22.5</v>
       </c>
       <c r="I15" s="1" t="n">
         <v>26.2</v>
       </c>
       <c r="J15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>2003</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="J22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>14.1</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>13</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>13.8</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>17</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="I23" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="J23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>22.8</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>24.9</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>21.5</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20.4</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>22</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>24.7</v>
       </c>
       <c r="I24" s="1" t="n">
         <v>30.1</v>
       </c>
       <c r="J24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0"/>
       <c r="B25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>