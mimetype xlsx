--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -13,169 +13,156 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G04_LLL" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="32">
   <si>
     <t>Levenslang leren - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van 25-64-jarigen</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), trng_lfse_01, https://ec.europa.eu/eurostat (geraadpleegd op 02/10/2024) &amp; berekeningen FPB.</t>
+    <t>Noot: breuk in tijdreeks: 1999, 2004, 2006, 2008, 2014, 2017, 2021 en 2024</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Participation rate in education and training (last 4 weeks), trng_lfse_01, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025)</t>
   </si>
   <si>
     <t>Levenslang leren - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE in 1999, 2004, 2006, 2008, 2014, 2017, 2021; EU in 2003, 2006, 2013, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), trng_lfse_01, https://ec.europa.eu/eurostat (geraadpleegd op 02/10/2024).</t>
+    <t>Noot: breuk in tijdreeks: BE in 1999, 2004, 2006, 2008, 2014, 2017, 2021 en 2024; EU in 2003, 2006, 2014 en 2021</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Participation rate in education and training (last 4 weeks), trng_lfse_01, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025).</t>
   </si>
   <si>
     <t>Levenslang leren volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. Breuk in tijdreeks: 2004, 2006, 2008, 2014, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), trng_lfse_04, https://ec.europa.eu/eurostat (geraadpleegd op 02/10/2024).</t>
+    <t>Noot: De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. Breuk in tijdreeks: 2004, 2006, 2008, 2014, 2017, 2021 en 2024</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Participation rate in education and training (last 4 weeks) by NUTS 2 region, trng_lfse_04, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025).</t>
   </si>
   <si>
     <t>Levenslang leren volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 1999, 2004, 2006, 2008, 2014, 2017, 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Levenslang leren volgens opleiding - België</t>
   </si>
   <si>
     <t>hoogstens lager secundair onderwijs</t>
   </si>
   <si>
     <t>hoger secundair onderwijs</t>
   </si>
   <si>
     <t>hoger onderwijs</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2004, 2006, 2008, 2014, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), trng_lfse_03, https://ec.europa.eu/eurostat (geraadpleegd op 02/10/2024).</t>
+    <t>Bron: Statbel; Eurostat (2025), Participation rate in education and training (last 4 weeks) by educational attainment level, trng_lfse_03, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G04_LLL</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Levenslang leren (i25)</t>
+    <t>Levenslang leren (i26)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: aandeel van de bevolking tussen 25 en 64 jaar dat heeft deelgenomen aan een (formele of niet-formele) vorming tijdens de laatste vier weken voorafgaand aan het interview. De gegevens komen van de Enquête naar de arbeidskrachten (EAK). Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De methodologie van deze enquête werd in 2017 herzien. Gegevens van 2017 met die van voorgaande jaren vergelijken, vergt de nodige voorzichtigheid. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) zijn op verzoek verkrijgbaar bij Statistics Belgium.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht en opleiding.
 Doelstelling: het aandeel van de bevolking dat deelneemt aan levenslang leren moet minstens 15% bedragen in 2030.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 4.3: "Tegen 2030 gelijke toegang garanderen voor alle vrouwen en mannen tot betaalbaar en kwaliteitsvol technisch, beroeps- en hoger onderwijs, met inbegrip van de universiteit".
 De Europese Raad van 12 mei 2009 nam in zijn conclusies een strategisch kader voor Europese samenwerking op het gebied van onderwijs en opleiding aan (ET, 2020; Publicatieblad van de Europese Unie, 28/5/2009). Daarin wordt volgende doelstelling vooropgesteld: "Teneinde de participatie van volwassenen, in het bijzonder laagopgeleiden, in levenslang leren te verhogen, moet uiterlijk in 2020 gemiddeld minstens 15% van de volwassenen deelnemen aan levenslang leren".
 De Europese Commissie heeft in het kader van de Europese pijler van sociale rechten een doelstelling vastgelegd voor een indicator dat dicht aanleunt bij deze indicator. Namelijk dat 60% van de volwassen jaarlijks moet deelnemen aan een opleiding. België stelde in dat kader een doelstelling van 60,9% en bijkomende cijferdoelen voor de 55 tot 64-jarigen van 49,8% en voor de laagopgeleiden van 32,6% (European Commission, 2022; Federal Public Service Social Security, 2023).
-Evolutie: volgens de EAK steeg het aandeel van de bevolking tussen 25 en 64 jaar dat deelgenomen heeft aan een vorm van opleiding of vorming duidelijk tussen 1992 en 2023, namelijk van 2,3% tot 11,1%.
-[...3 lines deleted...]
-Opsplitsing volgens opleiding: er is een aanzienlijk verschil in het aandeel van de bevolking dat deelgenomen heeft aan een vorm van opleiding of vorming tussen de hoger en lageropgeleiden. Van de bevolking dat hoger onderwijs volgde in 2023 heeft 16,6% deelgenomen aan een vorm van opleiding of vorming, van de bevolking dat hoger secundair onderwijs afwerkte 7,6% en van de bevolking dat het lager secundair onderwijs afwerkte slechts 4,6%. Deze verschillen bestaan over de hele periode en hoewel de verschillen tussen de laagstopgeleiden en de middencategorie verkleinen, vergroot de kloof met de hoogstopgeleiden.
 VN-indicator: de gekozen indicator stemt overeen met indicator 4.3.1 - Participatiegraad van jongeren en volwassenen aan formeel en niet-formeel onderwijs en vorming gedurende de voorbije 12 maanden, naar geslacht.
 Bronnen
-Algemeen
-[...7 lines deleted...]
-Raad van de Europese Unie (2009), Conclusies van de Raad van 12 mei 2009 betreffende een strategisch kader voor Europese samenwerking op het gebied van onderwijs en opleiding (ET 2020) , p. 7, Publicatieblad van de Europese Unie, 2009/C 119/02, https://eur-lex.europa.eu, (geraadpleegd op 22/11/2022).
+European Commission (2022), The European Pillar of Social Rights: state of play on the national target for 2030, https://ec.europa.eu/commission/presscorner/detail/en/IP_22_3782 (geraadpleegd op 02/10/2025).
+Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (geraadpleegd op 02/10/2025).
+Raad van de Europese Unie (2009), Conclusies van de Raad van 12 mei 2009 betreffende een strategisch kader voor Europese samenwerking op het gebied van onderwijs en opleiding (ET 2020) , p. 7, Publicatieblad van de Europese Unie, 2009/C 119/02, https://eur-lex.europa.eu.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -233,51 +220,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH47"/>
+  <dimension ref="A1:AI48"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -426,169 +413,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>7</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>8.2</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>10.3</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>11.1</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>13.5</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>6.50770492</v>
+        <v>6.513082779</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>6.673217366</v>
+        <v>6.67725788</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>6.83962559</v>
+        <v>6.842199795</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>7.00046856</v>
+        <v>7.001341702</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>7.139353543</v>
+        <v>7.138157737</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>7.238801214</v>
+        <v>7.235040113</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>7.294537715</v>
+        <v>7.287614594</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>7.312969353</v>
+        <v>7.302231345</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>7.306124202</v>
+        <v>7.290926073</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>7.287213744</v>
+        <v>7.267008315</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>7.267360104</v>
+        <v>7.241827429</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>7.255696209</v>
+        <v>7.224918642</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>7.262628224</v>
+        <v>7.227308356</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>7.30014434</v>
+        <v>7.261888695</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>7.377006155</v>
+        <v>7.338735635</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>7.498652675</v>
+        <v>7.465154777</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>7.671805246</v>
+        <v>7.65042706</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>7.898027522</v>
+        <v>7.899567316</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>8.172293706</v>
+        <v>8.211968792</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>8.495521659</v>
+        <v>8.593921662</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>8.872462211</v>
+        <v>9.056472552</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>9.305501547</v>
+        <v>9.608819582</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>9.779627379</v>
+        <v>10.2415739</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>10.2857438</v>
+        <v>10.94840337</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>10.7648219</v>
+        <v>11.72056984</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>11.21607476</v>
+        <v>12.46453289</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>11.63922686</v>
+        <v>13.17660037</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>12.03443169</v>
+        <v>13.85407184</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>12.40219314</v>
+        <v>14.49514497</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>12.74329304</v>
+        <v>15.09880886</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>13.05872615</v>
+        <v>15.66473248</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>15</v>
       </c>
@@ -657,1436 +644,1483 @@
       </c>
       <c r="AC6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AD6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AE6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AF6" s="1" t="n">
         <v>15</v>
       </c>
       <c r="AG6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
       <c r="B7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
-      <c r="A9" s="0"/>
+      <c r="A9" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...1 lines deleted...]
-      <c r="B12" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
         <v>1992</v>
       </c>
-      <c r="C12" s="1" t="n">
+      <c r="C13" s="1" t="n">
         <v>1993</v>
       </c>
-      <c r="D12" s="1" t="n">
+      <c r="D13" s="1" t="n">
         <v>1994</v>
       </c>
-      <c r="E12" s="1" t="n">
+      <c r="E13" s="1" t="n">
         <v>1995</v>
       </c>
-      <c r="F12" s="1" t="n">
+      <c r="F13" s="1" t="n">
         <v>1996</v>
       </c>
-      <c r="G12" s="1" t="n">
+      <c r="G13" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="H12" s="1" t="n">
+      <c r="H13" s="1" t="n">
         <v>1998</v>
       </c>
-      <c r="I12" s="1" t="n">
+      <c r="I13" s="1" t="n">
         <v>1999</v>
       </c>
-      <c r="J12" s="1" t="n">
+      <c r="J13" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="K12" s="1" t="n">
+      <c r="K13" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="L12" s="1" t="n">
+      <c r="L13" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="M12" s="1" t="n">
+      <c r="M13" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="N12" s="1" t="n">
+      <c r="N13" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="O12" s="1" t="n">
+      <c r="O13" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="P12" s="1" t="n">
+      <c r="P13" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="Q12" s="1" t="n">
+      <c r="Q13" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="R12" s="1" t="n">
+      <c r="R13" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="S12" s="1" t="n">
+      <c r="S13" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="T12" s="1" t="n">
+      <c r="T13" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="U12" s="1" t="n">
+      <c r="U13" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="V12" s="1" t="n">
+      <c r="V13" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="W12" s="1" t="n">
+      <c r="W13" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="X12" s="1" t="n">
+      <c r="X13" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="Y12" s="1" t="n">
+      <c r="Y13" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="Z12" s="1" t="n">
+      <c r="Z13" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="AA12" s="1" t="n">
+      <c r="AA13" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="AB12" s="1" t="n">
+      <c r="AB13" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="AC12" s="1" t="n">
+      <c r="AC13" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="AD12" s="1" t="n">
+      <c r="AD13" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="AE12" s="1" t="n">
+      <c r="AE13" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="AF12" s="1" t="n">
+      <c r="AF13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AG12" s="1" t="n">
+      <c r="AG13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH12" s="1"/>
-[...101 lines deleted...]
-      <c r="AH13" s="1"/>
+      <c r="AH13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="B14" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="C14" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="D14" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="E14" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="F14" s="1" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="G14" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="H14" s="1" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="I14" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="J14" s="1" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="K14" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="L14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="M14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="N14" s="1" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="O14" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="P14" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="Q14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="R14" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="S14" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="T14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="U14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="V14" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="W14" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="X14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="Y14" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="Z14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="AA14" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="AB14" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="AC14" s="1" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="AD14" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="AE14" s="1" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="AF14" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="AG14" s="1" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="AH14" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="AI14" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="E14" s="1" t="s">
+      <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="F14" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="H14" s="1" t="s">
+      <c r="H15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="I14" s="1" t="s">
+      <c r="I15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="J14" s="1" t="s">
+      <c r="J15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="K14" s="1" t="s">
+      <c r="K15" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="L14" s="1" t="n">
+      <c r="L15" s="1" t="n">
         <v>5.3</v>
       </c>
-      <c r="M14" s="1" t="n">
+      <c r="M15" s="1" t="n">
         <v>6.4</v>
       </c>
-      <c r="N14" s="1" t="n">
+      <c r="N15" s="1" t="n">
         <v>7.1</v>
       </c>
-      <c r="O14" s="1" t="n">
+      <c r="O15" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="P15" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="P14" s="1" t="n">
+      <c r="Q15" s="1" t="n">
         <v>7.9</v>
       </c>
-      <c r="Q14" s="1" t="n">
+      <c r="R15" s="1" t="n">
         <v>8</v>
       </c>
-      <c r="R14" s="1" t="n">
+      <c r="S15" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="T15" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="U15" s="1" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="V15" s="1" t="n">
         <v>8.2</v>
       </c>
-      <c r="S14" s="1" t="n">
-[...14 lines deleted...]
-      <c r="X14" s="1" t="n">
+      <c r="W15" s="1" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="X15" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="Y15" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="Z15" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="AA15" s="1" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="AB15" s="1" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="AC15" s="1" t="n">
         <v>10.8</v>
       </c>
-      <c r="Y14" s="1" t="n">
-[...23 lines deleted...]
-      <c r="AG14" s="1" t="n">
+      <c r="AD15" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="AE15" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="AF15" s="1" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="AG15" s="1" t="n">
         <v>12.8</v>
       </c>
-      <c r="AH14" s="1"/>
-[...3 lines deleted...]
-      <c r="B15" s="1"/>
+      <c r="AH15" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="AI15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A16" s="0"/>
+      <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0"/>
+      <c r="A18" s="0" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...1 lines deleted...]
-      <c r="B21" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="0"/>
+      <c r="B22" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="C21" s="1" t="n">
+      <c r="C22" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D21" s="1" t="n">
+      <c r="D22" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="E21" s="1" t="n">
+      <c r="E22" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="F21" s="1" t="n">
+      <c r="F22" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="G21" s="1" t="n">
+      <c r="G22" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="H21" s="1" t="n">
+      <c r="H22" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="I21" s="1" t="n">
+      <c r="I22" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="J21" s="1" t="n">
+      <c r="J22" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="K21" s="1" t="n">
+      <c r="K22" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="L21" s="1" t="n">
+      <c r="L22" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="M21" s="1" t="n">
+      <c r="M22" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="N21" s="1" t="n">
+      <c r="N22" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="O21" s="1" t="n">
+      <c r="O22" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="P21" s="1" t="n">
+      <c r="P22" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="Q21" s="1" t="n">
+      <c r="Q22" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="R21" s="1" t="n">
+      <c r="R22" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="S21" s="1" t="n">
+      <c r="S22" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="T21" s="1" t="n">
+      <c r="T22" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="U21" s="1" t="n">
+      <c r="U22" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="V21" s="1" t="n">
+      <c r="V22" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="W21" s="1" t="n">
+      <c r="W22" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="X21" s="1" t="n">
+      <c r="X22" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="Y21" s="1" t="n">
+      <c r="Y22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z21" s="1"/>
-[...77 lines deleted...]
-      <c r="Z22" s="1"/>
+      <c r="Z22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="C23" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="D23" s="1" t="n">
         <v>6.9</v>
       </c>
-      <c r="C23" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="1" t="n">
-        <v>7.6</v>
+        <v>8.6</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>9.8</v>
+        <v>10.4</v>
       </c>
       <c r="G23" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="H23" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="I23" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="J23" s="1" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="L23" s="1" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="M23" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="N23" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="O23" s="1" t="n">
         <v>9.1</v>
       </c>
-      <c r="H23" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="P23" s="1" t="n">
-        <v>7.7</v>
+        <v>10.4</v>
       </c>
       <c r="Q23" s="1" t="n">
-        <v>7</v>
+        <v>11.2</v>
       </c>
       <c r="R23" s="1" t="n">
-        <v>7.1</v>
+        <v>10</v>
       </c>
       <c r="S23" s="1" t="n">
-        <v>8.7</v>
+        <v>12.6</v>
       </c>
       <c r="T23" s="1" t="n">
-        <v>8.7</v>
+        <v>11.7</v>
       </c>
       <c r="U23" s="1" t="n">
-        <v>8.6</v>
+        <v>10.7</v>
       </c>
       <c r="V23" s="1" t="n">
-        <v>7.7</v>
+        <v>10.3</v>
       </c>
       <c r="W23" s="1" t="n">
-        <v>10.8</v>
+        <v>14.6</v>
       </c>
       <c r="X23" s="1" t="n">
-        <v>10.7</v>
+        <v>14.2</v>
       </c>
       <c r="Y23" s="1" t="n">
-        <v>11.2</v>
-[...1 lines deleted...]
-      <c r="Z23" s="1"/>
+        <v>15.6</v>
+      </c>
+      <c r="Z23" s="1" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="AA23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="I24" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="J24" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="L24" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="M24" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="N24" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="O24" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="P24" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="Q24" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="R24" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="S24" s="1" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="T24" s="1" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="U24" s="1" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="V24" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="W24" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="X24" s="1" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="Y24" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="Z24" s="1" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="AA24" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" s="1" t="n">
         <v>4.6</v>
       </c>
-      <c r="C24" s="1" t="n">
+      <c r="C25" s="1" t="n">
         <v>4.7</v>
       </c>
-      <c r="D24" s="1" t="n">
+      <c r="D25" s="1" t="n">
         <v>4.2</v>
       </c>
-      <c r="E24" s="1" t="n">
+      <c r="E25" s="1" t="n">
         <v>5.3</v>
       </c>
-      <c r="F24" s="1" t="n">
+      <c r="F25" s="1" t="n">
         <v>5.8</v>
       </c>
-      <c r="G24" s="1" t="n">
+      <c r="G25" s="1" t="n">
         <v>5.8</v>
       </c>
-      <c r="H24" s="1" t="n">
+      <c r="H25" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="I24" s="1" t="n">
+      <c r="I25" s="1" t="n">
         <v>5.2</v>
       </c>
-      <c r="J24" s="1" t="n">
+      <c r="J25" s="1" t="n">
         <v>4.8</v>
       </c>
-      <c r="K24" s="1" t="n">
+      <c r="K25" s="1" t="n">
         <v>4.9</v>
       </c>
-      <c r="L24" s="1" t="n">
+      <c r="L25" s="1" t="n">
         <v>4.9</v>
       </c>
-      <c r="M24" s="1" t="n">
+      <c r="M25" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="N24" s="1" t="n">
+      <c r="N25" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="O24" s="1" t="n">
+      <c r="O25" s="1" t="n">
         <v>5.5</v>
       </c>
-      <c r="P24" s="1" t="n">
+      <c r="P25" s="1" t="n">
         <v>5.7</v>
       </c>
-      <c r="Q24" s="1" t="n">
+      <c r="Q25" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="R24" s="1" t="n">
+      <c r="R25" s="1" t="n">
         <v>5.7</v>
       </c>
-      <c r="S24" s="1" t="n">
+      <c r="S25" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="T24" s="1" t="n">
+      <c r="T25" s="1" t="n">
         <v>7.2</v>
       </c>
-      <c r="U24" s="1" t="n">
+      <c r="U25" s="1" t="n">
         <v>6.6</v>
       </c>
-      <c r="V24" s="1" t="n">
+      <c r="V25" s="1" t="n">
         <v>5.6</v>
       </c>
-      <c r="W24" s="1" t="n">
+      <c r="W25" s="1" t="n">
         <v>7.5</v>
       </c>
-      <c r="X24" s="1" t="n">
+      <c r="X25" s="1" t="n">
         <v>8.1</v>
       </c>
-      <c r="Y24" s="1" t="n">
+      <c r="Y25" s="1" t="n">
         <v>9.1</v>
       </c>
-      <c r="Z24" s="1"/>
-[...3 lines deleted...]
-      <c r="B25" s="1"/>
+      <c r="Z25" s="1" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="AA25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A26" s="0"/>
+      <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="0"/>
+      <c r="A28" s="0" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...1 lines deleted...]
-      <c r="B31" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0"/>
+      <c r="B32" s="1" t="n">
         <v>1992</v>
       </c>
-      <c r="C31" s="1" t="n">
+      <c r="C32" s="1" t="n">
         <v>1993</v>
       </c>
-      <c r="D31" s="1" t="n">
+      <c r="D32" s="1" t="n">
         <v>1994</v>
       </c>
-      <c r="E31" s="1" t="n">
+      <c r="E32" s="1" t="n">
         <v>1995</v>
       </c>
-      <c r="F31" s="1" t="n">
+      <c r="F32" s="1" t="n">
         <v>1996</v>
       </c>
-      <c r="G31" s="1" t="n">
+      <c r="G32" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="H31" s="1" t="n">
+      <c r="H32" s="1" t="n">
         <v>1998</v>
       </c>
-      <c r="I31" s="1" t="n">
+      <c r="I32" s="1" t="n">
         <v>1999</v>
       </c>
-      <c r="J31" s="1" t="n">
+      <c r="J32" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="K31" s="1" t="n">
+      <c r="K32" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="L31" s="1" t="n">
+      <c r="L32" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="M31" s="1" t="n">
+      <c r="M32" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="N31" s="1" t="n">
+      <c r="N32" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="O31" s="1" t="n">
+      <c r="O32" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="P31" s="1" t="n">
+      <c r="P32" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="Q31" s="1" t="n">
+      <c r="Q32" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="R31" s="1" t="n">
+      <c r="R32" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="S31" s="1" t="n">
+      <c r="S32" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="T31" s="1" t="n">
+      <c r="T32" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="U31" s="1" t="n">
+      <c r="U32" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="V31" s="1" t="n">
+      <c r="V32" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="W31" s="1" t="n">
+      <c r="W32" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="X31" s="1" t="n">
+      <c r="X32" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="Y31" s="1" t="n">
+      <c r="Y32" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="Z31" s="1" t="n">
+      <c r="Z32" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="AA31" s="1" t="n">
+      <c r="AA32" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="AB31" s="1" t="n">
+      <c r="AB32" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="AC31" s="1" t="n">
+      <c r="AC32" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="AD31" s="1" t="n">
+      <c r="AD32" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="AE31" s="1" t="n">
+      <c r="AE32" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="AF31" s="1" t="n">
+      <c r="AF32" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AG31" s="1" t="n">
+      <c r="AG32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH31" s="1"/>
-[...101 lines deleted...]
-      <c r="AH32" s="1"/>
+      <c r="AH32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="C33" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="D33" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="E33" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="F33" s="1" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="G33" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="H33" s="1" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="I33" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="J33" s="1" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="L33" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="M33" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="N33" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="O33" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="P33" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="Q33" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="R33" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="S33" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="T33" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="U33" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="V33" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="W33" s="1" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="X33" s="1" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="Y33" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="Z33" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="AA33" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="AB33" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="AC33" s="1" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="AD33" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="AE33" s="1" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="AF33" s="1" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="AG33" s="1" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="AH33" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="AI33" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B34" s="1" t="n">
         <v>2.8</v>
       </c>
-      <c r="C33" s="1" t="n">
+      <c r="C34" s="1" t="n">
         <v>3.3</v>
       </c>
-      <c r="D33" s="1" t="n">
+      <c r="D34" s="1" t="n">
         <v>3.2</v>
       </c>
-      <c r="E33" s="1" t="n">
+      <c r="E34" s="1" t="n">
         <v>3.3</v>
       </c>
-      <c r="F33" s="1" t="n">
+      <c r="F34" s="1" t="n">
         <v>3.4</v>
       </c>
-      <c r="G33" s="1" t="n">
+      <c r="G34" s="1" t="n">
         <v>3.4</v>
       </c>
-      <c r="H33" s="1" t="n">
+      <c r="H34" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="I33" s="1" t="n">
+      <c r="I34" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="J33" s="1" t="n">
+      <c r="J34" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="K33" s="1" t="n">
+      <c r="K34" s="1" t="n">
         <v>6.9</v>
       </c>
-      <c r="L33" s="1" t="n">
+      <c r="L34" s="1" t="n">
         <v>5.9</v>
       </c>
-      <c r="M33" s="1" t="n">
+      <c r="M34" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="N33" s="1" t="n">
+      <c r="N34" s="1" t="n">
         <v>8.7</v>
       </c>
-      <c r="O33" s="1" t="n">
+      <c r="O34" s="1" t="n">
         <v>8.2</v>
       </c>
-      <c r="P33" s="1" t="n">
+      <c r="P34" s="1" t="n">
         <v>7.7</v>
       </c>
-      <c r="Q33" s="1" t="n">
+      <c r="Q34" s="1" t="n">
         <v>7.2</v>
       </c>
-      <c r="R33" s="1" t="n">
+      <c r="R34" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="S33" s="1" t="n">
+      <c r="S34" s="1" t="n">
         <v>6.6</v>
       </c>
-      <c r="T33" s="1" t="n">
+      <c r="T34" s="1" t="n">
         <v>7.2</v>
       </c>
-      <c r="U33" s="1" t="n">
+      <c r="U34" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="V33" s="1" t="n">
+      <c r="V34" s="1" t="n">
         <v>6.5</v>
       </c>
-      <c r="W33" s="1" t="n">
+      <c r="W34" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="X33" s="1" t="n">
+      <c r="X34" s="1" t="n">
         <v>6.9</v>
       </c>
-      <c r="Y33" s="1" t="n">
+      <c r="Y34" s="1" t="n">
         <v>6.5</v>
       </c>
-      <c r="Z33" s="1" t="n">
+      <c r="Z34" s="1" t="n">
         <v>6.5</v>
       </c>
-      <c r="AA33" s="1" t="n">
+      <c r="AA34" s="1" t="n">
         <v>8.1</v>
       </c>
-      <c r="AB33" s="1" t="n">
+      <c r="AB34" s="1" t="n">
         <v>8.1</v>
       </c>
-      <c r="AC33" s="1" t="n">
+      <c r="AC34" s="1" t="n">
         <v>7.7</v>
       </c>
-      <c r="AD33" s="1" t="n">
+      <c r="AD34" s="1" t="n">
         <v>7.1</v>
       </c>
-      <c r="AE33" s="1" t="n">
+      <c r="AE34" s="1" t="n">
         <v>10</v>
       </c>
-      <c r="AF33" s="1" t="n">
+      <c r="AF34" s="1" t="n">
         <v>9.7</v>
       </c>
-      <c r="AG33" s="1" t="n">
+      <c r="AG34" s="1" t="n">
         <v>10.4</v>
       </c>
-      <c r="AH33" s="1"/>
-[...3 lines deleted...]
-      <c r="B34" s="1"/>
+      <c r="AH34" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="AI34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A35" s="0"/>
+      <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="0"/>
+      <c r="A37" s="0" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-[...1 lines deleted...]
-      <c r="B40" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="0"/>
+      <c r="B41" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="C40" s="1" t="n">
+      <c r="C41" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D40" s="1" t="n">
+      <c r="D41" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="E40" s="1" t="n">
+      <c r="E41" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="F40" s="1" t="n">
+      <c r="F41" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="G40" s="1" t="n">
+      <c r="G41" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="H40" s="1" t="n">
+      <c r="H41" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="I40" s="1" t="n">
+      <c r="I41" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="J40" s="1" t="n">
+      <c r="J41" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="K40" s="1" t="n">
+      <c r="K41" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="L40" s="1" t="n">
+      <c r="L41" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="M40" s="1" t="n">
+      <c r="M41" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="N40" s="1" t="n">
+      <c r="N41" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="O40" s="1" t="n">
+      <c r="O41" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="P40" s="1" t="n">
+      <c r="P41" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="Q40" s="1" t="n">
+      <c r="Q41" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="R40" s="1" t="n">
+      <c r="R41" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="S40" s="1" t="n">
+      <c r="S41" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="T40" s="1" t="n">
+      <c r="T41" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="U40" s="1" t="n">
+      <c r="U41" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="V40" s="1" t="n">
+      <c r="V41" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="W40" s="1" t="n">
+      <c r="W41" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="X40" s="1" t="n">
+      <c r="X41" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="Y40" s="1" t="n">
+      <c r="Y41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z40" s="1"/>
-[...77 lines deleted...]
-      <c r="Z41" s="1"/>
+      <c r="Z41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B42" s="1" t="n">
-        <v>6.5</v>
+        <v>2.2</v>
       </c>
       <c r="C42" s="1" t="n">
-        <v>6.4</v>
+        <v>2.3</v>
       </c>
       <c r="D42" s="1" t="n">
-        <v>5.8</v>
+        <v>2.2</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>6.4</v>
+        <v>2.6</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>7.6</v>
+        <v>3.2</v>
       </c>
       <c r="G42" s="1" t="n">
-        <v>7.3</v>
+        <v>3.1</v>
       </c>
       <c r="H42" s="1" t="n">
-        <v>6.8</v>
+        <v>3.1</v>
       </c>
       <c r="I42" s="1" t="n">
-        <v>6.4</v>
+        <v>3</v>
       </c>
       <c r="J42" s="1" t="n">
-        <v>6.1</v>
+        <v>3</v>
       </c>
       <c r="K42" s="1" t="n">
-        <v>5.6</v>
+        <v>3.2</v>
       </c>
       <c r="L42" s="1" t="n">
-        <v>6.1</v>
+        <v>3.2</v>
       </c>
       <c r="M42" s="1" t="n">
-        <v>5.9</v>
+        <v>3.2</v>
       </c>
       <c r="N42" s="1" t="n">
-        <v>5.5</v>
+        <v>2.9</v>
       </c>
       <c r="O42" s="1" t="n">
-        <v>5.2</v>
+        <v>3</v>
       </c>
       <c r="P42" s="1" t="n">
-        <v>5.7</v>
+        <v>3.1</v>
       </c>
       <c r="Q42" s="1" t="n">
-        <v>5.5</v>
+        <v>3</v>
       </c>
       <c r="R42" s="1" t="n">
-        <v>5.3</v>
+        <v>2.8</v>
       </c>
       <c r="S42" s="1" t="n">
-        <v>6</v>
+        <v>3.2</v>
       </c>
       <c r="T42" s="1" t="n">
-        <v>6.1</v>
+        <v>3.2</v>
       </c>
       <c r="U42" s="1" t="n">
-        <v>5.4</v>
+        <v>3.4</v>
       </c>
       <c r="V42" s="1" t="n">
-        <v>4.8</v>
+        <v>2.4</v>
       </c>
       <c r="W42" s="1" t="n">
-        <v>6.8</v>
+        <v>4</v>
       </c>
       <c r="X42" s="1" t="n">
-        <v>6.5</v>
+        <v>3.9</v>
       </c>
       <c r="Y42" s="1" t="n">
-        <v>7.6</v>
-[...1 lines deleted...]
-      <c r="Z42" s="1"/>
+        <v>4.6</v>
+      </c>
+      <c r="Z42" s="1" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="AA42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B43" s="1" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="C43" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="D43" s="1" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="E43" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="F43" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="G43" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="H43" s="1" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="I43" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="J43" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="K43" s="1" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="L43" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="M43" s="1" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="N43" s="1" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="O43" s="1" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="P43" s="1" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="Q43" s="1" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="R43" s="1" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="S43" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="T43" s="1" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="U43" s="1" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="V43" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="W43" s="1" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="X43" s="1" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="Y43" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="Z43" s="1" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="AA43" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="B43" s="1" t="n">
+      <c r="B44" s="1" t="n">
         <v>11.9</v>
       </c>
-      <c r="C43" s="1" t="n">
+      <c r="C44" s="1" t="n">
         <v>12.5</v>
       </c>
-      <c r="D43" s="1" t="n">
+      <c r="D44" s="1" t="n">
         <v>11.3</v>
       </c>
-      <c r="E43" s="1" t="n">
+      <c r="E44" s="1" t="n">
         <v>13.2</v>
       </c>
-      <c r="F43" s="1" t="n">
+      <c r="F44" s="1" t="n">
         <v>16</v>
       </c>
-      <c r="G43" s="1" t="n">
+      <c r="G44" s="1" t="n">
         <v>15.3</v>
       </c>
-      <c r="H43" s="1" t="n">
+      <c r="H44" s="1" t="n">
         <v>13.7</v>
       </c>
-      <c r="I43" s="1" t="n">
+      <c r="I44" s="1" t="n">
         <v>12.9</v>
       </c>
-      <c r="J43" s="1" t="n">
+      <c r="J44" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="K43" s="1" t="n">
+      <c r="K44" s="1" t="n">
         <v>12.1</v>
       </c>
-      <c r="L43" s="1" t="n">
+      <c r="L44" s="1" t="n">
         <v>12.3</v>
       </c>
-      <c r="M43" s="1" t="n">
+      <c r="M44" s="1" t="n">
         <v>12.5</v>
       </c>
-      <c r="N43" s="1" t="n">
+      <c r="N44" s="1" t="n">
         <v>11.6</v>
       </c>
-      <c r="O43" s="1" t="n">
+      <c r="O44" s="1" t="n">
         <v>11.7</v>
       </c>
-      <c r="P43" s="1" t="n">
+      <c r="P44" s="1" t="n">
         <v>12.2</v>
       </c>
-      <c r="Q43" s="1" t="n">
+      <c r="Q44" s="1" t="n">
         <v>11.2</v>
       </c>
-      <c r="R43" s="1" t="n">
+      <c r="R44" s="1" t="n">
         <v>11.5</v>
       </c>
-      <c r="S43" s="1" t="n">
+      <c r="S44" s="1" t="n">
         <v>13.7</v>
       </c>
-      <c r="T43" s="1" t="n">
+      <c r="T44" s="1" t="n">
         <v>13.7</v>
       </c>
-      <c r="U43" s="1" t="n">
+      <c r="U44" s="1" t="n">
         <v>13.4</v>
       </c>
-      <c r="V43" s="1" t="n">
+      <c r="V44" s="1" t="n">
         <v>11.9</v>
       </c>
-      <c r="W43" s="1" t="n">
+      <c r="W44" s="1" t="n">
         <v>15.5</v>
       </c>
-      <c r="X43" s="1" t="n">
+      <c r="X44" s="1" t="n">
         <v>15.7</v>
       </c>
-      <c r="Y43" s="1" t="n">
+      <c r="Y44" s="1" t="n">
         <v>16.6</v>
       </c>
-      <c r="Z43" s="1"/>
-[...3 lines deleted...]
-      <c r="B44" s="1"/>
+      <c r="Z44" s="1" t="n">
+        <v>22.6</v>
+      </c>
+      <c r="AA44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A45" s="0"/>
+      <c r="B45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>26</v>
+        <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="0"/>
+      <c r="A47" s="0" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>