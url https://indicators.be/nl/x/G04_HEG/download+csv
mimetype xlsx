--- v0 (2025-10-04)
+++ v1 (2026-03-04)
@@ -13,154 +13,142 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G04_HEG" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Gediplomeerden van het hoger onderwijs - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van 25-34-jarigen</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2008, 2014, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Tertiary educational attainment by sex, age group 25-34, edat_lfse_03, https://ec.europa.eu/eurostat (geraadpleegd op 02/10/2024) &amp; berekeningen FPB.</t>
+    <t>Noot: breuk in tijdreeks: 2008, 2014, 2017, 2021</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Tertiary educational attainment by sex, age group 25-34, edat_lfse_03, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025)</t>
   </si>
   <si>
     <t>Gediplomeerden van het hoger onderwijs - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE in 1999, 2008, 2014, 2017, 2021; EU in 2014 en 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Tertiary educational attainment by sex, age group 25-34 [edat_lfse_03], https://ec.europa.eu/eurostat (geraadpleegd op 02/10/2024).</t>
+    <t>Noot: breuk in tijdreeks: BE in 1999, 2008, 2014, 2017, 2021; EU in 2014 en 2021</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Tertiary educational attainment by sex, age group 25-34, edat_lfse_03, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025).</t>
   </si>
   <si>
     <t>Gediplomeerden van het hoger onderwijs volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. Breuk in tijdreeks: 2008, 2014, 2017, 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), Tertiary educational attainment by NUTS 2 regions, age group 25-34, edat_lfse_04, https://ec.europa.eu/eurostat (geraadpleegd op 02/10/2024).</t>
+    <t>Noot: De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. Breuk in tijdreeks: 2008, 2014, 2017, 2021</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Tertiary educational attainment by NUTS 2 regions, age group 25-34, edat_lfse_04, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025).</t>
   </si>
   <si>
     <t>Gediplomeerden van het hoger onderwijs volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Tertiary educational attainment by sex, age group 25-34, edat_lfse_03, https://ec.europa.eu/eurostat (geraadpleegd op 02/10/2024).</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G04_HEG</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Gediplomeerden van het hoger onderwijs (i26)</t>
+    <t>Gediplomeerden van het hoger onderwijs (i27)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: aandeel van de bevolking tussen 25 en 34 jaar, met een diploma hoger onderwijs. Het scholingsniveau komt overeen met ISCED (International Standard Classification of Education) 2011 niveaus 5-8 voor gegevens vanaf 2014 en met ISCED 1997 niveaus 5-6 voor gegevens tot 2013. De gegevens komen van de Enquête naar de arbeidskrachten (EAK). Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De methodologie van deze enquête werd in 2017 herzien. Gegevens van 2017 met die van voorgaande jaren vergelijken, vergt de nodige voorzichtigheid. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) zijn op verzoek verkrijgbaar bij Statistics Belgium.
+    <t>Definitie: aandeel van de bevolking tussen 25 en 34 jaar, met een diploma hoger onderwijs. Het scholingsniveau komt overeen met ISCED (International Standard Classification of Education) 2011 niveaus 5-8 voor gegevens vanaf 2014 en met ISCED 1997 niveaus 5-6 voor gegevens tot 2013. De gegevens komen van de Enquête naar de arbeidskrachten (EAK). Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De methodologie van deze enquête werd meermaals herzien en gegevens over meerdere jaren vergelijken, vergt de nodige voorzichtigheid. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) zijn op verzoek verkrijgbaar bij Statistics Belgium.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest en geslacht.
 Doelstelling: 45% van de 25-34-jarigen hebben een diploma hoger onderwijs.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 4.3: "Tegen 2030 gelijke toegang garanderen voor alle vrouwen en mannen tot betaalbaar en kwaliteitsvol technisch, beroeps- en hoger onderwijs, met inbegrip van de universiteit".
 De Raad van de Europese Unie (2021) heeft een cijferdoel aangenomen in de Resolutie over een strategisch kader voor Europese samenwerking op het gebied van onderwijs en opleiding met het oog op de Europese Onderwijsruimte en verder (2021-2030) van 45% van de 25-34-jarigen die een diploma hoger onderwijs moeten hebben tegen 2030.
 In het kader van de Europese pijler van de sociale rechten heeft België de doelstelling van 50,1% in tertiaire opleiding van de 30 tot 34-jarigen tegen 2030 vooropgesteld (European Commission, 2022; Federal Public Service Social Security, 2023). Deze doelstelling geldt voor een andere leeftijdscategorie en wordt niet gebruikt voor de evaluatie.
-Evolutie: het aandeel 25-34-jarigen met een diploma hoger onderwijs nam aanzienlijk toe tussen 1992 en 2023: een stijging van meer dan 22 procentpunt, gaande van 27,8% tot 50,0%.
-[...2 lines deleted...]
-Opsplitsing volgens geslacht: verhoudingsgewijs zijn er meer vrouwen (57,3%) dan mannen (42,6%) met een diploma hoger onderwijs en het verschil wordt bovendien nog groter: 4 procentpunt in 1992 tegenover 14,7 procentpunt in 2023.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 4.3, aangezien het aandeel mensen met een diploma hoger onderwijs de toegang tot betaalbaar en kwaliteitsvol onderwijs illustreert.
-Deze indicator wordt gebruikt om de composiete indicator Menselijk kapitaal, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator Menselijk kapitaal te berekenen.
 Bronnen
-Algemeen
-[...7 lines deleted...]
-Raad van de Europese Unie (2021), Resolutie van de Raad betreffende een strategisch kader voor Europese samenwerking op het gebied van onderwijs en opleiding met het oog op de Europese Onderwijsruimte en verder (2021-2030), p. 15, Publicatieblad van de Europese Unie, https://eur-lex.europa.eu, 2021/C 66/01, geraadpleegd op 22/11/2022.
+European Commission (2022), The European Pillar of Social Rights: state of play on the national target for 2030, https://ec.europa.eu/commission/presscorner/detail/en/IP_22_3782 (geraadpleegd op 02/10/2025).
+Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (geraadpleegd op 02/10/2025).
+Raad van de Europese Unie (2021), Resolutie van de Raad betreffende een strategisch kader voor Europese samenwerking op het gebied van onderwijs en opleiding met het oog op de Europese Onderwijsruimte en verder (2021-2030), p. 15, Publicatieblad van de Europese Unie, https://eur-lex.europa.eu, 2021/C 66/01.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -218,51 +206,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH38"/>
+  <dimension ref="A1:AI38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -411,169 +399,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>44.3</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>45.7</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>47.4</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>47.3</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>48.5</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>50.9</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>51.4</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>50.7</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>36.86373079</v>
+        <v>36.86031358</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>37.55643568</v>
+        <v>37.55388457</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>38.25308658</v>
+        <v>38.2514712</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>38.94360321</v>
+        <v>38.94305814</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>39.61038174</v>
+        <v>39.61112637</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>40.23426033</v>
+        <v>40.23660704</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>40.80616828</v>
+        <v>40.81051687</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>41.32058056</v>
+        <v>41.32739517</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>41.78310431</v>
+        <v>41.79286984</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>42.19970382</v>
+        <v>42.21285533</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>42.58205656</v>
+        <v>42.59887886</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>42.94546462</v>
+        <v>42.9659568</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>43.3180413</v>
+        <v>43.34174742</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>43.72433906</v>
+        <v>43.75012869</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>44.18661509</v>
+        <v>44.21241511</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>44.71759103</v>
+        <v>44.74006516</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>45.33093887</v>
+        <v>45.345137</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>46.02439921</v>
+        <v>46.02339234</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>46.78505922</v>
+        <v>46.75963777</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>47.59591747</v>
+        <v>47.53444504</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>48.44514049</v>
+        <v>48.3336668</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>49.3169469</v>
+        <v>49.13974075</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>50.19494177</v>
+        <v>49.93562317</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>51.07767447</v>
+        <v>50.72103735</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>51.8861053</v>
+        <v>51.51063351</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>52.62520892</v>
+        <v>52.23233282</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>53.29987765</v>
+        <v>52.89096252</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>53.91486398</v>
+        <v>53.49120381</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>54.47473793</v>
+        <v>54.03755169</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>54.98385704</v>
+        <v>54.53428702</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>55.44634661</v>
+        <v>54.98545838</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>45</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>45</v>
       </c>
@@ -757,51 +745,54 @@
       </c>
       <c r="Z13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH13" s="1"/>
+      <c r="AH13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>27.8</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>29.4</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>30.6</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>30.9</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>32.7</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>33.5</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>33.8</v>
@@ -859,51 +850,54 @@
       </c>
       <c r="Z14" s="1" t="n">
         <v>44.3</v>
       </c>
       <c r="AA14" s="1" t="n">
         <v>45.7</v>
       </c>
       <c r="AB14" s="1" t="n">
         <v>47.4</v>
       </c>
       <c r="AC14" s="1" t="n">
         <v>47.3</v>
       </c>
       <c r="AD14" s="1" t="n">
         <v>48.5</v>
       </c>
       <c r="AE14" s="1" t="n">
         <v>50.9</v>
       </c>
       <c r="AF14" s="1" t="n">
         <v>51.4</v>
       </c>
       <c r="AG14" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AH14" s="1"/>
+      <c r="AH14" s="1" t="n">
+        <v>50.7</v>
+      </c>
+      <c r="AI14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H15" s="1" t="s">
         <f>=NA()</f>
@@ -929,83 +923,86 @@
       <c r="O15" s="1" t="n">
         <v>27.2</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>28.1</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>28.9</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>29.9</v>
       </c>
       <c r="S15" s="1" t="n">
         <v>31.2</v>
       </c>
       <c r="T15" s="1" t="n">
         <v>32.2</v>
       </c>
       <c r="U15" s="1" t="n">
         <v>33.1</v>
       </c>
       <c r="V15" s="1" t="n">
         <v>34.1</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>35.1</v>
+        <v>35.2</v>
       </c>
       <c r="X15" s="1" t="n">
         <v>35.9</v>
       </c>
       <c r="Y15" s="1" t="n">
         <v>36.5</v>
       </c>
       <c r="Z15" s="1" t="n">
         <v>36.8</v>
       </c>
       <c r="AA15" s="1" t="n">
         <v>37.6</v>
       </c>
       <c r="AB15" s="1" t="n">
         <v>38.7</v>
       </c>
       <c r="AC15" s="1" t="n">
         <v>39.6</v>
       </c>
       <c r="AD15" s="1" t="n">
         <v>40.7</v>
       </c>
       <c r="AE15" s="1" t="n">
         <v>41.5</v>
       </c>
       <c r="AF15" s="1" t="n">
         <v>42</v>
       </c>
       <c r="AG15" s="1" t="n">
         <v>43.1</v>
       </c>
-      <c r="AH15" s="1"/>
+      <c r="AH15" s="1" t="n">
+        <v>44.1</v>
+      </c>
+      <c r="AI15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -1064,51 +1061,54 @@
       </c>
       <c r="R22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Y22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z22" s="1"/>
+      <c r="Z22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>43</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>42.5</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>43.8</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>45.7</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>46</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>47.7</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>47.7</v>
@@ -1142,51 +1142,54 @@
       </c>
       <c r="R23" s="1" t="n">
         <v>48.9</v>
       </c>
       <c r="S23" s="1" t="n">
         <v>51.8</v>
       </c>
       <c r="T23" s="1" t="n">
         <v>54</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>53.8</v>
       </c>
       <c r="V23" s="1" t="n">
         <v>55.9</v>
       </c>
       <c r="W23" s="1" t="n">
         <v>56.7</v>
       </c>
       <c r="X23" s="1" t="n">
         <v>58.1</v>
       </c>
       <c r="Y23" s="1" t="n">
         <v>61.6</v>
       </c>
-      <c r="Z23" s="1"/>
+      <c r="Z23" s="1" t="n">
+        <v>59.7</v>
+      </c>
+      <c r="AA23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>37.2</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>38.6</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>38.6</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>39.3</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>41.9</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>42.2</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>43.3</v>
@@ -1220,51 +1223,54 @@
       </c>
       <c r="R24" s="1" t="n">
         <v>46.6</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>47.2</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>48.8</v>
       </c>
       <c r="U24" s="1" t="n">
         <v>49.3</v>
       </c>
       <c r="V24" s="1" t="n">
         <v>51.1</v>
       </c>
       <c r="W24" s="1" t="n">
         <v>53.5</v>
       </c>
       <c r="X24" s="1" t="n">
         <v>54.3</v>
       </c>
       <c r="Y24" s="1" t="n">
         <v>51.6</v>
       </c>
-      <c r="Z24" s="1"/>
+      <c r="Z24" s="1" t="n">
+        <v>52.4</v>
+      </c>
+      <c r="AA24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>31.3</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>33.8</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>33.7</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>35.6</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>36.6</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>35</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>36.9</v>
@@ -1298,51 +1304,54 @@
       </c>
       <c r="R25" s="1" t="n">
         <v>38.3</v>
       </c>
       <c r="S25" s="1" t="n">
         <v>40.4</v>
       </c>
       <c r="T25" s="1" t="n">
         <v>42</v>
       </c>
       <c r="U25" s="1" t="n">
         <v>40.7</v>
       </c>
       <c r="V25" s="1" t="n">
         <v>40.4</v>
       </c>
       <c r="W25" s="1" t="n">
         <v>43.4</v>
       </c>
       <c r="X25" s="1" t="n">
         <v>42.9</v>
       </c>
       <c r="Y25" s="1" t="n">
         <v>41.5</v>
       </c>
-      <c r="Z25" s="1"/>
+      <c r="Z25" s="1" t="n">
+        <v>43.3</v>
+      </c>
+      <c r="AA25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
@@ -1425,51 +1434,54 @@
       </c>
       <c r="Z32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH32" s="1"/>
+      <c r="AH32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>29.8</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>32.4</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>33.4</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>33.8</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>36.3</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>37.6</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>37.6</v>
@@ -1527,51 +1539,54 @@
       </c>
       <c r="Z33" s="1" t="n">
         <v>50.8</v>
       </c>
       <c r="AA33" s="1" t="n">
         <v>51.4</v>
       </c>
       <c r="AB33" s="1" t="n">
         <v>54.2</v>
       </c>
       <c r="AC33" s="1" t="n">
         <v>54.6</v>
       </c>
       <c r="AD33" s="1" t="n">
         <v>56.2</v>
       </c>
       <c r="AE33" s="1" t="n">
         <v>57.8</v>
       </c>
       <c r="AF33" s="1" t="n">
         <v>58.6</v>
       </c>
       <c r="AG33" s="1" t="n">
         <v>57.3</v>
       </c>
-      <c r="AH33" s="1"/>
+      <c r="AH33" s="1" t="n">
+        <v>56.9</v>
+      </c>
+      <c r="AI33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>25.8</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>26.6</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>27.8</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>28.2</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>29.3</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>29.4</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>30</v>
@@ -1629,117 +1644,120 @@
       </c>
       <c r="Z34" s="1" t="n">
         <v>37.8</v>
       </c>
       <c r="AA34" s="1" t="n">
         <v>40</v>
       </c>
       <c r="AB34" s="1" t="n">
         <v>40.6</v>
       </c>
       <c r="AC34" s="1" t="n">
         <v>39.9</v>
       </c>
       <c r="AD34" s="1" t="n">
         <v>40.8</v>
       </c>
       <c r="AE34" s="1" t="n">
         <v>44</v>
       </c>
       <c r="AF34" s="1" t="n">
         <v>44.1</v>
       </c>
       <c r="AG34" s="1" t="n">
         <v>42.6</v>
       </c>
-      <c r="AH34" s="1"/>
+      <c r="AH34" s="1" t="n">
+        <v>44.4</v>
+      </c>
+      <c r="AI34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>