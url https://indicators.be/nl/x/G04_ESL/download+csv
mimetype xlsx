--- v0 (2025-10-04)
+++ v1 (2026-03-04)
@@ -24,139 +24,130 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G04_ESL" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Vroegtijdige schoolverlaters - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van 18-24-jarigen</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 1999, 2004, 2006, 2008, 2014, 2017 en 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_14, https://ec.europa.eu/eurostat (geraadpleegd op 04/09/2024) &amp; berekeningen FPB.</t>
+    <t>Noot: breuk in tijdreeks: 1999, 2004, 2006, 2008, 2014, 2017, 2021 en 2024</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Early leavers from education and training by labour status, edat_lfse_14, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025)</t>
   </si>
   <si>
     <t>Vroegtijdige schoolverlaters - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE in 1999, 2004, 2006, 2008, 2014, 2017 en 2021; EU in 2003, 2006, 2014 en 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_14, https://ec.europa.eu/eurostat (geraadpleegd op 04/09/2024).</t>
+    <t>Noot: breuk in tijdreeks: BE in 1999, 2004, 2006, 2008, 2014, 2017, 2021 en 2024; EU in 2003, 2006, 2014 en 2021</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Early leavers from education and training by labour status, edat_lfse_14, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025).</t>
   </si>
   <si>
     <t>Vroegtijdige schoolverlaters volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. Breuk in tijdreeks: 2004, 2006, 2008, 2014, 2017 en 2021</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Labour Force Survey (EU-LFS), edat_lfse_16, https://ec.europa.eu/eurostat (geraadpleegd op 04/09/2024).</t>
+    <t>Noot: De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. Breuk in tijdreeks: 2004, 2006, 2008, 2014, 2017, 2021 en 2024</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Early leavers from education and training by NUTS 2 region, edat_lfse_16, https://ec.europa.eu/eurostat, laatste update van data 12/06/2025 23:00 (geraadpleegd op 07/07/2025).</t>
   </si>
   <si>
     <t>Vroegtijdige schoolverlaters volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G04_ESL</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Vroegtijdige schoolverlaters (i24)</t>
+    <t>Vroegtijdige schoolverlaters (i25)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: aandeel jongeren tussen 18 en 24 jaar met hoogstens een diploma lager middelbaar onderwijs die geen onderwijs of opleiding volgden tijdens de vier weken die voorafgingen aan het interview. Het lager middelbaar onderwijs komt overeen met de ISCED (International Standard Classification of Education) 2011 niveaus 0-2 voor gegevens vanaf 2014 en met de ISCED 1997 niveaus 0-3C voor gegevens tot 2013. De gegevens komen van de Enquête naar de arbeidskrachten (EAK). Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De methodologie van deze enquête werd in 2017 herzien. Gegevens van 2017 met die van voorgaande jaren vergelijken, vergt de nodige voorzichtigheid. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) zijn op verzoek verkrijgbaar bij Statistics Belgium.
+    <t>Definitie: aandeel jongeren tussen 18 en 24 jaar met hoogstens een diploma lager middelbaar onderwijs die geen onderwijs of opleiding volgden tijdens de vier weken die voorafgingen aan het interview. Het lager middelbaar onderwijs komt overeen met de ISCED (International Standard Classification of Education) 2011 niveaus 0-2 voor gegevens vanaf 2014 en met de ISCED 1997 niveaus 0-3C voor gegevens tot 2013. De gegevens komen van de Enquête naar de arbeidskrachten (EAK). Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De methodologie van deze enquête werd meermaals herzien en gegevens over meerdere jaren vergelijken, vergt de nodige voorzichtigheid. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) zijn op verzoek verkrijgbaar bij Statistics Belgium.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest en geslacht.
 Doelstelling: 0% vroegtijdige schoolverlaters tegen 2030.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 4.1: "Er tegen 2030 voor zorgen dat alle meisjes en jongens op een vrije, billijke en kwalitatief hoogstaande manier lager en middelbaar onderwijs kunnen afwerken, wat moet kunnen leiden tot relevante en doeltreffende leerresultaten". Deze doelstelling vereist dat alle meisjes en jongens op een billijke en kwaliteitsvolle manier lager en middelbaar onderwijs gratis kunnen afwerken en wordt opgevat als het beogen van 0% vroegtijdige schoolverlaters tegen 2030.
 In het kader van de Europese pijler van de sociale rechten heeft de EU een doelstelling van 9% en België van 7,4% in het aandeel schoolverlaters tegen 2030 vooropgesteld (European Commission, 2022; Federal Public Service Social Security, 2023).
-Evolutie: volgens de EAK is het aandeel vroegtijdige schoolverlaters gedaald van 18,1% in 1992 tot 6,2% in 2023.
-[...2 lines deleted...]
-Opsplitsing volgens geslacht: meer mannen (7,9%) dan vrouwen (4,4%) verlaten de school zonder diploma. De laatste jaren toont de evolutie bij de mannen een sterkere variatie dan bij de vrouwen. Het verschil tussen mannen en vrouwen steeg van 3,3 procentpunt in 1992 tot 6,1 procentpunt in 2002 en daalde daarna terug tot 3,5 procentpunt in 2023. Het aandeel schoolverlaters ligt over de volledige periode hoger bij mannen dan bij vrouwen en beide groepen vertonen een dalende trend over de hele periode.
 VN-indicator: de gekozen indicator is verwant met indicator 4.1.1 - Deel van de kinderen en jongeren: (a) in het basisonderwijs; (b) op het einde van het basisonderwijs; en (c) op het einde van de eerste cyclus van het secundair onderwijs met ten minste het minimale vaardigheidsniveau voor (i) lezen en (ii) wiskunde, naar geslacht. Hij werd gekozen omdat hij informatie geeft over het aantal leerlingen dat het middelbaar onderwijs verlaat met hoogstens een diploma lager middelbaar onderwijs.
-Deze indicator wordt gebruikt om de composiete indicator van het welzijn hier en nu, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator van het welzijn hier en nu te berekenen.
 Bronnen
-Algemeen
-[...7 lines deleted...]
-Raad van de Europese Unie (2021), Resolutie van de Raad betreffende een strategisch kader voor Europese samenwerking op het gebied van onderwijs en opleiding met het oog op de Europese Onderwijsruimte en verder (2021-2030), p. 15, Publicatieblad van de Europese Unie, https://eur-lex.europa.eu, 2021/C 66/01, geraadpleegd op 22/11/2022.
+European Commission (2022), The European Pillar of Social Rights: state of play on the national target for 2030, https://ec.europa.eu/commission/presscorner/detail/en/IP_22_3782 (geraadpleegd op 02/10/2025).
+Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021 https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (geraadpleegd op 02/10/2025).
+Raad van de Europese Unie (2021), Resolutie van de Raad betreffende een strategisch kader voor Europese samenwerking op het gebied van onderwijs en opleiding met het oog op de Europese Onderwijsruimte en verder (2021-2030), p. 15, Publicatieblad van de Europese Unie, https://eur-lex.europa.eu, 2021/C 66/01.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -214,51 +205,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH38"/>
+  <dimension ref="A1:AI38"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -407,169 +398,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>8.8</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="U4" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>6.2</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>7</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>14.24940899</v>
+        <v>14.25811189</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>14.0148516</v>
+        <v>14.02112334</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>13.77973854</v>
+        <v>13.78357175</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>13.53779713</v>
+        <v>13.53904517</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>13.28627037</v>
+        <v>13.28462544</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>13.02979612</v>
+        <v>13.02479177</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>12.77090507</v>
+        <v>12.76194498</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>12.51070685</v>
+        <v>12.49712598</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>12.24859332</v>
+        <v>12.2297551</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>11.98002973</v>
+        <v>11.95546827</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>11.69852094</v>
+        <v>11.66812732</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>11.38959066</v>
+        <v>11.35386037</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>11.04247059</v>
+        <v>11.00275143</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>10.65653978</v>
+        <v>10.61523406</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>10.24070821</v>
+        <v>10.20141286</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>9.806575091</v>
+        <v>9.774175638</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>9.360456563</v>
+        <v>9.341169732</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>8.910781164</v>
+        <v>8.912065212</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>8.4596465</v>
+        <v>8.489984307</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>8.00902607</v>
+        <v>8.077490335</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>7.562111519</v>
+        <v>7.677724747</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>7.125152222</v>
+        <v>7.296098583</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>6.707847113</v>
+        <v>6.940631224</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>6.313833852</v>
+        <v>6.612036849</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>5.980051532</v>
+        <v>6.305583605</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>5.695528384</v>
+        <v>6.042558778</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>5.451641077</v>
+        <v>5.815710839</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>5.24154162</v>
+        <v>5.619212331</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>5.059739388</v>
+        <v>5.448338958</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>4.901792593</v>
+        <v>5.299229371</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>4.764077957</v>
+        <v>5.168703481</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -753,51 +744,54 @@
       </c>
       <c r="Z13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH13" s="1"/>
+      <c r="AH13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>12.7</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>14.5</v>
@@ -855,51 +849,54 @@
       </c>
       <c r="Z14" s="1" t="n">
         <v>8.8</v>
       </c>
       <c r="AA14" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="AB14" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="AC14" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="AD14" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="AE14" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="AF14" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="AG14" s="1" t="n">
         <v>6.2</v>
       </c>
-      <c r="AH14" s="1"/>
+      <c r="AH14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="AI14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H15" s="1" t="s">
         <f>=NA()</f>
@@ -949,59 +946,62 @@
       <c r="W15" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="X15" s="1" t="n">
         <v>11.1</v>
       </c>
       <c r="Y15" s="1" t="n">
         <v>11</v>
       </c>
       <c r="Z15" s="1" t="n">
         <v>10.6</v>
       </c>
       <c r="AA15" s="1" t="n">
         <v>10.5</v>
       </c>
       <c r="AB15" s="1" t="n">
         <v>10.5</v>
       </c>
       <c r="AC15" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="AD15" s="1" t="n">
         <v>10</v>
       </c>
       <c r="AE15" s="1" t="n">
-        <v>9.8</v>
+        <v>9.7</v>
       </c>
       <c r="AF15" s="1" t="n">
-        <v>9.7</v>
+        <v>9.6</v>
       </c>
       <c r="AG15" s="1" t="n">
-        <v>9.5</v>
-[...1 lines deleted...]
-      <c r="AH15" s="1"/>
+        <v>9.6</v>
+      </c>
+      <c r="AH15" s="1" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="AI15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -1060,51 +1060,54 @@
       </c>
       <c r="R22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="V22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="W22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="X22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Y22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="Z22" s="1"/>
+      <c r="Z22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AA22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>20.7</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>21</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>18.8</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>19.4</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>19.3</v>
@@ -1138,51 +1141,54 @@
       </c>
       <c r="R23" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="S23" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="T23" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>11.8</v>
       </c>
       <c r="V23" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="W23" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="X23" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="Y23" s="1" t="n">
         <v>8.7</v>
       </c>
-      <c r="Z23" s="1"/>
+      <c r="Z23" s="1" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="AA23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>11.7</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>10</v>
@@ -1216,51 +1222,54 @@
       </c>
       <c r="R24" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="S24" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="U24" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="V24" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="W24" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="X24" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="Y24" s="1" t="n">
         <v>5.4</v>
       </c>
-      <c r="Z24" s="1"/>
+      <c r="Z24" s="1" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="AA24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="C25" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>15.3</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>14.8</v>
@@ -1294,51 +1303,54 @@
       </c>
       <c r="R25" s="1" t="n">
         <v>10.3</v>
       </c>
       <c r="S25" s="1" t="n">
         <v>10.5</v>
       </c>
       <c r="T25" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="U25" s="1" t="n">
         <v>10.9</v>
       </c>
       <c r="V25" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="W25" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="X25" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="Y25" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="Z25" s="1"/>
+      <c r="Z25" s="1" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="AA25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
@@ -1421,51 +1433,54 @@
       </c>
       <c r="Z32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AA32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AB32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AC32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AD32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AE32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AF32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="AG32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="AH32" s="1"/>
+      <c r="AH32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AI32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>14.2</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>13.5</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>11</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>12.3</v>
@@ -1523,51 +1538,54 @@
       </c>
       <c r="Z33" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="AA33" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="AB33" s="1" t="n">
         <v>6.5</v>
       </c>
       <c r="AC33" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="AD33" s="1" t="n">
         <v>5.9</v>
       </c>
       <c r="AE33" s="1" t="n">
         <v>4.5</v>
       </c>
       <c r="AF33" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="AG33" s="1" t="n">
         <v>4.4</v>
       </c>
-      <c r="AH33" s="1"/>
+      <c r="AH33" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AI33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>19.8</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>18.5</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>18</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>14.7</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>14.2</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>16.7</v>
@@ -1625,51 +1643,54 @@
       </c>
       <c r="Z34" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="AA34" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="AB34" s="1" t="n">
         <v>10.6</v>
       </c>
       <c r="AC34" s="1" t="n">
         <v>10.5</v>
       </c>
       <c r="AD34" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="AE34" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="AF34" s="1" t="n">
         <v>8</v>
       </c>
       <c r="AG34" s="1" t="n">
         <v>7.9</v>
       </c>
-      <c r="AH34" s="1"/>
+      <c r="AH34" s="1" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="AI34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>