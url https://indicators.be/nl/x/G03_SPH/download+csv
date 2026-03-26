--- v0 (2025-10-25)
+++ v1 (2026-03-26)
@@ -13,171 +13,166 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G03_SPH" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="36">
   <si>
     <t>Ervaren gezondheid: zeer goed, goed of redelijk - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van 16-jarigen en ouder</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020</t>
-[...2 lines deleted...]
-    <t>Statbel (2023), rechtstreekse mededeling (07/03/2023), Statbel (2024), Ervaren gezondheid, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 en Eurostat (2024), Self-perceived health [hlth_silc_10], https://ec.europa.eu/eurostat (geraadpleegd op 31/10/2024).</t>
+    <t>Noot: breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020</t>
+  </si>
+  <si>
+    <t>Het 95%-betrouwbaarheidsinterval voor het aandeel van de bevolking van 16 jaar en ouder dat verklaart zich in een zeer goede, goede of redelijke gezondheidstoestand te bevinden in 2024 bedraagt 91,1% tot 92,4% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), Ervaren gezondheid, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 en Eurostat (2025), Self-perceived health, hlth_silc_10, https://ec.europa.eu/eurostat, laatste update van data  01/10/2025 11:00 (geraadpleegd op 02/10/2025); Statbel (2025), directe mededeling 6/10/2025</t>
   </si>
   <si>
     <t>Ervaren gezondheid: zeer goed, goed of redelijk, volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. </t>
-[...2 lines deleted...]
-    <t>Statbel (2023), rechtstreekse mededeling (07/03/2023) en Statbel (2024), https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 (geraadpleegd op 31/10/2024).</t>
+    <t>Noot: Het 95%-betrouwbaarheidsinterval voor het aandeel van de bevolking van 16 jaar en ouder dat verklaart zich in een zeer goede, goede of redelijke gezondheidstoestand te bevinden in 2024 bedraagt 89,7% tot 92,4% voor Brussel, 92,3% tot 94,2% voor Vlaanderen en 88% tot 90,2% voor Wallonië.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), Ervaren gezondheid, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 (geraadpleegd op 02/10/2025) en directe mededeling 6/10/2025</t>
   </si>
   <si>
     <t>Ervaren gezondheid: zeer goed, goed of redelijk, volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
+    <t>Noot: breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), Ervaren gezondheid, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 (geraadpleegd op 02/10/2025).</t>
   </si>
   <si>
     <t>Ervaren gezondheid: zeer goed, goed of redelijk, volgens leeftijd - België</t>
   </si>
   <si>
-    <t>procent </t>
+    <t>procent</t>
   </si>
   <si>
     <t>16-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Ervaren gezondheid: zeer goed, goed of redelijk, volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G03_SPH</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Ervaren gezondheid (i14)</t>
+    <t>Ervaren gezondheid (i15)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: het aandeel van de bevolking van 16 jaar en ouder dat verklaart zich in een zeer goede, goede of redelijke gezondheidstoestand te bevinden. De gegevens komen van de EU-SILC-enquête (Statistics on Income and Living Conditions) van de Europese Unie. Om hun (ervaren) gezondheid te beoordelen, moeten de deelnemers aan de enquête kiezen tussen vijf toestanden: zeer goede, goede, redelijke, slechte en zeer slechte gezondheid. Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De hier gebruikte gegevens voor België komen rechtstreeks van Statistics Belgium. De gegevens voor de internationale vergelijking komen van Eurostat. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen zijn op verzoek verkrijgbaar bij Statistics Belgium.
 Vanaf 2019 werd de enquêtemethode grondig herzien met het oog op een grotere nauwkeurigheid. In 2020 had de covid-19-pandemie een impact op de gegevensverzameling. Hierdoor zijn de resultaten van SILC 2020 moeilijk te vergelijken met die van de voorgaande jaren (Statbel, 2021). Daarom worden ze niet gebruikt om de langetermijntrend te berekenen en te evalueren.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, inkomen en leeftijd.
 Doelstelling: het aandeel van de bevolking van 16 jaar en ouder dat verklaart zich in een zeer goede, goede of redelijke gezondheidstoestand te bevinden, moet toenemen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten doel 3: "Verzeker een goede gezondheid en bevorder welzijn voor iedereen op alle leeftijden". De evolutie van het aandeel van de bevolking dat een goede gezondheid ervaart, meet de vooruitgang in de richting van doel 3.
-Evolutie: over de periode 2005-2023 is het aandeel van de bevolking dat verklaart zich in een zeer goede, goede of redelijke gezondheidstoestand te bevinden, hoog gebleven. Tussen 2005 en 2008, ligt de indicator boven zijn historisch gemiddelde. Daarna daalt de indicator om in 2011 zijn laagste niveau te bereiken. Rekening houdend met de nieuwe methodologie gebruikt vanaf 2019, bereikt hij 91,6% van de bevolking in 2023.
-[...4 lines deleted...]
-Opsplitsing volgens leeftijd: hoe ouder de personen zijn, hoe minder zij een zeer goede, goede of redelijke gezondheidstoestand ervaren. De evolutie van de indicator voor de vier onderzochte leeftijdscategorieën loopt parallel en het verschil tussen de min-25-jarigen en de 65-plussers bedraagt 12,3 procentpunt in 2023, rekening houdend met de nieuwe methodologie gebruikt vanaf 2019.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij doel 3, aangezien de ervaren gezondheid zowel de globale gezondheid als het welzijnsniveau van de bevolking meet.
-Deze indicator wordt gebruikt om de composiete indicator van het welzijn hier en nu, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator van het welzijn hier en nu te berekenen.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 19/11/2021).
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 27/08/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -235,51 +230,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:U51"/>
+  <dimension ref="A1:V52"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -314,1309 +309,1377 @@
       </c>
       <c r="M3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="R3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="S3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="T3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U3" s="1"/>
+      <c r="U3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>91.73</v>
+        <v>91.7</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>91.63</v>
+        <v>91.6</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>91.7</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>91.8</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>91.26</v>
+        <v>91.3</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>90.98</v>
+        <v>91</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>90.45</v>
+        <v>90.4</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>91.17</v>
+        <v>91.2</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>91.4</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>90.82</v>
+        <v>90.8</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>90.51</v>
+        <v>90.5</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>90.85</v>
+        <v>90.8</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>91.39</v>
+        <v>91.4</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>91.24</v>
+        <v>91.2</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>90.9</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>92.17</v>
+        <v>92.2</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>92.1</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>92</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>91.6</v>
       </c>
-      <c r="U4" s="1"/>
+      <c r="U4" s="1" t="n">
+        <v>91.7</v>
+      </c>
+      <c r="V4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="n">
         <v>90.2</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>89.8</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>89.8</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>90</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>90.2</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>90.3</v>
+        <v>90.2</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>91.2</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>91.6</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>91.5</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>91.5</v>
+        <v>91.4</v>
       </c>
       <c r="Q5" s="1" t="n">
         <v>91.5</v>
       </c>
       <c r="R5" s="1" t="n">
         <v>91.2</v>
       </c>
       <c r="S5" s="1" t="n">
         <v>91.3</v>
       </c>
       <c r="T5" s="1" t="n">
         <v>91.2</v>
       </c>
-      <c r="U5" s="1"/>
+      <c r="U5" s="1" t="n">
+        <v>91.4</v>
+      </c>
+      <c r="V5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
-      <c r="A9" s="0"/>
+      <c r="A9" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...1 lines deleted...]
-      <c r="B12" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="C12" s="1" t="n">
+      <c r="C13" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="D12" s="1" t="n">
+      <c r="D13" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="E12" s="1" t="n">
+      <c r="E13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="F12" s="1" t="n">
+      <c r="F13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G12" s="1"/>
-[...20 lines deleted...]
-      <c r="G13" s="1"/>
+      <c r="G13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>92.7</v>
+        <v>88.6</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>93.7</v>
+        <v>91.9</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>93.3</v>
+        <v>91.3</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>93.4</v>
+        <v>91.6</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>93.2</v>
-[...1 lines deleted...]
-      <c r="G14" s="1"/>
+        <v>90.7</v>
+      </c>
+      <c r="G14" s="1" t="n">
+        <v>91.1</v>
+      </c>
+      <c r="H14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
+        <v>92.7</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>93.7</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>93.3</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>93.4</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>93.2</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>93.2</v>
+      </c>
+      <c r="H15" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="1" t="n">
         <v>88.3</v>
       </c>
-      <c r="C15" s="1" t="n">
+      <c r="C16" s="1" t="n">
         <v>89.4</v>
       </c>
-      <c r="D15" s="1" t="n">
+      <c r="D16" s="1" t="n">
         <v>90</v>
       </c>
-      <c r="E15" s="1" t="n">
+      <c r="E16" s="1" t="n">
         <v>89.6</v>
       </c>
-      <c r="F15" s="1" t="n">
+      <c r="F16" s="1" t="n">
         <v>88.9</v>
       </c>
-      <c r="G15" s="1"/>
-[...3 lines deleted...]
-      <c r="B16" s="1"/>
+      <c r="G16" s="1" t="n">
+        <v>89.1</v>
+      </c>
+      <c r="H16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A17" s="0"/>
+      <c r="B17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0"/>
+      <c r="A19" s="0" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A20" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...1 lines deleted...]
-      <c r="B22" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="0"/>
+      <c r="B23" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C22" s="1" t="n">
+      <c r="C23" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D22" s="1" t="n">
+      <c r="D23" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E22" s="1" t="n">
+      <c r="E23" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F22" s="1" t="n">
+      <c r="F23" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G22" s="1" t="n">
+      <c r="G23" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H22" s="1" t="n">
+      <c r="H23" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I22" s="1" t="n">
+      <c r="I23" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J22" s="1" t="n">
+      <c r="J23" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K22" s="1" t="n">
+      <c r="K23" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L22" s="1" t="n">
+      <c r="L23" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M22" s="1" t="n">
+      <c r="M23" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N22" s="1" t="n">
+      <c r="N23" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O22" s="1" t="n">
+      <c r="O23" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P22" s="1" t="n">
+      <c r="P23" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q22" s="1" t="n">
+      <c r="Q23" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R22" s="1" t="n">
+      <c r="R23" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S22" s="1" t="n">
+      <c r="S23" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T22" s="1" t="n">
+      <c r="T23" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U22" s="1"/>
-[...62 lines deleted...]
-      <c r="U23" s="1"/>
+      <c r="U23" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
-        <v>93.21</v>
+        <v>90.3</v>
       </c>
       <c r="C24" s="1" t="n">
-        <v>93.09</v>
+        <v>90.3</v>
       </c>
       <c r="D24" s="1" t="n">
-        <v>93.27</v>
+        <v>90.2</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>93.27</v>
+        <v>90.4</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>92.53</v>
+        <v>90.1</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>92.24</v>
+        <v>89.8</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>91.47</v>
+        <v>89.5</v>
       </c>
       <c r="I24" s="1" t="n">
-        <v>92.27</v>
+        <v>90.1</v>
       </c>
       <c r="J24" s="1" t="n">
-        <v>92.71</v>
+        <v>90.1</v>
       </c>
       <c r="K24" s="1" t="n">
+        <v>89.6</v>
+      </c>
+      <c r="L24" s="1" t="n">
+        <v>88.7</v>
+      </c>
+      <c r="M24" s="1" t="n">
+        <v>89.4</v>
+      </c>
+      <c r="N24" s="1" t="n">
+        <v>89.9</v>
+      </c>
+      <c r="O24" s="1" t="n">
+        <v>89.9</v>
+      </c>
+      <c r="P24" s="1" t="n">
+        <v>90.1</v>
+      </c>
+      <c r="Q24" s="1" t="n">
+        <v>91.3</v>
+      </c>
+      <c r="R24" s="1" t="n">
+        <v>91.1</v>
+      </c>
+      <c r="S24" s="1" t="n">
+        <v>90.9</v>
+      </c>
+      <c r="T24" s="1" t="n">
+        <v>90.6</v>
+      </c>
+      <c r="U24" s="1" t="n">
+        <v>90.8</v>
+      </c>
+      <c r="V24" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" s="1" t="n">
+        <v>93.2</v>
+      </c>
+      <c r="C25" s="1" t="n">
+        <v>93.1</v>
+      </c>
+      <c r="D25" s="1" t="n">
+        <v>93.3</v>
+      </c>
+      <c r="E25" s="1" t="n">
+        <v>93.3</v>
+      </c>
+      <c r="F25" s="1" t="n">
+        <v>92.5</v>
+      </c>
+      <c r="G25" s="1" t="n">
+        <v>92.2</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>91.5</v>
+      </c>
+      <c r="I25" s="1" t="n">
+        <v>92.3</v>
+      </c>
+      <c r="J25" s="1" t="n">
+        <v>92.7</v>
+      </c>
+      <c r="K25" s="1" t="n">
         <v>92.1</v>
       </c>
-      <c r="L24" s="1" t="n">
-[...8 lines deleted...]
-      <c r="O24" s="1" t="n">
+      <c r="L25" s="1" t="n">
+        <v>92.4</v>
+      </c>
+      <c r="M25" s="1" t="n">
+        <v>92.4</v>
+      </c>
+      <c r="N25" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="O25" s="1" t="n">
         <v>92.7</v>
       </c>
-      <c r="P24" s="1" t="n">
-[...5 lines deleted...]
-      <c r="R24" s="1" t="n">
+      <c r="P25" s="1" t="n">
+        <v>91.7</v>
+      </c>
+      <c r="Q25" s="1" t="n">
         <v>93.1</v>
       </c>
-      <c r="S24" s="1" t="n">
+      <c r="R25" s="1" t="n">
+        <v>93.1</v>
+      </c>
+      <c r="S25" s="1" t="n">
         <v>93.2</v>
       </c>
-      <c r="T24" s="1" t="n">
+      <c r="T25" s="1" t="n">
         <v>92.5</v>
       </c>
-      <c r="U24" s="1"/>
-[...3 lines deleted...]
-      <c r="B25" s="1"/>
+      <c r="U25" s="1" t="n">
+        <v>92.7</v>
+      </c>
+      <c r="V25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A26" s="0"/>
+      <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="0"/>
+      <c r="A28" s="0" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1" t="n">
+      <c r="A31" s="0" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0"/>
+      <c r="B32" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C31" s="1" t="n">
+      <c r="C32" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D31" s="1" t="n">
+      <c r="D32" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E31" s="1" t="n">
+      <c r="E32" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F31" s="1" t="n">
+      <c r="F32" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G31" s="1" t="n">
+      <c r="G32" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H31" s="1" t="n">
+      <c r="H32" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I31" s="1" t="n">
+      <c r="I32" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J31" s="1" t="n">
+      <c r="J32" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K31" s="1" t="n">
+      <c r="K32" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L31" s="1" t="n">
+      <c r="L32" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M31" s="1" t="n">
+      <c r="M32" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N31" s="1" t="n">
+      <c r="N32" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O31" s="1" t="n">
+      <c r="O32" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P31" s="1" t="n">
+      <c r="P32" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q31" s="1" t="n">
+      <c r="Q32" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R31" s="1" t="n">
+      <c r="R32" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S31" s="1" t="n">
+      <c r="S32" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T31" s="1" t="n">
+      <c r="T32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U31" s="1"/>
-[...62 lines deleted...]
-      <c r="U32" s="1"/>
+      <c r="U32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B33" s="1" t="n">
-        <v>95.14</v>
+        <v>98.3</v>
       </c>
       <c r="C33" s="1" t="n">
-        <v>95.02</v>
+        <v>98.3</v>
       </c>
       <c r="D33" s="1" t="n">
-        <v>94.88</v>
+        <v>98.1</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>95.01</v>
+        <v>98.1</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>94.5</v>
+        <v>98.7</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>94.57</v>
+        <v>98.9</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>94.66</v>
+        <v>98.7</v>
       </c>
       <c r="I33" s="1" t="n">
-        <v>94.91</v>
+        <v>98.4</v>
       </c>
       <c r="J33" s="1" t="n">
-        <v>94.22</v>
+        <v>98.7</v>
       </c>
       <c r="K33" s="1" t="n">
-        <v>93.88</v>
+        <v>98.1</v>
       </c>
       <c r="L33" s="1" t="n">
-        <v>94.24</v>
+        <v>98.5</v>
       </c>
       <c r="M33" s="1" t="n">
-        <v>94.23</v>
+        <v>98.4</v>
       </c>
       <c r="N33" s="1" t="n">
-        <v>94.49</v>
+        <v>98.5</v>
       </c>
       <c r="O33" s="1" t="n">
-        <v>94.86</v>
+        <v>98.1</v>
       </c>
       <c r="P33" s="1" t="n">
-        <v>94.75</v>
+        <v>97.9</v>
       </c>
       <c r="Q33" s="1" t="n">
-        <v>95.1</v>
+        <v>98.7</v>
       </c>
       <c r="R33" s="1" t="n">
-        <v>95.4</v>
+        <v>98.3</v>
       </c>
       <c r="S33" s="1" t="n">
-        <v>95</v>
+        <v>98.4</v>
       </c>
       <c r="T33" s="1" t="n">
-        <v>94.7</v>
-[...1 lines deleted...]
-      <c r="U33" s="1"/>
+        <v>98.5</v>
+      </c>
+      <c r="U33" s="1" t="n">
+        <v>98.5</v>
+      </c>
+      <c r="V33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B34" s="1" t="n">
-        <v>88.57</v>
+        <v>95.1</v>
       </c>
       <c r="C34" s="1" t="n">
-        <v>89.35</v>
+        <v>95</v>
       </c>
       <c r="D34" s="1" t="n">
-        <v>90.02</v>
+        <v>94.9</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>89.83</v>
+        <v>95</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>88.59</v>
+        <v>94.5</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>88.09</v>
+        <v>94.6</v>
       </c>
       <c r="H34" s="1" t="n">
-        <v>87.2</v>
+        <v>94.7</v>
       </c>
       <c r="I34" s="1" t="n">
-        <v>88.08</v>
+        <v>94.9</v>
       </c>
       <c r="J34" s="1" t="n">
-        <v>90.3</v>
+        <v>94.2</v>
       </c>
       <c r="K34" s="1" t="n">
-        <v>89.47</v>
+        <v>93.9</v>
       </c>
       <c r="L34" s="1" t="n">
-        <v>87.76</v>
+        <v>94.2</v>
       </c>
       <c r="M34" s="1" t="n">
-        <v>88.19</v>
+        <v>94.2</v>
       </c>
       <c r="N34" s="1" t="n">
-        <v>89.03</v>
+        <v>94.3</v>
       </c>
       <c r="O34" s="1" t="n">
-        <v>89.05</v>
+        <v>94.8</v>
       </c>
       <c r="P34" s="1" t="n">
-        <v>87.47</v>
+        <v>94.7</v>
       </c>
       <c r="Q34" s="1" t="n">
-        <v>89.54</v>
+        <v>95.1</v>
       </c>
       <c r="R34" s="1" t="n">
-        <v>89.5</v>
+        <v>95.4</v>
       </c>
       <c r="S34" s="1" t="n">
-        <v>89.8</v>
+        <v>95</v>
       </c>
       <c r="T34" s="1" t="n">
-        <v>88.2</v>
-[...1 lines deleted...]
-      <c r="U34" s="1"/>
+        <v>94.7</v>
+      </c>
+      <c r="U34" s="1" t="n">
+        <v>94.9</v>
+      </c>
+      <c r="V34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B35" s="1" t="n">
-        <v>82.98</v>
+        <v>88.6</v>
       </c>
       <c r="C35" s="1" t="n">
+        <v>89.4</v>
+      </c>
+      <c r="D35" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="E35" s="1" t="n">
+        <v>89.8</v>
+      </c>
+      <c r="F35" s="1" t="n">
+        <v>88.6</v>
+      </c>
+      <c r="G35" s="1" t="n">
+        <v>88.1</v>
+      </c>
+      <c r="H35" s="1" t="n">
+        <v>87.2</v>
+      </c>
+      <c r="I35" s="1" t="n">
+        <v>88.1</v>
+      </c>
+      <c r="J35" s="1" t="n">
+        <v>90.3</v>
+      </c>
+      <c r="K35" s="1" t="n">
+        <v>89.5</v>
+      </c>
+      <c r="L35" s="1" t="n">
+        <v>87.8</v>
+      </c>
+      <c r="M35" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="N35" s="1" t="n">
+        <v>88.8</v>
+      </c>
+      <c r="O35" s="1" t="n">
+        <v>88.8</v>
+      </c>
+      <c r="P35" s="1" t="n">
+        <v>87.5</v>
+      </c>
+      <c r="Q35" s="1" t="n">
+        <v>89.5</v>
+      </c>
+      <c r="R35" s="1" t="n">
+        <v>89.5</v>
+      </c>
+      <c r="S35" s="1" t="n">
+        <v>89.8</v>
+      </c>
+      <c r="T35" s="1" t="n">
+        <v>88.2</v>
+      </c>
+      <c r="U35" s="1" t="n">
+        <v>87.6</v>
+      </c>
+      <c r="V35" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B36" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="C36" s="1" t="n">
         <v>82.3</v>
       </c>
-      <c r="D35" s="1" t="n">
-[...41 lines deleted...]
-      <c r="R35" s="1" t="n">
+      <c r="D36" s="1" t="n">
+        <v>82.3</v>
+      </c>
+      <c r="E36" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="F36" s="1" t="n">
+        <v>82.6</v>
+      </c>
+      <c r="G36" s="1" t="n">
+        <v>81.6</v>
+      </c>
+      <c r="H36" s="1" t="n">
+        <v>80.3</v>
+      </c>
+      <c r="I36" s="1" t="n">
+        <v>82.4</v>
+      </c>
+      <c r="J36" s="1" t="n">
+        <v>82.3</v>
+      </c>
+      <c r="K36" s="1" t="n">
+        <v>81.7</v>
+      </c>
+      <c r="L36" s="1" t="n">
+        <v>81.5</v>
+      </c>
+      <c r="M36" s="1" t="n">
+        <v>83.2</v>
+      </c>
+      <c r="N36" s="1" t="n">
+        <v>84.9</v>
+      </c>
+      <c r="O36" s="1" t="n">
+        <v>83.9</v>
+      </c>
+      <c r="P36" s="1" t="n">
+        <v>84.3</v>
+      </c>
+      <c r="Q36" s="1" t="n">
+        <v>86.5</v>
+      </c>
+      <c r="R36" s="1" t="n">
         <v>85.7</v>
       </c>
-      <c r="S35" s="1" t="n">
+      <c r="S36" s="1" t="n">
         <v>86.1</v>
       </c>
-      <c r="T35" s="1" t="n">
+      <c r="T36" s="1" t="n">
         <v>86.2</v>
       </c>
-      <c r="U35" s="1"/>
-[...3 lines deleted...]
-      <c r="B36" s="1"/>
+      <c r="U36" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="V36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A37" s="0"/>
+      <c r="B37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="0"/>
+      <c r="A39" s="0" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-[...1 lines deleted...]
-      <c r="B42" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="0"/>
+      <c r="B43" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C42" s="1" t="n">
+      <c r="C43" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D42" s="1" t="n">
+      <c r="D43" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E42" s="1" t="n">
+      <c r="E43" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F42" s="1" t="n">
+      <c r="F43" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G42" s="1" t="n">
+      <c r="G43" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H42" s="1" t="n">
+      <c r="H43" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I42" s="1" t="n">
+      <c r="I43" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J42" s="1" t="n">
+      <c r="J43" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K42" s="1" t="n">
+      <c r="K43" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L42" s="1" t="n">
+      <c r="L43" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M42" s="1" t="n">
+      <c r="M43" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N42" s="1" t="n">
+      <c r="N43" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O42" s="1" t="n">
+      <c r="O43" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P42" s="1" t="n">
+      <c r="P43" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q42" s="1" t="n">
+      <c r="Q43" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R42" s="1" t="n">
+      <c r="R43" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S42" s="1" t="n">
+      <c r="S43" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T42" s="1" t="n">
+      <c r="T43" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U42" s="1"/>
-[...62 lines deleted...]
-      <c r="U43" s="1"/>
+      <c r="U43" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B44" s="1" t="n">
-        <v>87.88</v>
+        <v>84.5</v>
       </c>
       <c r="C44" s="1" t="n">
-        <v>87.82</v>
+        <v>82.5</v>
       </c>
       <c r="D44" s="1" t="n">
-        <v>88.74</v>
+        <v>82.4</v>
       </c>
       <c r="E44" s="1" t="n">
-        <v>88.12</v>
+        <v>83.4</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>87.7</v>
+        <v>83.1</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>85.69</v>
+        <v>82.9</v>
       </c>
       <c r="H44" s="1" t="n">
-        <v>84.54</v>
+        <v>80.9</v>
       </c>
       <c r="I44" s="1" t="n">
-        <v>85.33</v>
+        <v>84</v>
       </c>
       <c r="J44" s="1" t="n">
-        <v>87.28</v>
+        <v>83</v>
       </c>
       <c r="K44" s="1" t="n">
-        <v>86.58</v>
+        <v>80</v>
       </c>
       <c r="L44" s="1" t="n">
-        <v>85.67</v>
+        <v>80.3</v>
       </c>
       <c r="M44" s="1" t="n">
-        <v>85.47</v>
+        <v>81.8</v>
       </c>
       <c r="N44" s="1" t="n">
-        <v>87.25</v>
+        <v>83.2</v>
       </c>
       <c r="O44" s="1" t="n">
-        <v>86.39</v>
+        <v>82.8</v>
       </c>
       <c r="P44" s="1" t="n">
-        <v>87.72</v>
+        <v>81.2</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>88.67</v>
+        <v>83.1</v>
       </c>
       <c r="R44" s="1" t="n">
-        <v>88.8</v>
+        <v>84.1</v>
       </c>
       <c r="S44" s="1" t="n">
-        <v>89.3</v>
+        <v>83.5</v>
       </c>
       <c r="T44" s="1" t="n">
-        <v>88.4</v>
-[...1 lines deleted...]
-      <c r="U44" s="1"/>
+        <v>84.2</v>
+      </c>
+      <c r="U44" s="1" t="n">
+        <v>84.8</v>
+      </c>
+      <c r="V44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
-        <v>93.25</v>
+        <v>87</v>
       </c>
       <c r="C45" s="1" t="n">
-        <v>93.48</v>
+        <v>88</v>
       </c>
       <c r="D45" s="1" t="n">
-        <v>94</v>
+        <v>88.7</v>
       </c>
       <c r="E45" s="1" t="n">
-        <v>93.54</v>
+        <v>88.2</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>92.89</v>
+        <v>87.7</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>92.55</v>
+        <v>85.7</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>92.75</v>
+        <v>84.6</v>
       </c>
       <c r="I45" s="1" t="n">
-        <v>93.48</v>
+        <v>85.3</v>
       </c>
       <c r="J45" s="1" t="n">
-        <v>93.36</v>
+        <v>87.3</v>
       </c>
       <c r="K45" s="1" t="n">
-        <v>93.01</v>
+        <v>86.6</v>
       </c>
       <c r="L45" s="1" t="n">
-        <v>92.4</v>
+        <v>85.7</v>
       </c>
       <c r="M45" s="1" t="n">
-        <v>92.58</v>
+        <v>85.7</v>
       </c>
       <c r="N45" s="1" t="n">
-        <v>92.23</v>
+        <v>87.3</v>
       </c>
       <c r="O45" s="1" t="n">
-        <v>92.84</v>
+        <v>86.5</v>
       </c>
       <c r="P45" s="1" t="n">
-        <v>91.71</v>
+        <v>87.7</v>
       </c>
       <c r="Q45" s="1" t="n">
-        <v>94.31</v>
+        <v>88.7</v>
       </c>
       <c r="R45" s="1" t="n">
-        <v>94.1</v>
+        <v>88.8</v>
       </c>
       <c r="S45" s="1" t="n">
-        <v>93.2</v>
+        <v>89.3</v>
       </c>
       <c r="T45" s="1" t="n">
-        <v>92.5</v>
-[...1 lines deleted...]
-      <c r="U45" s="1"/>
+        <v>88.4</v>
+      </c>
+      <c r="U45" s="1" t="n">
+        <v>87.8</v>
+      </c>
+      <c r="V45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B46" s="1" t="n">
-        <v>95.74</v>
+        <v>93.5</v>
       </c>
       <c r="C46" s="1" t="n">
-        <v>96.28</v>
+        <v>93.9</v>
       </c>
       <c r="D46" s="1" t="n">
-        <v>95.76</v>
+        <v>94</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>96.58</v>
+        <v>93.5</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>95.24</v>
+        <v>92.9</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>96.18</v>
+        <v>92.5</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>96.29</v>
+        <v>92.8</v>
       </c>
       <c r="I46" s="1" t="n">
-        <v>95.42</v>
+        <v>93.5</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>96.28</v>
+        <v>93.4</v>
       </c>
       <c r="K46" s="1" t="n">
-        <v>96.73</v>
+        <v>93</v>
       </c>
       <c r="L46" s="1" t="n">
-        <v>96.5</v>
+        <v>92.4</v>
       </c>
       <c r="M46" s="1" t="n">
-        <v>96.36</v>
+        <v>92.8</v>
       </c>
       <c r="N46" s="1" t="n">
-        <v>95.98</v>
+        <v>92.1</v>
       </c>
       <c r="O46" s="1" t="n">
-        <v>96.22</v>
+        <v>92.9</v>
       </c>
       <c r="P46" s="1" t="n">
-        <v>95.87</v>
+        <v>91.7</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>96.47</v>
+        <v>94.2</v>
       </c>
       <c r="R46" s="1" t="n">
-        <v>96.1</v>
+        <v>94.1</v>
       </c>
       <c r="S46" s="1" t="n">
-        <v>96.5</v>
+        <v>93.2</v>
       </c>
       <c r="T46" s="1" t="n">
-        <v>95.8</v>
-[...1 lines deleted...]
-      <c r="U46" s="1"/>
+        <v>92.5</v>
+      </c>
+      <c r="U46" s="1" t="n">
+        <v>92.5</v>
+      </c>
+      <c r="V46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B47" s="1" t="n">
-        <v>97.18</v>
+        <v>95.5</v>
       </c>
       <c r="C47" s="1" t="n">
-        <v>97.84</v>
+        <v>96</v>
       </c>
       <c r="D47" s="1" t="n">
-        <v>97.32</v>
+        <v>95.7</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>97.12</v>
+        <v>96.6</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>96.86</v>
+        <v>95.2</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>97.09</v>
+        <v>96.2</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>97.27</v>
+        <v>96.3</v>
       </c>
       <c r="I47" s="1" t="n">
-        <v>97.42</v>
+        <v>95.4</v>
       </c>
       <c r="J47" s="1" t="n">
-        <v>96.81</v>
+        <v>96.3</v>
       </c>
       <c r="K47" s="1" t="n">
-        <v>97.38</v>
+        <v>96.7</v>
       </c>
       <c r="L47" s="1" t="n">
-        <v>97.37</v>
+        <v>96.5</v>
       </c>
       <c r="M47" s="1" t="n">
-        <v>97.61</v>
+        <v>96.5</v>
       </c>
       <c r="N47" s="1" t="n">
-        <v>98.25</v>
+        <v>96.1</v>
       </c>
       <c r="O47" s="1" t="n">
-        <v>97.72</v>
+        <v>96.3</v>
       </c>
       <c r="P47" s="1" t="n">
-        <v>97.46</v>
+        <v>95.9</v>
       </c>
       <c r="Q47" s="1" t="n">
-        <v>98.12</v>
+        <v>96.5</v>
       </c>
       <c r="R47" s="1" t="n">
+        <v>96.1</v>
+      </c>
+      <c r="S47" s="1" t="n">
+        <v>96.5</v>
+      </c>
+      <c r="T47" s="1" t="n">
+        <v>95.8</v>
+      </c>
+      <c r="U47" s="1" t="n">
+        <v>96.3</v>
+      </c>
+      <c r="V47" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B48" s="1" t="n">
+        <v>97.4</v>
+      </c>
+      <c r="C48" s="1" t="n">
+        <v>97.8</v>
+      </c>
+      <c r="D48" s="1" t="n">
+        <v>97.3</v>
+      </c>
+      <c r="E48" s="1" t="n">
+        <v>97.1</v>
+      </c>
+      <c r="F48" s="1" t="n">
+        <v>96.9</v>
+      </c>
+      <c r="G48" s="1" t="n">
+        <v>97.1</v>
+      </c>
+      <c r="H48" s="1" t="n">
+        <v>97.3</v>
+      </c>
+      <c r="I48" s="1" t="n">
+        <v>97.4</v>
+      </c>
+      <c r="J48" s="1" t="n">
+        <v>96.8</v>
+      </c>
+      <c r="K48" s="1" t="n">
+        <v>97.4</v>
+      </c>
+      <c r="L48" s="1" t="n">
+        <v>97.4</v>
+      </c>
+      <c r="M48" s="1" t="n">
+        <v>97.6</v>
+      </c>
+      <c r="N48" s="1" t="n">
+        <v>98.2</v>
+      </c>
+      <c r="O48" s="1" t="n">
+        <v>97.8</v>
+      </c>
+      <c r="P48" s="1" t="n">
+        <v>97.5</v>
+      </c>
+      <c r="Q48" s="1" t="n">
+        <v>98.1</v>
+      </c>
+      <c r="R48" s="1" t="n">
         <v>97</v>
       </c>
-      <c r="S47" s="1" t="n">
+      <c r="S48" s="1" t="n">
         <v>97.7</v>
       </c>
-      <c r="T47" s="1" t="n">
+      <c r="T48" s="1" t="n">
         <v>96.9</v>
       </c>
-      <c r="U47" s="1"/>
-[...3 lines deleted...]
-      <c r="B48" s="1"/>
+      <c r="U48" s="1" t="n">
+        <v>96.9</v>
+      </c>
+      <c r="V48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49" s="0"/>
+      <c r="B49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="0"/>
+      <c r="A51" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>