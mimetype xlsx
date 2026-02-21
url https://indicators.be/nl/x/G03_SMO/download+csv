--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -13,196 +13,183 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G03_SMO" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="42">
   <si>
     <t>Dagelijkse rokers - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van 15-jarigen en ouder</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>Sciensano (2019) L. Gisle, S. Demarest, S. Drieskens, Gezondheidsenquête 2018: Gebruik van tabak. Brussel, België: Sciensano; Rapportnummer: D/2019/14.440/57; www.gezondheidsenquete.be (geraadpleegd op 17/10/2019); berekeningen FPB.</t>
+    <t>Bron: Sciensano (2025), Belgian Health Interview Survey - Interactive Analysis, https://healthinformation.sciensano.be/shiny/hisia/ (geraadpleegd op 21/8/2025).</t>
   </si>
   <si>
     <t>Rokers - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Eurostat (2023), Smoking prevalence [sdg_03_30], https://ec.europa.eu/eurostat (geraadpleegd op 03/10/2023).</t>
+    <t>Noot: Het 95%-betrouwbaarheidsinterval voor het aandeel dagelijkse rokers in 2023 bedraagt 11,5% tot 14,1% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Eurostat (2025), Smoking prevalence, sdg_03_30, https://ec.europa.eu/eurostat, laatste update van data 13/03/2025 23:00 (geraadpleegd op 21/08/2025).</t>
   </si>
   <si>
     <t>Rokers en dagelijkse rokers - België</t>
   </si>
   <si>
     <t>rokers</t>
   </si>
   <si>
     <t>dagelijkse rokers</t>
   </si>
   <si>
-    <t>Eurostat (2023), Smoking prevalence [sdg_03_30], https://ec.europa.eu/eurostat (geraadpleegd op 03/10/2023) en Sciensano (2019) L. Gisle, S. Demarest, S. Drieskens, Gezondheidsenquête 2018: Gebruik van tabak. Brussel, België: Sciensano; Rapportnummer: D/2019/14.440/57, www.gezondheidsenquete.be (geraadpleegd op 17/10/2019).</t>
+    <t>Bron: Eurostat (2025), Smoking prevalence, sdg_03_30, https://ec.europa.eu/eurostat, laatste update van data 13/03/2025 23:00 (geraadpleegd op 21/08/2025) en Sciensano (2025), Belgian Health Interview Survey - Interactive Analysis, https://healthinformation.sciensano.be/shiny/hisia/ (geraadpleegd op 21/8/2025).</t>
   </si>
   <si>
     <t>Dagelijkse rokers volgens gewest - België</t>
   </si>
   <si>
     <t>procent van 15-jarigen en ouder, aangepaste trends</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar.</t>
-[...2 lines deleted...]
-    <t>Sciensano (2019) L. Gisle, S. Demarest, S. Drieskens, Gezondheidsenquête 2018: Gebruik van tabak. Brussel, België: Sciensano; Rapportnummer: D/2019/14.440/57; www.gezondheidsenquete.be (geraadpleegd op 17/10/2019); Belgian Health Interview Survey - Interactive Analysis, https://hisia.wiv-isp.be/ (geraadpleegd op 17/10/2019).</t>
+    <t>Noot: Het 95%-betrouwbaarheidsinterval voor het aandeel dagelijkse rokers in 2023 bedraagt 8,9% tot 14,4% voor Brussel, 9,9% tot 12,8% voor Vlaanderen en 13,2% tot 19% voor Wallonië.</t>
   </si>
   <si>
     <t>Dagelijkse rokers volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>Sciensano (2019) L. Gisle, S. Demarest, S. Drieskens, Gezondheidsenquête 2018: Gebruik van tabak. Brussel, België: Sciensano; Rapportnummer: D/2019/14.440/57; www.gezondheidsenquete.be (geraadpleegd op 17/10/2019); Belgian Health Interview Survey - Interactive Analysis,https://www.sciensano.be/en/projects/health-interview-survey/hisia (geraadpleegd op 17/10/2019).</t>
-[...1 lines deleted...]
-  <si>
     <t>Dagelijkse rokers volgens opleiding - België</t>
   </si>
   <si>
     <t>lager onderwijs</t>
   </si>
   <si>
     <t>lager secundair onderwijs</t>
   </si>
   <si>
     <t>hoger secundair onderwijs</t>
   </si>
   <si>
     <t>hoger onderwijs</t>
   </si>
   <si>
+    <t>Noot: In 2023 zijn er geen gegevens voor het lager onderwijs.</t>
+  </si>
+  <si>
     <t>Dagelijkse rokers volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
-    <t>Sciensano (2019) L. Gisle, S. Demarest, S. Drieskens, Gezondheidsenquête 2018: Gebruik van tabak. Brussel, België: Sciensano; Rapportnummer: D/2019/14.440/57; www.gezondheidsenquete.be (geraadpleegd op 17/10/2019); Belgian Health Interview Survey - Interactive Analysis, https://www.sciensano.be/en/projects/health-interview-survey/hisia (geraadpleegd op 17/10/2019).</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G03_SMO</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Rokers (i23)</t>
+    <t>Rokers (i24)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: aandeel van de bevolking van 15 jaar en ouder dat aangeeft dagelijks te roken. De gegevens komen van de nationale gezondheidsenquêtes uitgevoerd door het Wetenschappelijk Instituut Volksgezondheid/Sciensano. Voor de internationale vergelijking worden gegevens gebruikt die het huidige aandeel rokers (niet alleen dagelijkse rokers) meten en die afkomstig zijn van Eurostat. Omdat de gegevens van beide indicatoren op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) zijn te raadplegen op de website van Sciensano en voor de Europese gegevens zijn ze op vraag beschikbaar bij Eurostat.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, inkomen en opleiding.
 Doelstelling: het aandeel dagelijkse rokers zou 9,2% moeten bereiken in 2030.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 3.a: "Waar nodig de implementatie van de kaderovereenkomst van de Wereldgezondheidsorganisatie over tabakscontrole versterken".
 De Interfederale strategie 2022-2028 voor een rookvrije generatie die in België in 2022 werd aangenomen, heeft als doel het tabaksgebruik onder de bevolking te verminderen, in het bijzonder onder 15-24-jarigen (Algemene cel drugsbeleid, 2022). Het doel van deze strategie is om het aandeel dagelijkse rokers te verminderen tot 10% in 2028 en 5% in 2040. Uitgaande van een constante daling tussen 2028 en 2040, zou het doel 9,2% zijn in 2030.
-Evolutie: tussen 1997 en 2018 daalde het aandeel dagelijkse rokers met 10 procentpunt en bereikt 15,4% in 2018. Een soortgelijke daling wordt waargenomen wanneer het totale aandeel rokers in de bevolking wordt gemeten voor de periode 2006-2017. Uit de gegevens blijkt echter dat deze indicator sinds 2017 is gestegen tot 21% in 2020.
-[...3 lines deleted...]
-Opsplitsing volgens inkomen: personen in het eerste kwintiel (laagste inkomens) roken meer dan anderen en personen in het vijfde kwintiel (hoogste inkomens) roken het minst. Het verschil bedraagt 13,3 procentpunt in 2018.
 VN-indicator: de gekozen indicator stemt overeen met indicator 3.a.1 - Prevalentie van het verbruik van tabak bij de personen ouder dan 15 jaar (leeftijdsgewogen).
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Algemene Cel Drugsbeleid (2022), Interfederale strategie 2022-2028 voor een rookvrije generatie, https://overlegorganen.gezondheid.belgie.be/sites/default/files/documents/2022_12_14_interfederale_strategie_tabak_en_bijlage_final_nl.pdf (geraadpleegd op 17/10/2023).
+Algemene Cel Drugsbeleid (2022), Interfederale strategie 2022-2028 voor een rookvrije generatie, https://overlegorganen.gezondheid.belgie.be/sites/default/files/documents/2022_12_14_interfederale_strategie_tabak_en_bijlage_final_nl.pdf (geraadpleegd op 21/08/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -260,51 +247,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG64"/>
+  <dimension ref="A1:AG66"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -450,172 +437,172 @@
       </c>
       <c r="Q4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="R4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="S4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="T4" s="1" t="n">
         <v>15.4</v>
       </c>
       <c r="U4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="X4" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="Y4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Y4" s="1" t="n">
+        <v>12.8</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="1" t="n">
-        <v>25.01598869</v>
+      <c r="B5" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="n">
-        <v>24.57193973</v>
+        <v>24.81680458</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>24.13025007</v>
+        <v>24.31201818</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>23.68106359</v>
+        <v>23.8105197</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>23.21466998</v>
+        <v>23.30333671</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>22.72557134</v>
+        <v>22.78441233</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>22.2162952</v>
+        <v>22.25487103</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>21.69359804</v>
+        <v>21.71954507</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>21.1650509</v>
+        <v>21.18381361</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>20.63600343</v>
+        <v>20.65074195</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>20.10688016</v>
+        <v>20.11848335</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>19.57528727</v>
+        <v>19.58244916</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>19.03794182</v>
+        <v>19.03728879</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>18.49243888</v>
+        <v>18.47872311</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>17.93886847</v>
+        <v>17.90525657</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>17.38127153</v>
+        <v>17.31975438</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>16.82578901</v>
+        <v>16.72773988</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>16.27901209</v>
+        <v>16.13592597</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>15.74649935</v>
+        <v>15.55095478</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>15.28291532</v>
+        <v>14.97830034</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>14.87797301</v>
+        <v>14.42127733</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>14.5231815</v>
+        <v>13.88178943</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>14.21148372</v>
+        <v>13.36084802</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>13.93697644</v>
+        <v>12.85886594</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>13.69469201</v>
+        <v>12.4240561</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>13.48042677</v>
+        <v>12.04595966</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>13.2906052</v>
+        <v>11.71602868</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>13.12217142</v>
+        <v>11.42722375</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>12.97250215</v>
+        <v>11.17370656</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>12.8393362</v>
+        <v>10.95060303</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>12.72071713</v>
+        <v>10.75381906</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>9.2</v>
       </c>
@@ -716,931 +703,1031 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="C12" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="H12" s="1"/>
+      <c r="H12" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>26</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>30</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>27</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>25</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>19</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>21</v>
       </c>
-      <c r="H13" s="1"/>
+      <c r="H13" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="I13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>31</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>29</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>28</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>27</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>27</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="H14" s="1"/>
+      <c r="H14" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="I14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="0"/>
+      <c r="A17" s="0" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...1 lines deleted...]
-      <c r="B20" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0"/>
+      <c r="B21" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="C20" s="1" t="n">
+      <c r="C21" s="1" t="n">
         <v>1998</v>
       </c>
-      <c r="D20" s="1" t="n">
+      <c r="D21" s="1" t="n">
         <v>1999</v>
       </c>
-      <c r="E20" s="1" t="n">
+      <c r="E21" s="1" t="n">
         <v>2000</v>
       </c>
-      <c r="F20" s="1" t="n">
+      <c r="F21" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="G20" s="1" t="n">
+      <c r="G21" s="1" t="n">
         <v>2002</v>
       </c>
-      <c r="H20" s="1" t="n">
+      <c r="H21" s="1" t="n">
         <v>2003</v>
       </c>
-      <c r="I20" s="1" t="n">
+      <c r="I21" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="J20" s="1" t="n">
+      <c r="J21" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="K20" s="1" t="n">
+      <c r="K21" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="L20" s="1" t="n">
+      <c r="L21" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="M20" s="1" t="n">
+      <c r="M21" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="N20" s="1" t="n">
+      <c r="N21" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="O20" s="1" t="n">
+      <c r="O21" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="P20" s="1" t="n">
+      <c r="P21" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="Q20" s="1" t="n">
+      <c r="Q21" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="R20" s="1" t="n">
+      <c r="R21" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="S20" s="1" t="n">
+      <c r="S21" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="T20" s="1" t="n">
+      <c r="T21" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="U20" s="1" t="n">
+      <c r="U21" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="V20" s="1" t="n">
+      <c r="V21" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="W20" s="1" t="n">
+      <c r="W21" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="X20" s="1" t="n">
+      <c r="X21" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Y20" s="1" t="n">
+      <c r="Y21" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="Z20" s="1"/>
-[...77 lines deleted...]
-      <c r="Z21" s="1"/>
+      <c r="Z21" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="AA21" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="AB21" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AC21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>12</v>
       </c>
-      <c r="B22" s="1" t="n">
+      <c r="B22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K22" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="L22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="N22" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="O22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q22" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="R22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="S22" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="T22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V22" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="W22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="X22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Y22" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="Z22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AA22" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AB22" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="AC22" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B23" s="1" t="n">
         <v>25.5</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F22" s="1" t="n">
+      <c r="C23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F23" s="1" t="n">
         <v>24.1</v>
       </c>
-      <c r="G22" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I22" s="1" t="n">
+      <c r="G23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I23" s="1" t="n">
         <v>24</v>
       </c>
-      <c r="J22" s="1" t="s">
-[...8 lines deleted...]
-      <c r="M22" s="1" t="n">
+      <c r="J23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M23" s="1" t="n">
         <v>20.7</v>
       </c>
-      <c r="N22" s="1" t="s">
-[...11 lines deleted...]
-      <c r="R22" s="1" t="n">
+      <c r="N23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="O23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="R23" s="1" t="n">
         <v>18.9</v>
       </c>
-      <c r="S22" s="1" t="s">
-[...11 lines deleted...]
-      <c r="W22" s="1" t="n">
+      <c r="S23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="T23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W23" s="1" t="n">
         <v>15.4</v>
       </c>
-      <c r="X22" s="1" t="s">
-[...9 lines deleted...]
-      <c r="B23" s="1"/>
+      <c r="X23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Y23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Z23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AA23" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AB23" s="1" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="AC23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A26" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="0"/>
-      <c r="B28" s="1" t="n">
+      <c r="A28" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="0"/>
+      <c r="B29" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="C28" s="1" t="n">
+      <c r="C29" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D28" s="1" t="n">
+      <c r="D29" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="E28" s="1" t="n">
+      <c r="E29" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F28" s="1" t="n">
+      <c r="F29" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="G28" s="1" t="n">
+      <c r="G29" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H28" s="1"/>
-[...23 lines deleted...]
-      <c r="H29" s="1"/>
+      <c r="H29" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="1" t="n">
-        <v>24.1</v>
+        <v>27.3</v>
       </c>
       <c r="C30" s="1" t="n">
-        <v>22.9</v>
+        <v>25.3</v>
       </c>
       <c r="D30" s="1" t="n">
-        <v>22.9</v>
+        <v>23.7</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>18.8</v>
+        <v>22.5</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>17.7</v>
+        <v>18.3</v>
       </c>
       <c r="G30" s="1" t="n">
-        <v>13.4</v>
-[...1 lines deleted...]
-      <c r="H30" s="1"/>
+        <v>16.6</v>
+      </c>
+      <c r="H30" s="1" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="I30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B31" s="1" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="C31" s="1" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="D31" s="1" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="E31" s="1" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="F31" s="1" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="G31" s="1" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="H31" s="1" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="I31" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B32" s="1" t="n">
         <v>27.6</v>
       </c>
-      <c r="C31" s="1" t="n">
+      <c r="C32" s="1" t="n">
         <v>25.9</v>
       </c>
-      <c r="D31" s="1" t="n">
+      <c r="D32" s="1" t="n">
         <v>26.2</v>
       </c>
-      <c r="E31" s="1" t="n">
+      <c r="E32" s="1" t="n">
         <v>24.2</v>
       </c>
-      <c r="F31" s="1" t="n">
+      <c r="F32" s="1" t="n">
         <v>21.5</v>
       </c>
-      <c r="G31" s="1" t="n">
+      <c r="G32" s="1" t="n">
         <v>18.8</v>
       </c>
-      <c r="H31" s="1"/>
-[...3 lines deleted...]
-      <c r="B32" s="1"/>
+      <c r="H32" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="I32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A33" s="0"/>
+      <c r="B33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="0"/>
+      <c r="A35" s="0" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A36" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-[...1 lines deleted...]
-      <c r="B38" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="0"/>
+      <c r="B39" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="C38" s="1" t="n">
+      <c r="C39" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D38" s="1" t="n">
+      <c r="D39" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="E38" s="1" t="n">
+      <c r="E39" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F38" s="1" t="n">
+      <c r="F39" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="G38" s="1" t="n">
+      <c r="G39" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H38" s="1"/>
-[...23 lines deleted...]
-      <c r="H39" s="1"/>
+      <c r="H39" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B40" s="1" t="n">
+        <v>19.9</v>
+      </c>
+      <c r="C40" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="D40" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="E40" s="1" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="F40" s="1" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="G40" s="1" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="H40" s="1" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="I40" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B40" s="1" t="n">
+      <c r="B41" s="1" t="n">
         <v>31.4</v>
       </c>
-      <c r="C40" s="1" t="n">
+      <c r="C41" s="1" t="n">
         <v>28.5</v>
       </c>
-      <c r="D40" s="1" t="n">
+      <c r="D41" s="1" t="n">
         <v>28.2</v>
       </c>
-      <c r="E40" s="1" t="n">
+      <c r="E41" s="1" t="n">
         <v>23.9</v>
       </c>
-      <c r="F40" s="1" t="n">
+      <c r="F41" s="1" t="n">
         <v>21.6</v>
       </c>
-      <c r="G40" s="1" t="n">
+      <c r="G41" s="1" t="n">
         <v>18.9</v>
       </c>
-      <c r="H40" s="1"/>
-[...3 lines deleted...]
-      <c r="B41" s="1"/>
+      <c r="H41" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="I41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A42" s="0"/>
+      <c r="B42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="0"/>
+      <c r="A43" s="0" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A44" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-[...1 lines deleted...]
-      <c r="B46" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="0"/>
+      <c r="B47" s="1" t="n">
         <v>1997</v>
       </c>
-      <c r="C46" s="1" t="n">
+      <c r="C47" s="1" t="n">
         <v>2001</v>
       </c>
-      <c r="D46" s="1" t="n">
+      <c r="D47" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="E46" s="1" t="n">
+      <c r="E47" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F46" s="1" t="n">
+      <c r="F47" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="G46" s="1" t="n">
+      <c r="G47" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="H46" s="1"/>
-[...23 lines deleted...]
-      <c r="H47" s="1"/>
+      <c r="H47" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B48" s="1" t="n">
-        <v>32.3</v>
+        <v>26.5</v>
       </c>
       <c r="C48" s="1" t="n">
-        <v>27.5</v>
+        <v>20.9</v>
       </c>
       <c r="D48" s="1" t="n">
-        <v>28.8</v>
+        <v>26.6</v>
       </c>
       <c r="E48" s="1" t="n">
-        <v>29.1</v>
+        <v>22.3</v>
       </c>
       <c r="F48" s="1" t="n">
-        <v>26.2</v>
+        <v>18.7</v>
       </c>
       <c r="G48" s="1" t="n">
-        <v>22.5</v>
-[...1 lines deleted...]
-      <c r="H48" s="1"/>
+        <v>14.2</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B49" s="1" t="n">
-        <v>27.5</v>
+        <v>32.3</v>
       </c>
       <c r="C49" s="1" t="n">
-        <v>27.3</v>
+        <v>24.6</v>
       </c>
       <c r="D49" s="1" t="n">
-        <v>27.2</v>
+        <v>27.8</v>
       </c>
       <c r="E49" s="1" t="n">
-        <v>25.5</v>
+        <v>26.4</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>25.5</v>
+        <v>23.2</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H49" s="1"/>
+        <v>20</v>
+      </c>
+      <c r="H49" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="I49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B50" s="1" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="C50" s="1" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="D50" s="1" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="E50" s="1" t="n">
+        <v>25.5</v>
+      </c>
+      <c r="F50" s="1" t="n">
+        <v>25.5</v>
+      </c>
+      <c r="G50" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="H50" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="I50" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B51" s="1" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="C51" s="1" t="n">
+        <v>20.6</v>
+      </c>
+      <c r="D51" s="1" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="E51" s="1" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="F51" s="1" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="G51" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="H51" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="I51" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="0"/>
+      <c r="B52" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="B50" s="1" t="n">
-[...29 lines deleted...]
-      <c r="A53" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="0" t="s">
         <v>30</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="H56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
-        <v>31</v>
-[...19 lines deleted...]
-      <c r="H57" s="1"/>
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A58" s="0"/>
       <c r="B58" s="1" t="n">
-        <v>27.3</v>
+        <v>1997</v>
       </c>
       <c r="C58" s="1" t="n">
-        <v>23.6</v>
+        <v>2001</v>
       </c>
       <c r="D58" s="1" t="n">
-        <v>25.1</v>
+        <v>2004</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>22.5</v>
+        <v>2008</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>21.3</v>
+        <v>2013</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>16.5</v>
-[...1 lines deleted...]
-      <c r="H58" s="1"/>
+        <v>2018</v>
+      </c>
+      <c r="H58" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I58" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B59" s="1" t="n">
-        <v>28.2</v>
+        <v>28.1</v>
       </c>
       <c r="C59" s="1" t="n">
-        <v>24</v>
+        <v>27.3</v>
       </c>
       <c r="D59" s="1" t="n">
-        <v>22.6</v>
+        <v>29.8</v>
       </c>
       <c r="E59" s="1" t="n">
-        <v>21.4</v>
+        <v>26.6</v>
       </c>
       <c r="F59" s="1" t="n">
-        <v>20.2</v>
+        <v>26.1</v>
       </c>
       <c r="G59" s="1" t="n">
-        <v>14.6</v>
-[...1 lines deleted...]
-      <c r="H59" s="1"/>
+        <v>19.9</v>
+      </c>
+      <c r="H59" s="1" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="I59" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B60" s="1" t="n">
-        <v>24.2</v>
+        <v>27.3</v>
       </c>
       <c r="C60" s="1" t="n">
-        <v>24.2</v>
+        <v>23.6</v>
       </c>
       <c r="D60" s="1" t="n">
-        <v>24</v>
+        <v>25.1</v>
       </c>
       <c r="E60" s="1" t="n">
-        <v>21.6</v>
+        <v>23.1</v>
       </c>
       <c r="F60" s="1" t="n">
-        <v>19.3</v>
+        <v>21.3</v>
       </c>
       <c r="G60" s="1" t="n">
         <v>16.6</v>
       </c>
-      <c r="H60" s="1"/>
+      <c r="H60" s="1" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="I60" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B61" s="1" t="n">
-        <v>19.1</v>
+        <v>28.2</v>
       </c>
       <c r="C61" s="1" t="n">
-        <v>23.7</v>
+        <v>24</v>
       </c>
       <c r="D61" s="1" t="n">
-        <v>19.5</v>
+        <v>22.6</v>
       </c>
       <c r="E61" s="1" t="n">
-        <v>14.8</v>
+        <v>21.3</v>
       </c>
       <c r="F61" s="1" t="n">
-        <v>12.2</v>
+        <v>20.2</v>
       </c>
       <c r="G61" s="1" t="n">
-        <v>11.2</v>
-[...1 lines deleted...]
-      <c r="H61" s="1"/>
+        <v>16</v>
+      </c>
+      <c r="H61" s="1" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="I61" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="0"/>
-      <c r="B62" s="1"/>
+      <c r="A62" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B62" s="1" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="C62" s="1" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="D62" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="E62" s="1" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="F62" s="1" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="G62" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="H62" s="1" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="I62" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="s">
-        <v>36</v>
-      </c>
+        <v>35</v>
+      </c>
+      <c r="B63" s="1" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="C63" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="D63" s="1" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="E63" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="F63" s="1" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="G63" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="H63" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="I63" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0"/>
+      <c r="B64" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>