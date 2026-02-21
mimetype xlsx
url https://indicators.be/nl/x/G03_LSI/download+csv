--- v0 (2025-10-31)
+++ v1 (2026-02-21)
@@ -13,171 +13,166 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G03_LSI" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="36">
   <si>
     <t>Langdurige ziekte of aandoening - België en internationale vergelijking</t>
   </si>
   <si>
     <t>procent van 16-jarigen en ouder</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020</t>
-[...2 lines deleted...]
-    <t>Statbel (2023), rechtstreekse mededeling (07/03/2023), Statbel (2024), Langdurige ziekte of aandoening, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 en Eurostat (2024), People having a long-standing illness or health problem [hlth_silc_11], https://ec.europa.eu/eurostat (geraadpleegd op 31/10/2024).</t>
+    <t>Noot: breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020</t>
+  </si>
+  <si>
+    <t>Het 95%-betrouwbaarheidsinterval voor het aandeel van de bevolking van 16 jaar en ouder dat verklaart een langdurige ziekte of aandoening te hebben in 2024 bedraagt 26% tot 29,2% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), Langdurige ziekte of aandoening, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 en Eurostat (2025), People having a long-standing illness or health problem, hlth_silc_11, https://ec.europa.eu/eurostat, laatste update van data  01/10/2025 11:00   (geraadpleegd op 02/10/2025). Statbel (2025à, rechtstreekse mededeling 6/10/2025</t>
   </si>
   <si>
     <t>Langdurige ziekte of aandoening volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>De onzekerheidsmarge voor deze indicator is aangegeven in de tekst voor het laatste jaar. </t>
-[...2 lines deleted...]
-    <t>Statbel (2023), rechtstreekse mededeling (07/03/2023) en Statbel (2024), Langdurige ziekte of aandoening, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 (geraadpleegd op 31/10/2024).</t>
+    <t>Noot: Het 95%-betrouwbaarheidsinterval voor het aandeel van de bevolking van 16 jaar en ouder dat verklaart een langdurige ziekte of aandoening te hebben in 2024 bedraagt 23,6% tot 28,7% voor Brussel, 23,4% tot 27,7% voor Vlaanderen en 28,7% tot 34,8% voor Wallonië.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), Langdurige ziekte of aandoening, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 (geraadpleegd op 02/10/2025) en rechtstreekse mededeling 6/10/2025</t>
   </si>
   <si>
     <t>Langdurige ziekte of aandoening volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
+    <t>Noot: breuk in tijdreeks: 2019; covid-19-pandemie had impact op gegevensverzameling 2020</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), Langdurige ziekte of aandoening, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#panel-12 (geraadpleegd op 02/10/2025).</t>
   </si>
   <si>
     <t>Langdurige ziekte of aandoening volgens leeftijd - België</t>
   </si>
   <si>
     <t>procent</t>
   </si>
   <si>
     <t>16-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Langdurige ziekte of aandoening volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G03_LSI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Langdurige ziekte of aandoening (i17)</t>
+    <t>Langdurige ziekte of aandoening (i18)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: het aandeel van de bevolking van 16 jaar en ouder dat verklaart een langdurige ziekte of aandoening te hebben. De gegevens komen van de EU-SILC-enquête (Statistics on Income and Living Conditions) van de Europese Unie. In deze enquête wordt de deelnemers gevraagd aan te geven of ze al dan niet een langdurige ziekte of aandoening hebben. Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De hier gebruikte gegevens voor België komen rechtstreeks van Statistics Belgium. De gegevens voor de internationale vergelijking komen van Eurostat. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen zijn op verzoek verkrijgbaar bij Statistics Belgium.
 Vanaf 2019 werd de enquêtemethode grondig herzien met het oog op een grotere nauwkeurigheid. In 2020 had de covid-19-pandemie een impact op de gegevensverzameling. Hierdoor zijn de resultaten van SILC 2020 moeilijk te vergelijken met die van de voorgaande jaren (Statbel, 2021). Daarom worden ze niet gebruikt om de langetermijntrend te berekenen en te evalueren.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, inkomen en leeftijd.
 Doelstelling: het aandeel van de bevolking dat verklaart een langdurige ziekte of aandoening te hebben moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 3.4: "Tegen 2030 de voortijdige sterfte gelinkt aan niet-overdraagbare ziekten met een derde inperken via preventie en behandeling, en geestelijke gezondheid en welzijn bevorderen". De evolutie van het aandeel personen met een langdurige ziekte geeft onder andere informatie over de niet-overdraagbare ziekten evenals over het welzijn.
-Evolutie: tussen 2005 en 2023 is het aandeel van de bevolking met een langdurige ziekte of aandoening vrij stabiel gebleven, rekening houdend met de nieuwe methodologie gebruikt vanaf 2019. In 2023 bereikt de indicator 26,8% van de bevolking, het maximum van de geanalyseerde periode.
-[...4 lines deleted...]
-Opsplitsing volgens leeftijd: hoe ouder de personen, hoe meer ze een langdurige ziekte of aandoening verklaren. In 2023, met de nieuwe methodologie gebruikt vanaf 2019, bedraagt deze indicator 42,3% voor 65-plussers, maar slechts 10,5% voor de 16-24-jarigen.
 VN-indicator: de gekozen indicator is verwant met indicator 3.4.1 - Sterfte door hart- en vaatziekten, kanker, diabetes of chronische ademhalingsziekten. Inderdaad, vooraleer te sterven aan een chronische ziekte, worden de mensen getroffen door een langdurige ziekte of aandoening voor een zekere periode. Het volgen van deze evolutie helpt de evolutie van de mortaliteit te begrijpen.
-Deze indicator wordt gebruikt om de composiete indicator van het welzijn hier en nu, gepubliceerd in het rapport Indicatoren van duurzame ontwikkeling, te berekenen.
+Deze indicator wordt gebruikt om de composiete indicator van het welzijn hier en nu te berekenen.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 19/11/2021).
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 27/08/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -235,51 +230,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:U51"/>
+  <dimension ref="A1:V52"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -314,1309 +309,1377 @@
       </c>
       <c r="M3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="R3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="S3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="T3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U3" s="1"/>
+      <c r="U3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>25.07</v>
+        <v>25.1</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>24.71</v>
+        <v>24.7</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>24.83</v>
+        <v>24.8</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>24.71</v>
+        <v>24.7</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>25.12</v>
+        <v>25.1</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>25.62</v>
+        <v>25.6</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>26.13</v>
+        <v>26.1</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>24.72</v>
+        <v>24.7</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>25.9</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>24.96</v>
+        <v>25</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>24.6</v>
+        <v>24.5</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>25.4</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>24.9</v>
+        <v>25</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>24.7</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>26.1</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>24.8</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>25</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>27</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>26.8</v>
       </c>
-      <c r="U4" s="1"/>
+      <c r="U4" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="V4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="n">
+        <v>31.9</v>
+      </c>
+      <c r="H5" s="1" t="n">
         <v>32</v>
       </c>
-      <c r="H5" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I5" s="1" t="n">
-        <v>32.3</v>
+        <v>32.2</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>33.4</v>
+        <v>33.3</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>33.3</v>
+        <v>33.2</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>35.5</v>
+        <v>35.4</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>35.3</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>36.5</v>
+        <v>36.4</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>36.1</v>
+        <v>36</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>35.8</v>
+        <v>35.7</v>
       </c>
       <c r="Q5" s="1" t="n">
         <v>35.2</v>
       </c>
       <c r="R5" s="1" t="n">
         <v>35.2</v>
       </c>
       <c r="S5" s="1" t="n">
         <v>36.1</v>
       </c>
       <c r="T5" s="1" t="n">
         <v>35.1</v>
       </c>
-      <c r="U5" s="1"/>
+      <c r="U5" s="1" t="n">
+        <v>35.3</v>
+      </c>
+      <c r="V5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
-      <c r="A9" s="0"/>
+      <c r="A9" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...1 lines deleted...]
-      <c r="B12" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="C12" s="1" t="n">
+      <c r="C13" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="D12" s="1" t="n">
+      <c r="D13" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="E12" s="1" t="n">
+      <c r="E13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="F12" s="1" t="n">
+      <c r="F13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G12" s="1"/>
-[...20 lines deleted...]
-      <c r="G13" s="1"/>
+      <c r="G13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>23.3</v>
+        <v>30.1</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>21.9</v>
+        <v>27.8</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>21.9</v>
+        <v>26.5</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>24.2</v>
+        <v>27.2</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>24.1</v>
-[...1 lines deleted...]
-      <c r="G14" s="1"/>
+        <v>26</v>
+      </c>
+      <c r="G14" s="1" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="H14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>25.5</v>
+      </c>
+      <c r="H15" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="1" t="n">
         <v>29.8</v>
       </c>
-      <c r="C15" s="1" t="n">
+      <c r="C16" s="1" t="n">
         <v>29.2</v>
       </c>
-      <c r="D15" s="1" t="n">
+      <c r="D16" s="1" t="n">
         <v>30.2</v>
       </c>
-      <c r="E15" s="1" t="n">
+      <c r="E16" s="1" t="n">
         <v>32.1</v>
       </c>
-      <c r="F15" s="1" t="n">
+      <c r="F16" s="1" t="n">
         <v>32.1</v>
       </c>
-      <c r="G15" s="1"/>
-[...3 lines deleted...]
-      <c r="B16" s="1"/>
+      <c r="G16" s="1" t="n">
+        <v>32.1</v>
+      </c>
+      <c r="H16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A17" s="0"/>
+      <c r="B17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0"/>
+      <c r="A19" s="0" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A20" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...1 lines deleted...]
-      <c r="B22" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="0"/>
+      <c r="B23" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C22" s="1" t="n">
+      <c r="C23" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D22" s="1" t="n">
+      <c r="D23" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E22" s="1" t="n">
+      <c r="E23" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F22" s="1" t="n">
+      <c r="F23" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G22" s="1" t="n">
+      <c r="G23" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H22" s="1" t="n">
+      <c r="H23" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I22" s="1" t="n">
+      <c r="I23" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J22" s="1" t="n">
+      <c r="J23" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K22" s="1" t="n">
+      <c r="K23" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L22" s="1" t="n">
+      <c r="L23" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M22" s="1" t="n">
+      <c r="M23" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N22" s="1" t="n">
+      <c r="N23" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O22" s="1" t="n">
+      <c r="O23" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P22" s="1" t="n">
+      <c r="P23" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q22" s="1" t="n">
+      <c r="Q23" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R22" s="1" t="n">
+      <c r="R23" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S22" s="1" t="n">
+      <c r="S23" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T22" s="1" t="n">
+      <c r="T23" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U22" s="1"/>
-[...62 lines deleted...]
-      <c r="U23" s="1"/>
+      <c r="U23" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
-        <v>22.73</v>
+        <v>27.3</v>
       </c>
       <c r="C24" s="1" t="n">
-        <v>22.59</v>
+        <v>26.7</v>
       </c>
       <c r="D24" s="1" t="n">
-        <v>22.49</v>
+        <v>27.1</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>22.37</v>
+        <v>26.9</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>23.33</v>
+        <v>26.8</v>
       </c>
       <c r="G24" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="I24" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="J24" s="1" t="n">
+        <v>28.3</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="L24" s="1" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="M24" s="1" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="N24" s="1" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="O24" s="1" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="P24" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="Q24" s="1" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="R24" s="1" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="S24" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="T24" s="1" t="n">
+        <v>28.4</v>
+      </c>
+      <c r="U24" s="1" t="n">
+        <v>29.2</v>
+      </c>
+      <c r="V24" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" s="1" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="C25" s="1" t="n">
+        <v>22.6</v>
+      </c>
+      <c r="D25" s="1" t="n">
+        <v>22.5</v>
+      </c>
+      <c r="E25" s="1" t="n">
+        <v>22.4</v>
+      </c>
+      <c r="F25" s="1" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="G25" s="1" t="n">
         <v>23.1</v>
       </c>
-      <c r="H24" s="1" t="n">
-[...29 lines deleted...]
-      <c r="R24" s="1" t="n">
+      <c r="H25" s="1" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="I25" s="1" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="J25" s="1" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="K25" s="1" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="L25" s="1" t="n">
+        <v>22.5</v>
+      </c>
+      <c r="M25" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="N25" s="1" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="O25" s="1" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="P25" s="1" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="Q25" s="1" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="R25" s="1" t="n">
         <v>23.5</v>
       </c>
-      <c r="S24" s="1" t="n">
+      <c r="S25" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="T24" s="1" t="n">
+      <c r="T25" s="1" t="n">
         <v>25.1</v>
       </c>
-      <c r="U24" s="1"/>
-[...3 lines deleted...]
-      <c r="B25" s="1"/>
+      <c r="U25" s="1" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="V25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A26" s="0"/>
+      <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="0"/>
+      <c r="A28" s="0" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1" t="n">
+      <c r="A31" s="0" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0"/>
+      <c r="B32" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C31" s="1" t="n">
+      <c r="C32" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D31" s="1" t="n">
+      <c r="D32" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E31" s="1" t="n">
+      <c r="E32" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F31" s="1" t="n">
+      <c r="F32" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G31" s="1" t="n">
+      <c r="G32" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H31" s="1" t="n">
+      <c r="H32" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I31" s="1" t="n">
+      <c r="I32" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J31" s="1" t="n">
+      <c r="J32" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K31" s="1" t="n">
+      <c r="K32" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L31" s="1" t="n">
+      <c r="L32" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M31" s="1" t="n">
+      <c r="M32" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N31" s="1" t="n">
+      <c r="N32" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O31" s="1" t="n">
+      <c r="O32" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P31" s="1" t="n">
+      <c r="P32" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q31" s="1" t="n">
+      <c r="Q32" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R31" s="1" t="n">
+      <c r="R32" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S31" s="1" t="n">
+      <c r="S32" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T31" s="1" t="n">
+      <c r="T32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U31" s="1"/>
-[...62 lines deleted...]
-      <c r="U32" s="1"/>
+      <c r="U32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B33" s="1" t="n">
-        <v>17.41</v>
+        <v>9.5</v>
       </c>
       <c r="C33" s="1" t="n">
-        <v>17.79</v>
+        <v>9.8</v>
       </c>
       <c r="D33" s="1" t="n">
-        <v>18.23</v>
+        <v>10</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>17.47</v>
+        <v>10</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>17.87</v>
+        <v>9.6</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>17.85</v>
+        <v>9.6</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>18.06</v>
+        <v>8.6</v>
       </c>
       <c r="I33" s="1" t="n">
-        <v>17.71</v>
+        <v>10.2</v>
       </c>
       <c r="J33" s="1" t="n">
-        <v>18.73</v>
+        <v>10.6</v>
       </c>
       <c r="K33" s="1" t="n">
-        <v>17.75</v>
+        <v>10.9</v>
       </c>
       <c r="L33" s="1" t="n">
-        <v>17.47</v>
+        <v>9.1</v>
       </c>
       <c r="M33" s="1" t="n">
-        <v>17.35</v>
+        <v>9</v>
       </c>
       <c r="N33" s="1" t="n">
-        <v>17.69</v>
+        <v>10.7</v>
       </c>
       <c r="O33" s="1" t="n">
-        <v>16.7</v>
+        <v>11</v>
       </c>
       <c r="P33" s="1" t="n">
-        <v>18.21</v>
+        <v>10.2</v>
       </c>
       <c r="Q33" s="1" t="n">
-        <v>16.77</v>
+        <v>9.3</v>
       </c>
       <c r="R33" s="1" t="n">
-        <v>17.4</v>
+        <v>8.7</v>
       </c>
       <c r="S33" s="1" t="n">
-        <v>18.5</v>
+        <v>9.5</v>
       </c>
       <c r="T33" s="1" t="n">
-        <v>18.5</v>
-[...1 lines deleted...]
-      <c r="U33" s="1"/>
+        <v>10.5</v>
+      </c>
+      <c r="U33" s="1" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="V33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B34" s="1" t="n">
-        <v>31.42</v>
+        <v>17.4</v>
       </c>
       <c r="C34" s="1" t="n">
-        <v>30.11</v>
+        <v>17.8</v>
       </c>
       <c r="D34" s="1" t="n">
-        <v>30.51</v>
+        <v>18.2</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>30.8</v>
+        <v>17.5</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>31.47</v>
+        <v>17.9</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>32.24</v>
+        <v>17.9</v>
       </c>
       <c r="H34" s="1" t="n">
-        <v>33.26</v>
+        <v>18.1</v>
       </c>
       <c r="I34" s="1" t="n">
-        <v>30.89</v>
+        <v>17.7</v>
       </c>
       <c r="J34" s="1" t="n">
-        <v>31.72</v>
+        <v>18.7</v>
       </c>
       <c r="K34" s="1" t="n">
-        <v>31.6</v>
+        <v>17.7</v>
       </c>
       <c r="L34" s="1" t="n">
-        <v>31.73</v>
+        <v>17.5</v>
       </c>
       <c r="M34" s="1" t="n">
-        <v>32.22</v>
+        <v>17.5</v>
       </c>
       <c r="N34" s="1" t="n">
-        <v>30.93</v>
+        <v>17.9</v>
       </c>
       <c r="O34" s="1" t="n">
-        <v>30.59</v>
+        <v>16.9</v>
       </c>
       <c r="P34" s="1" t="n">
-        <v>33.56</v>
+        <v>18.2</v>
       </c>
       <c r="Q34" s="1" t="n">
-        <v>31.95</v>
+        <v>16.8</v>
       </c>
       <c r="R34" s="1" t="n">
-        <v>31.1</v>
+        <v>17.4</v>
       </c>
       <c r="S34" s="1" t="n">
-        <v>34.1</v>
+        <v>18.5</v>
       </c>
       <c r="T34" s="1" t="n">
-        <v>33.5</v>
-[...1 lines deleted...]
-      <c r="U34" s="1"/>
+        <v>18.5</v>
+      </c>
+      <c r="U34" s="1" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="V34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B35" s="1" t="n">
-        <v>46.11</v>
+        <v>31.4</v>
       </c>
       <c r="C35" s="1" t="n">
-        <v>43.78</v>
+        <v>30.1</v>
       </c>
       <c r="D35" s="1" t="n">
-        <v>42.77</v>
+        <v>30.5</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>43.12</v>
+        <v>30.8</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>43.24</v>
+        <v>31.5</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>44.84</v>
+        <v>32.2</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>45.53</v>
+        <v>33.3</v>
       </c>
       <c r="I35" s="1" t="n">
-        <v>41.27</v>
+        <v>30.9</v>
       </c>
       <c r="J35" s="1" t="n">
-        <v>43.31</v>
+        <v>31.7</v>
       </c>
       <c r="K35" s="1" t="n">
-        <v>40.62</v>
+        <v>31.6</v>
       </c>
       <c r="L35" s="1" t="n">
-        <v>39.64</v>
+        <v>31.7</v>
       </c>
       <c r="M35" s="1" t="n">
-        <v>42.37</v>
+        <v>32.5</v>
       </c>
       <c r="N35" s="1" t="n">
-        <v>39.17</v>
+        <v>31.3</v>
       </c>
       <c r="O35" s="1" t="n">
-        <v>39.74</v>
+        <v>31</v>
       </c>
       <c r="P35" s="1" t="n">
-        <v>39.84</v>
+        <v>33.6</v>
       </c>
       <c r="Q35" s="1" t="n">
-        <v>39.38</v>
+        <v>32</v>
       </c>
       <c r="R35" s="1" t="n">
+        <v>31.1</v>
+      </c>
+      <c r="S35" s="1" t="n">
+        <v>34.1</v>
+      </c>
+      <c r="T35" s="1" t="n">
+        <v>33.5</v>
+      </c>
+      <c r="U35" s="1" t="n">
+        <v>36.1</v>
+      </c>
+      <c r="V35" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B36" s="1" t="n">
+        <v>46.1</v>
+      </c>
+      <c r="C36" s="1" t="n">
+        <v>43.8</v>
+      </c>
+      <c r="D36" s="1" t="n">
+        <v>42.8</v>
+      </c>
+      <c r="E36" s="1" t="n">
+        <v>43.1</v>
+      </c>
+      <c r="F36" s="1" t="n">
+        <v>43.2</v>
+      </c>
+      <c r="G36" s="1" t="n">
+        <v>44.8</v>
+      </c>
+      <c r="H36" s="1" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="I36" s="1" t="n">
+        <v>41.3</v>
+      </c>
+      <c r="J36" s="1" t="n">
+        <v>43.3</v>
+      </c>
+      <c r="K36" s="1" t="n">
+        <v>40.6</v>
+      </c>
+      <c r="L36" s="1" t="n">
+        <v>39.6</v>
+      </c>
+      <c r="M36" s="1" t="n">
+        <v>42.2</v>
+      </c>
+      <c r="N36" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="O36" s="1" t="n">
+        <v>39.3</v>
+      </c>
+      <c r="P36" s="1" t="n">
+        <v>39.8</v>
+      </c>
+      <c r="Q36" s="1" t="n">
+        <v>39.4</v>
+      </c>
+      <c r="R36" s="1" t="n">
         <v>40</v>
       </c>
-      <c r="S35" s="1" t="n">
+      <c r="S36" s="1" t="n">
         <v>42.8</v>
       </c>
-      <c r="T35" s="1" t="n">
+      <c r="T36" s="1" t="n">
         <v>42.3</v>
       </c>
-      <c r="U35" s="1"/>
-[...3 lines deleted...]
-      <c r="B36" s="1"/>
+      <c r="U36" s="1" t="n">
+        <v>40.4</v>
+      </c>
+      <c r="V36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A37" s="0"/>
+      <c r="B37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="0"/>
+      <c r="A39" s="0" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-[...1 lines deleted...]
-      <c r="B42" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="0"/>
+      <c r="B43" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="C42" s="1" t="n">
+      <c r="C43" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="D42" s="1" t="n">
+      <c r="D43" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="E42" s="1" t="n">
+      <c r="E43" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="F42" s="1" t="n">
+      <c r="F43" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="G42" s="1" t="n">
+      <c r="G43" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="H42" s="1" t="n">
+      <c r="H43" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="I42" s="1" t="n">
+      <c r="I43" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="J42" s="1" t="n">
+      <c r="J43" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="K42" s="1" t="n">
+      <c r="K43" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="L42" s="1" t="n">
+      <c r="L43" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="M42" s="1" t="n">
+      <c r="M43" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="N42" s="1" t="n">
+      <c r="N43" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="O42" s="1" t="n">
+      <c r="O43" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="P42" s="1" t="n">
+      <c r="P43" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="Q42" s="1" t="n">
+      <c r="Q43" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="R42" s="1" t="n">
+      <c r="R43" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="S42" s="1" t="n">
+      <c r="S43" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="T42" s="1" t="n">
+      <c r="T43" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="U42" s="1"/>
-[...62 lines deleted...]
-      <c r="U43" s="1"/>
+      <c r="U43" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="V43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B44" s="1" t="n">
-        <v>31.72</v>
+        <v>35</v>
       </c>
       <c r="C44" s="1" t="n">
-        <v>30.63</v>
+        <v>37</v>
       </c>
       <c r="D44" s="1" t="n">
-        <v>30.72</v>
+        <v>35.9</v>
       </c>
       <c r="E44" s="1" t="n">
-        <v>31.07</v>
+        <v>35.9</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>32.29</v>
+        <v>36.1</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>35.54</v>
+        <v>35.1</v>
       </c>
       <c r="H44" s="1" t="n">
-        <v>34.52</v>
+        <v>37.5</v>
       </c>
       <c r="I44" s="1" t="n">
-        <v>32.48</v>
+        <v>33.8</v>
       </c>
       <c r="J44" s="1" t="n">
-        <v>32.84</v>
+        <v>37.1</v>
       </c>
       <c r="K44" s="1" t="n">
-        <v>31.78</v>
+        <v>35.8</v>
       </c>
       <c r="L44" s="1" t="n">
-        <v>32.31</v>
+        <v>35.4</v>
       </c>
       <c r="M44" s="1" t="n">
-        <v>34.54</v>
+        <v>36.3</v>
       </c>
       <c r="N44" s="1" t="n">
-        <v>32.72</v>
+        <v>34.7</v>
       </c>
       <c r="O44" s="1" t="n">
-        <v>32.62</v>
+        <v>35.8</v>
       </c>
       <c r="P44" s="1" t="n">
-        <v>31.47</v>
+        <v>38.6</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>32.45</v>
+        <v>38.6</v>
       </c>
       <c r="R44" s="1" t="n">
-        <v>31.1</v>
+        <v>37.5</v>
       </c>
       <c r="S44" s="1" t="n">
-        <v>33.7</v>
+        <v>41.5</v>
       </c>
       <c r="T44" s="1" t="n">
-        <v>34.5</v>
-[...1 lines deleted...]
-      <c r="U44" s="1"/>
+        <v>39.1</v>
+      </c>
+      <c r="U44" s="1" t="n">
+        <v>37.6</v>
+      </c>
+      <c r="V44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
-        <v>24.28</v>
+        <v>32.2</v>
       </c>
       <c r="C45" s="1" t="n">
-        <v>23.4</v>
+        <v>30.4</v>
       </c>
       <c r="D45" s="1" t="n">
-        <v>22.28</v>
+        <v>30.8</v>
       </c>
       <c r="E45" s="1" t="n">
-        <v>24.86</v>
+        <v>31.1</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>23.46</v>
+        <v>32.3</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>24.32</v>
+        <v>35.5</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>26</v>
+        <v>34.5</v>
       </c>
       <c r="I45" s="1" t="n">
-        <v>22.74</v>
+        <v>32.7</v>
       </c>
       <c r="J45" s="1" t="n">
-        <v>24.03</v>
+        <v>32.9</v>
       </c>
       <c r="K45" s="1" t="n">
-        <v>24.07</v>
+        <v>31.7</v>
       </c>
       <c r="L45" s="1" t="n">
-        <v>23.68</v>
+        <v>32.3</v>
       </c>
       <c r="M45" s="1" t="n">
-        <v>24.25</v>
+        <v>34.4</v>
       </c>
       <c r="N45" s="1" t="n">
-        <v>24.8</v>
+        <v>32.7</v>
       </c>
       <c r="O45" s="1" t="n">
-        <v>22.36</v>
+        <v>32.6</v>
       </c>
       <c r="P45" s="1" t="n">
-        <v>25.59</v>
+        <v>31.5</v>
       </c>
       <c r="Q45" s="1" t="n">
-        <v>21.98</v>
+        <v>32.5</v>
       </c>
       <c r="R45" s="1" t="n">
-        <v>24.1</v>
+        <v>31.1</v>
       </c>
       <c r="S45" s="1" t="n">
-        <v>23.9</v>
+        <v>33.7</v>
       </c>
       <c r="T45" s="1" t="n">
-        <v>26.2</v>
-[...1 lines deleted...]
-      <c r="U45" s="1"/>
+        <v>34.5</v>
+      </c>
+      <c r="U45" s="1" t="n">
+        <v>34.8</v>
+      </c>
+      <c r="V45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B46" s="1" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="C46" s="1" t="n">
+        <v>23.2</v>
+      </c>
+      <c r="D46" s="1" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="E46" s="1" t="n">
+        <v>24.9</v>
+      </c>
+      <c r="F46" s="1" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="G46" s="1" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="H46" s="1" t="n">
         <v>26</v>
       </c>
-      <c r="B46" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="I46" s="1" t="n">
-        <v>19.38</v>
+        <v>22.7</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>18.13</v>
+        <v>24</v>
       </c>
       <c r="K46" s="1" t="n">
-        <v>18.35</v>
+        <v>24.1</v>
       </c>
       <c r="L46" s="1" t="n">
-        <v>16.87</v>
+        <v>23.7</v>
       </c>
       <c r="M46" s="1" t="n">
-        <v>17.58</v>
+        <v>24.1</v>
       </c>
       <c r="N46" s="1" t="n">
-        <v>18.64</v>
+        <v>24.9</v>
       </c>
       <c r="O46" s="1" t="n">
-        <v>17.83</v>
+        <v>22.2</v>
       </c>
       <c r="P46" s="1" t="n">
-        <v>19.56</v>
+        <v>25.6</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>17.54</v>
+        <v>21.9</v>
       </c>
       <c r="R46" s="1" t="n">
-        <v>18.3</v>
+        <v>24.1</v>
       </c>
       <c r="S46" s="1" t="n">
-        <v>20</v>
+        <v>23.9</v>
       </c>
       <c r="T46" s="1" t="n">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="U46" s="1"/>
+        <v>26.2</v>
+      </c>
+      <c r="U46" s="1" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="V46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B47" s="1" t="n">
-        <v>16.16</v>
+        <v>18.5</v>
       </c>
       <c r="C47" s="1" t="n">
-        <v>15.21</v>
+        <v>17.3</v>
       </c>
       <c r="D47" s="1" t="n">
-        <v>16.12</v>
+        <v>19.4</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>15.15</v>
+        <v>16.9</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>15.64</v>
+        <v>18.9</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>16.04</v>
+        <v>17.7</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>14.91</v>
+        <v>18.4</v>
       </c>
       <c r="I47" s="1" t="n">
-        <v>15.28</v>
+        <v>19.3</v>
       </c>
       <c r="J47" s="1" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="K47" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="L47" s="1" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="M47" s="1" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="N47" s="1" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="O47" s="1" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="P47" s="1" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="Q47" s="1" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="R47" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="S47" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="T47" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="U47" s="1" t="n">
+        <v>21.8</v>
+      </c>
+      <c r="V47" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B48" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="C48" s="1" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="D48" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="E48" s="1" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="F48" s="1" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="G48" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="H48" s="1" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="I48" s="1" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="J48" s="1" t="n">
         <v>17.7</v>
       </c>
-      <c r="K47" s="1" t="n">
-[...20 lines deleted...]
-      <c r="R47" s="1" t="n">
+      <c r="K48" s="1" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="L48" s="1" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="M48" s="1" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="N48" s="1" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="O48" s="1" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="P48" s="1" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="Q48" s="1" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="R48" s="1" t="n">
         <v>14.3</v>
       </c>
-      <c r="S47" s="1" t="n">
+      <c r="S48" s="1" t="n">
         <v>15.9</v>
       </c>
-      <c r="T47" s="1" t="n">
+      <c r="T48" s="1" t="n">
         <v>17.3</v>
       </c>
-      <c r="U47" s="1"/>
-[...3 lines deleted...]
-      <c r="B48" s="1"/>
+      <c r="U48" s="1" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="V48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49" s="0"/>
+      <c r="B49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="0"/>
+      <c r="A51" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>