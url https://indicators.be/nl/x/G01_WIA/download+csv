--- v0 (2025-10-04)
+++ v1 (2026-03-25)
@@ -24,164 +24,149 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_WIA" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Huishoudens zonder internettoegang om financiële redenen - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>Statbel (2023), Enquête ICT- en internetgebruik bij huishoudens en particulieren, https://statbel.fgov.be/ (geraadpleegd op 30/09/2024); berekeningen FPB.</t>
+    <t>Bron: Statbel (2024), Enquête ICT- en internetgebruik bij huishoudens en particulieren, https://statbel.fgov.be/ (geraadpleegd op 30/09/2025); berekeningen FPB.</t>
   </si>
   <si>
     <t>Huishoudens zonder internettoegang om financiële redenen - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>Statbel (2023), Enquête ICT- en internetgebruik bij huishoudens en particulieren, https://statbel.fgov.be/ (geraadpleegd op 30/09/2024) en Eurostat (2024), Households - reasons for not having internet access at home [isoc_pibi_rni], https://ec.europa.eu/eurostat (geraadpleegd op 31/10/2024).</t>
+    <t>Bron: Statbel (2024), Enquête ICT- en internetgebruik bij huishoudens en particulieren, https://statbel.fgov.be/ (geraadpleegd op 30/09/2025) en Eurostat (2025), Households - reasons for not having internet access at home [isoc_pibi_rni], https://ec.europa.eu/eurostat (geraadpleegd op 6/10/2025).</t>
   </si>
   <si>
     <t>Huishoudens zonder internettoegang om financiële redenen, volgens huishoudentype - België</t>
   </si>
   <si>
     <t>alleenstaande</t>
   </si>
   <si>
     <t>eenoudergezin</t>
   </si>
   <si>
     <t>2 volwassenen</t>
   </si>
   <si>
     <t>2 volw., kind(eren)</t>
   </si>
   <si>
     <t>3+ volw.</t>
   </si>
   <si>
     <t>3+ volw., kind(eren)</t>
   </si>
   <si>
-    <t>Statbel (2023), Enquête ICT- en internetgebruik bij huishoudens en particulieren, https://statbel.fgov.be/ (geraadpleegd op 30/09/2024).</t>
+    <t>Bron: Statbel (2024), Enquête ICT- en internetgebruik bij huishoudens en particulieren, https://statbel.fgov.be/ (geraadpleegd op 30/09/2025).</t>
   </si>
   <si>
     <t>Huishoudens zonder internettoegang om financiële redenen, volgens woonplaats - België</t>
   </si>
   <si>
     <t>steden</t>
   </si>
   <si>
     <t>dunbevolkte steden en voorsteden</t>
   </si>
   <si>
     <t>landelijke gebieden</t>
   </si>
   <si>
     <t>Huishoudens zonder internettoegang om financiële redenen, volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_WIA</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Huishoudens zonder internettoegang om financiële redenen (i08)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Definitie: het percentage huishoudens zonder internettoegang thuis omdat de kosten van de toegang of de apparatuur te hoog zijn.
+    <t>Definitie: het percentage huishoudens zonder internettoegang thuis omdat de kosten van de toegang of de apparatuur te hoog zijn. Voor deze indicator zijn volgende opsplitsingen beschikbaar: inkomen, huishoudentype en woonplaats.
 De gegevens zijn afkomstig van de enquête ICT (information and communication technologies)- en internetgebruik bij huishoudens en individuen. Statbel organiseert deze binnen de EU geharmoniseerde enquête in België en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De hier gebruikte gegevens voor België komen rechtstreeks van Statbel en de gegevens voor de vergelijking met de EU komen van Eurostat. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar bij Statbel.
 Doelstelling: het percentage huishoudens zonder internettoegang thuis omdat de kosten van de toegang of de apparatuur te hoog zijn, moet worden teruggebracht tot 0%.
 De duurzame-ontwikkelingsdoelstellingen of SDG's die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 1.4: "Er tegen 2030 voor zorgen dat alle mannen en vrouwen, in het bijzonder de armen en de kwetsbaren, gelijke rechten hebben op economische middelen, alsook toegang tot basisdiensten, eigenaarschap en controle over land en andere vormen van eigendom, nalatenschap, natuurlijke hulpbronnen, gepaste nieuwe technologie en financiële diensten, met inbegrip van microfinanciering".
 In de Europese verklaring over digitale rechten en beginselen voor het digitale decennium verbinden het Europees Parlement, de Raad en de Commissie zich ertoe "te zorgen voor toegang tot hoogwaardige connectiviteit, inclusief internettoegang, voor iedereen, overal in de EU, ook voor mensen met een laag inkomen" (European Parliament, Council and Commission, 2023).
 Deze twee kaders convergeren naar hetzelfde doel: het wegnemen van financiële drempels voor internettoegang en tegen 2030 een percentage van 0% huishoudens bereiken die thuis geen aansluiting hebben omwille van de kosten.
-Evolutie: het percentage huishoudens zonder internettoegang thuis omdat de kosten van de toegang of de apparatuur te hoog zijn, is tussen 2008 en 2023 sterk gedaald.
-[...7 lines deleted...]
-Opsplitsing volgens type gebied: in 2023 is het percentage huishoudens zonder internettoegang thuis omdat de kosten van de toegang of de apparatuur te hoog zijn, lager in dunbevolkte steden en voorsteden (0,9%) en in steden (1,0%) dan op het platteland (2,6%).
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-opvolgingsindicator overeen, maar sluit wel aan bij subdoelstelling 1.4, aangezien internettoegang kan worden beschouwd als een basisdienst in de Europese Unie.
 Bronnen
-Algemeen
-[...5 lines deleted...]
-European Parliament, Council and Commission (2023), European Declaration on Digital Rights and Principles for the Digital Decade, https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:32023C0123(01) (geraadpleegd op 24/09/2024).
+European Parliament, Council and Commission (2023), European Declaration on Digital Rights and Principles for the Digital Decade, https://eur-lex.europa.eu/legal-content/EN/TXT/PDF/?uri=CELEX:32023C0123(01) (geraadpleegd op 10/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -432,169 +417,169 @@
       </c>
       <c r="R4" s="1" t="n">
         <v>4.86</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>3.92</v>
       </c>
       <c r="T4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="U4" s="1" t="n">
         <v>3.08</v>
       </c>
       <c r="V4" s="1" t="n">
         <v>2.271736801</v>
       </c>
       <c r="W4" s="1" t="n">
         <v>2.355339546</v>
       </c>
       <c r="X4" s="1" t="n">
         <v>1.682942095</v>
       </c>
       <c r="Y4" s="1" t="n">
         <v>1.196590281</v>
       </c>
-      <c r="Z4" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>1.327305217</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
-        <v>12.70104011</v>
+        <v>12.69078151</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>11.24179557</v>
+        <v>11.22837584</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>9.946781981</v>
+        <v>9.931150061</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>8.793747384</v>
+        <v>8.776852991</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>7.764127516</v>
+        <v>7.746992302</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>6.838238389</v>
+        <v>6.822003529</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>6.00471886</v>
+        <v>5.990632877</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>5.24916722</v>
+        <v>5.238556619</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>4.559017742</v>
+        <v>4.553198703</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>3.932457718</v>
+        <v>3.932594198</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>3.369575225</v>
+        <v>3.376556147</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>2.868779682</v>
+        <v>2.883114823</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>2.428218373</v>
+        <v>2.449964409</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>2.046034177</v>
+        <v>2.074775561</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>1.717312863</v>
+        <v>1.752151304</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>1.438750743</v>
+        <v>1.478385411</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>1.228711378</v>
+        <v>1.248161351</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>1.06727273</v>
+        <v>1.073226529</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>0.941068026</v>
+        <v>0.9378512279</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>0.840915099</v>
+        <v>0.8313819068</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>0.7603703419</v>
+        <v>0.7464377323</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>0.6948233459</v>
+        <v>0.6777990221</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>0.6409164252</v>
+        <v>0.6217046921</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -725,51 +710,54 @@
       </c>
       <c r="J12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R12" s="1"/>
+      <c r="R12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>12.27131978</v>
       </c>
       <c r="C13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D13" s="1" t="n">
         <v>9.9213121</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>8.25</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>8.24</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>6.22</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>5.71</v>
@@ -779,51 +767,54 @@
       </c>
       <c r="J13" s="1" t="n">
         <v>4.86</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>3.92</v>
       </c>
       <c r="L13" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M13" s="1" t="n">
         <v>3.08</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>2.271736801</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>2.355339546</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>1.682942095</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>1.196590281</v>
       </c>
-      <c r="R13" s="1"/>
+      <c r="R13" s="1" t="n">
+        <v>1.327305217</v>
+      </c>
+      <c r="S13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E14" s="1" t="n">
         <v>9.03</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>8.58</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>8.26</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>6.98</v>
@@ -833,51 +824,54 @@
       </c>
       <c r="J14" s="1" t="n">
         <v>5.15</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>4.55</v>
       </c>
       <c r="L14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M14" s="1" t="n">
         <v>3.23</v>
       </c>
       <c r="N14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q14" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="R14" s="1"/>
+      <c r="R14" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="S14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0"/>
@@ -907,51 +901,54 @@
       </c>
       <c r="J20" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K20" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L20" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M20" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N20" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O20" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P20" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q20" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R20" s="1"/>
+      <c r="R20" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="1" t="n">
         <v>20.02084496</v>
       </c>
       <c r="C21" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D21" s="1" t="n">
         <v>17.60532474</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>15.53</v>
       </c>
       <c r="F21" s="1" t="n">
         <v>16.48</v>
       </c>
       <c r="G21" s="1" t="n">
         <v>12.52</v>
       </c>
       <c r="H21" s="1" t="n">
         <v>11.49</v>
@@ -961,51 +958,54 @@
       </c>
       <c r="J21" s="1" t="n">
         <v>9.74</v>
       </c>
       <c r="K21" s="1" t="n">
         <v>8.23</v>
       </c>
       <c r="L21" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M21" s="1" t="n">
         <v>7.11</v>
       </c>
       <c r="N21" s="1" t="n">
         <v>5.154319</v>
       </c>
       <c r="O21" s="1" t="n">
         <v>5.784627997</v>
       </c>
       <c r="P21" s="1" t="n">
         <v>3.400463042</v>
       </c>
       <c r="Q21" s="1" t="n">
         <v>2.637411782</v>
       </c>
-      <c r="R21" s="1"/>
+      <c r="R21" s="1" t="n">
+        <v>2.650468048</v>
+      </c>
+      <c r="S21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="1" t="n">
         <v>23.40795078</v>
       </c>
       <c r="C22" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D22" s="1" t="n">
         <v>17.87457497</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>12.42</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>9.76</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>12.77</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>6.18</v>
@@ -1015,51 +1015,54 @@
       </c>
       <c r="J22" s="1" t="n">
         <v>7.79</v>
       </c>
       <c r="K22" s="1" t="n">
         <v>3.49</v>
       </c>
       <c r="L22" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M22" s="1" t="n">
         <v>2.17</v>
       </c>
       <c r="N22" s="1" t="n">
         <v>2.166600722</v>
       </c>
       <c r="O22" s="1" t="n">
         <v>0</v>
       </c>
       <c r="P22" s="1" t="n">
         <v>1.339780863</v>
       </c>
       <c r="Q22" s="1" t="n">
         <v>0.5304026472</v>
       </c>
-      <c r="R22" s="1"/>
+      <c r="R22" s="1" t="n">
+        <v>1.830019395</v>
+      </c>
+      <c r="S22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>10.07098617</v>
       </c>
       <c r="C23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D23" s="1" t="n">
         <v>7.874993142</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>5.53</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>7.23</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>4.34</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>4.03</v>
@@ -1069,51 +1072,54 @@
       </c>
       <c r="J23" s="1" t="n">
         <v>3.38</v>
       </c>
       <c r="K23" s="1" t="n">
         <v>3.01</v>
       </c>
       <c r="L23" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M23" s="1" t="n">
         <v>2.32</v>
       </c>
       <c r="N23" s="1" t="n">
         <v>1.347373076</v>
       </c>
       <c r="O23" s="1" t="n">
         <v>1.034647047</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>1.12504604</v>
       </c>
       <c r="Q23" s="1" t="n">
         <v>0.5630848186</v>
       </c>
-      <c r="R23" s="1"/>
+      <c r="R23" s="1" t="n">
+        <v>0.6907485883</v>
+      </c>
+      <c r="S23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>7.748680198</v>
       </c>
       <c r="C24" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D24" s="1" t="n">
         <v>5.805440573</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>5.05</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>2.51</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>2.08</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>2.7</v>
@@ -1123,51 +1129,54 @@
       </c>
       <c r="J24" s="1" t="n">
         <v>1.96</v>
       </c>
       <c r="K24" s="1" t="n">
         <v>1.14</v>
       </c>
       <c r="L24" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M24" s="1" t="n">
         <v>0.41</v>
       </c>
       <c r="N24" s="1" t="n">
         <v>0.4425951691</v>
       </c>
       <c r="O24" s="1" t="n">
         <v>0.2053530974</v>
       </c>
       <c r="P24" s="1" t="n">
         <v>0.5359993875</v>
       </c>
       <c r="Q24" s="1" t="n">
         <v>0.3606178741</v>
       </c>
-      <c r="R24" s="1"/>
+      <c r="R24" s="1" t="n">
+        <v>0.1971346301</v>
+      </c>
+      <c r="S24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
         <v>4.802239229</v>
       </c>
       <c r="C25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D25" s="1" t="n">
         <v>3.104249924</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>2.92</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>1.86</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>2.08</v>
@@ -1177,51 +1186,54 @@
       </c>
       <c r="J25" s="1" t="n">
         <v>1.63</v>
       </c>
       <c r="K25" s="1" t="n">
         <v>1.18</v>
       </c>
       <c r="L25" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M25" s="1" t="n">
         <v>0</v>
       </c>
       <c r="N25" s="1" t="n">
         <v>0.5352695933</v>
       </c>
       <c r="O25" s="1" t="n">
         <v>0.5795378429</v>
       </c>
       <c r="P25" s="1" t="n">
         <v>0.4772906613</v>
       </c>
       <c r="Q25" s="1" t="n">
         <v>0.5727777536</v>
       </c>
-      <c r="R25" s="1"/>
+      <c r="R25" s="1" t="n">
+        <v>0.166347521</v>
+      </c>
+      <c r="S25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="1" t="n">
         <v>7.223747922</v>
       </c>
       <c r="C26" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D26" s="1" t="n">
         <v>2.925785122</v>
       </c>
       <c r="E26" s="1" t="n">
         <v>2.95</v>
       </c>
       <c r="F26" s="1" t="n">
         <v>1.59</v>
       </c>
       <c r="G26" s="1" t="n">
         <v>1.37</v>
       </c>
       <c r="H26" s="1" t="n">
         <v>1.02</v>
@@ -1231,51 +1243,54 @@
       </c>
       <c r="J26" s="1" t="n">
         <v>1.18</v>
       </c>
       <c r="K26" s="1" t="n">
         <v>0.88</v>
       </c>
       <c r="L26" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M26" s="1" t="n">
         <v>0.39</v>
       </c>
       <c r="N26" s="1" t="n">
         <v>0.6584555011</v>
       </c>
       <c r="O26" s="1" t="n">
         <v>0.6991533215</v>
       </c>
       <c r="P26" s="1" t="n">
         <v>0.4502800751</v>
       </c>
       <c r="Q26" s="1" t="n">
         <v>0</v>
       </c>
-      <c r="R26" s="1"/>
+      <c r="R26" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="S26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0"/>
       <c r="B27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0"/>
@@ -1305,51 +1320,54 @@
       </c>
       <c r="J32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="K32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="L32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="M32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="N32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="O32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="P32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="Q32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="R32" s="1"/>
+      <c r="R32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="S32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>13.8162565</v>
       </c>
       <c r="C33" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D33" s="1" t="n">
         <v>11.50807737</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>9.82</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>10.66</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>8.25</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>8.39</v>
@@ -1359,51 +1377,54 @@
       </c>
       <c r="J33" s="1" t="n">
         <v>6.69</v>
       </c>
       <c r="K33" s="1" t="n">
         <v>4.78</v>
       </c>
       <c r="L33" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M33" s="1" t="n">
         <v>4.28</v>
       </c>
       <c r="N33" s="1" t="n">
         <v>2.944544221</v>
       </c>
       <c r="O33" s="1" t="n">
         <v>3.165208761</v>
       </c>
       <c r="P33" s="1" t="n">
         <v>1.3828652</v>
       </c>
       <c r="Q33" s="1" t="n">
         <v>1.021266793</v>
       </c>
-      <c r="R33" s="1"/>
+      <c r="R33" s="1" t="n">
+        <v>1.443781668</v>
+      </c>
+      <c r="S33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>10.05619394</v>
       </c>
       <c r="C34" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D34" s="1" t="n">
         <v>7.034404387</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>6.01</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>7.44</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>5.64</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>4.47</v>
@@ -1413,51 +1434,54 @@
       </c>
       <c r="J34" s="1" t="n">
         <v>4.01</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>3.43</v>
       </c>
       <c r="L34" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M34" s="1" t="n">
         <v>2.33</v>
       </c>
       <c r="N34" s="1" t="n">
         <v>1.708291883</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>1.913278065</v>
       </c>
       <c r="P34" s="1" t="n">
         <v>1.532230074</v>
       </c>
       <c r="Q34" s="1" t="n">
         <v>0.9163560193</v>
       </c>
-      <c r="R34" s="1"/>
+      <c r="R34" s="1" t="n">
+        <v>1.113864378</v>
+      </c>
+      <c r="S34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="1" t="n">
         <v>14.671948</v>
       </c>
       <c r="C35" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D35" s="1" t="n">
         <v>13.85493743</v>
       </c>
       <c r="E35" s="1" t="n">
         <v>8.29</v>
       </c>
       <c r="F35" s="1" t="n">
         <v>6.58</v>
       </c>
       <c r="G35" s="1" t="n">
         <v>4.52</v>
       </c>
       <c r="H35" s="1" t="n">
         <v>5.22</v>
@@ -1467,161 +1491,182 @@
       </c>
       <c r="J35" s="1" t="n">
         <v>3.88</v>
       </c>
       <c r="K35" s="1" t="n">
         <v>4.09</v>
       </c>
       <c r="L35" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M35" s="1" t="n">
         <v>2.94</v>
       </c>
       <c r="N35" s="1" t="n">
         <v>3.016221883</v>
       </c>
       <c r="O35" s="1" t="n">
         <v>2.193414123</v>
       </c>
       <c r="P35" s="1" t="n">
         <v>3.132658765</v>
       </c>
       <c r="Q35" s="1" t="n">
         <v>2.598975371</v>
       </c>
-      <c r="R35" s="1"/>
+      <c r="R35" s="1" t="n">
+        <v>1.856683167</v>
+      </c>
+      <c r="S35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0"/>
       <c r="B36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="E41" s="1"/>
+      <c r="E41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="F41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B42" s="1" t="n">
         <v>6.187640415</v>
       </c>
       <c r="C42" s="1" t="n">
         <v>3.87805268</v>
       </c>
       <c r="D42" s="1" t="n">
         <v>2.981019978</v>
       </c>
-      <c r="E42" s="1"/>
+      <c r="E42" s="1" t="n">
+        <v>2.877307596</v>
+      </c>
+      <c r="F42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B43" s="1" t="n">
         <v>3.205689609</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>2.228410765</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>1.607449581</v>
       </c>
-      <c r="E43" s="1"/>
+      <c r="E43" s="1" t="n">
+        <v>1.898248592</v>
+      </c>
+      <c r="F43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>1.611081946</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>1.63215459</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>1.323026852</v>
       </c>
-      <c r="E44" s="1"/>
+      <c r="E44" s="1" t="n">
+        <v>0.9634016036</v>
+      </c>
+      <c r="F44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B45" s="1" t="n">
         <v>0.3409684403</v>
       </c>
       <c r="C45" s="1" t="n">
         <v>0.4882786714</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>0.5221023645</v>
       </c>
-      <c r="E45" s="1"/>
+      <c r="E45" s="1" t="n">
+        <v>0.6094294613</v>
+      </c>
+      <c r="F45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B46" s="1" t="n">
         <v>0.4367975256</v>
       </c>
       <c r="C46" s="1" t="n">
         <v>0.3733189025</v>
       </c>
       <c r="D46" s="1" t="n">
         <v>0.05739723654</v>
       </c>
-      <c r="E46" s="1"/>
+      <c r="E46" s="1" t="n">
+        <v>0.5865937147</v>
+      </c>
+      <c r="F46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
       <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>