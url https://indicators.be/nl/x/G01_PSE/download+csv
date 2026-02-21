--- v0 (2025-10-27)
+++ v1 (2026-02-21)
@@ -13,284 +13,257 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_PSE" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="62">
   <si>
     <t>Risico op armoede of sociale uitsluiting - België - trendevaluatie</t>
   </si>
   <si>
     <t>procent van bevolking</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019 - gegevens tot en met 2018 niet vergelijkbaar met gegevens vanaf 2019. Dit kan een impact hebben op het evaluatieresultaat, dat dus met de nodige voorzichtigheid gehanteerd moet worden.</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_peps01, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024) &amp; berekeningen FPB.</t>
+    <t>Noot: breuk in tijdreeks: 2019 - gegevens tot en met 2018 niet vergelijkbaar met gegevens vanaf 2019. Dit kan een impact hebben op het evaluatieresultaat, dat dus met de nodige voorzichtigheid gehanteerd moet worden.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025)</t>
   </si>
   <si>
     <t>Risico op armoede of sociale uitsluiting - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>België (EU2020)</t>
-[...8 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024); Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), sdg_01_10 en ilc_peps01, https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: breuk in tijdreeks: EU 2020, BE 2019; </t>
+  </si>
+  <si>
+    <t>Het 95%-betrouwbaarheidsinterval voor het aandeel personen met een risico op armoede of sociale uitsluiting in 2024 bedraagt 17.3% tot 19.3% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025); Statbel (2025), Micro databestanden SILC 2024: SILC_2024_CI, rechtstreekse mededeling 01/10/2025; </t>
+  </si>
+  <si>
+    <t>Statbel; Eurostat (2025), Persons at risk of poverty or social exclusion, sdg_01_10, https://ec.europa.eu/eurostat, laatste update van data 02/10/2025 23:00 (geraadpleegd op 06/10/2025)</t>
   </si>
   <si>
     <t>Risico op armoede of sociale uitsluiting volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
-    <t>Vlaams Gewest </t>
-[...8 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024), Statbel (2024)</t>
+    <t>Vlaams Gewest</t>
+  </si>
+  <si>
+    <t>Waals Gewest</t>
+  </si>
+  <si>
+    <t>Noot: breuk in tijdreeks: 2019; </t>
+  </si>
+  <si>
+    <t>Het 95%-betrouwbaarheidsinterval voor het aandeel personen met een risico op armoede of sociale uitsluiting in 2024 bedraagt 34.3% tot 40.3% voor Brussel, 11.6% tot 14.2% voor Vlaanderen en 20.1% tot 23.5% voor Wallonië.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025); Statbel (2025), Micro databestanden SILC 2024: SILC_2024_CI, rechtstreekse mededeling 01/10/2025</t>
   </si>
   <si>
     <t>Risico op armoede of sociale uitsluiting volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019 </t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: breuk in tijdreeks: 2019</t>
   </si>
   <si>
     <t>Risico op armoede of sociale uitsluiting volgens leeftijd - België</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019; Impact covid-19 op gegevensverzameling 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Risico op armoede of sociale uitsluiting volgens opleiding - België</t>
   </si>
   <si>
     <t>hoogstens lager secundair</t>
   </si>
   <si>
     <t>hoger secundair</t>
   </si>
   <si>
     <t>hoger</t>
   </si>
   <si>
     <t>Risico op armoede of sociale uitsluiting volgens huishoudentype - België</t>
   </si>
   <si>
     <t>alleenstaande</t>
   </si>
   <si>
     <t>eenoudergezin</t>
   </si>
   <si>
     <t>2 volwassenen &lt;65</t>
   </si>
   <si>
     <t>2 volw., minstens 1 &gt;64</t>
   </si>
   <si>
     <t>2 volw., 1 kind</t>
   </si>
   <si>
     <t>2 volw., 2 kinderen</t>
   </si>
   <si>
     <t>2 volw., 3+ kinderen</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019; </t>
-[...1 lines deleted...]
-  <si>
     <t>Risico op armoede of sociale uitsluiting volgens activiteitsstatus - België</t>
   </si>
   <si>
     <t>procent van 18-jarigen en ouder</t>
   </si>
   <si>
     <t>werkend</t>
   </si>
   <si>
     <t>werkloos</t>
   </si>
   <si>
     <t>gepensioneerd</t>
   </si>
   <si>
-    <t>andere</t>
-[...2 lines deleted...]
-    <t>breuk in tijdreeks: 2019; omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.                             </t>
+    <t>andere inactief</t>
+  </si>
+  <si>
+    <t>Omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.</t>
   </si>
   <si>
     <t>Risico op armoede of sociale uitsluiting volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_PSE</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Risico op armoede of sociale uitsluiting (i01)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: het aandeel personen met een risico op armoede of sociale uitsluiting komt overeen met de verhouding van het aantal personen dat tot minstens één van drie deelpopulaties behoort ten opzichte van de totale bevolking. Die deelpopulaties zijn de personen met een armoederisico, personen die leven in een huishouden met een zeer lage werkintensiteit en personen die leven in een situatie van ernstige materiële en sociale ontbering.
 Deze indicator werd reeds gebruikt in het kader van de Europa 2020-strategie. Echter twee van de drie deelindicatoren hadden toen een andere definitie: ernstige materiële ontbering is nu vervangen door ernstige materiële en sociale ontbering (met een geüpdatet lijst items) en de in acht genomen personen voor het berekenen van de indicator over zeer lage werkintensiteit wijzigde licht.
-Hierna wordt de algemene evolutie van beide indicatoren voor België en de EU27 becommentarieerd. Naar de indicator in het kader van de Europa 2020-strategie, met gegevens beschikbaar vanaf 2004, wordt dan verwezen met de aanduiding '(EU 2020)'. Voor de indicator gebruikt na de Europa 2020-strategie in het kader van het actieplan voor de Europese pijler voor sociale rechten (European Commission, 2021) is er geen specifieke aanduiding. Hiervoor zijn data beschikbaar vanaf ten vroegste 2015 en de gegevens voor België worden ook gebruikt om de evolutie per gewest en voor verschillende bevolkingscategorieën toe te lichten.
+Naar de indicator in het kader van de Europa 2020-strategie, met gegevens beschikbaar vanaf 2004, wordt dan verwezen met de aanduiding '(EU 2020)'. Voor de indicator gebruikt na de Europa 2020-strategie in het kader van het actieplan voor de Europese pijler voor sociale rechten (European Commission, 2021) is er geen specifieke aanduiding. Hiervoor zijn data beschikbaar vanaf ten vroegste 2015 en de gegevens voor België worden ook gebruikt om de evolutie per gewest en voor verschillende bevolkingscategorieën toe te lichten. Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, inkomen, leeftijd, opleiding, huishoudentype en activiteitsstatus.
 De gegevens over de personen met een risico op armoede of sociale uitsluiting zijn gebaseerd op de enquête European Union Statistics on Income and Living Conditions (EU-SILC). De inkomensgegevens gebruikt voor de berekening van de deelpopulatie van personen met een armoederisico hebben steeds betrekking hebben op het jaar dat voorafgaat aan het enquêtejaar. Dit is ook het geval voor de tewerkstellingsgegevens gebruikt voor het berekenen van de deelpopulatie van personen die leven in een huishouden met een zeer lage werkintensiteit. De gegevens gebruikt voor het berekenen van de personen die leven in een situatie van ernstige materiële ontbering en ernstige materiële en sociale ontbering hebben betrekking op het ogenblik van enquêtering.
 Statistics Belgium organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. 2004 is het eerste jaar waarvoor Europees geharmoniseerde gegevens zijn verzameld waarmee de indicator berekend kan worden. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. Die onzekerheidsmarge wordt groter naarmate de indicator berekend wordt op kleinere subpopulaties. De betrouwbaarheidsintervallen (BI) die met deze gegevens overeenkomen, zijn op verzoek verkrijgbaar bij Statistics Belgium.
 Vanaf 2019 werd de enquêtemethode grondig herzien met het oog op een grotere nauwkeurigheid, waardoor de gegevens tot en met 2018 niet vergelijkbaar zijn met de gegevens vanaf 2019.In 2020 had de covid-19-pandemie een impact op de gegevensverzameling. Hierdoor zijn de resultaten van SILC 2020 moeilijk te vergelijken met die van de voorgaande jaren (Statbel, 2021). Daarom worden ze niet gebruikt om de langetermijntrend te berekenen en te evalueren. Eveneens moet worden opgemerkt dat omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de covid-19-pandemie de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen omvat, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven (Statbel, 2022).
 Doelstelling: tegen 2030 moet het aandeel personen met een risico op armoede of sociale uitsluiting gehalveerd zijn, namelijk van 21,6% in 2015 naar 10,8% in 2030.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 1.2: "Tegen 2030 het aandeel mannen, vrouwen en kinderen van alle leeftijden die volgens de nationale definities in armoede leven in al haar dimensies, minstens tot de helft terugbrengen". Vertaald in Belgische context betekent dit dat, tegen 2030, het aandeel personen met een risico op armoede of sociale uitsluiting gehalveerd zou moeten zijn.
 De Europese Sociale top in Porto van 7 mei 2021 heeft in het kader van het actieplan voor de Europese pijler voor sociale rechten (European Commission, 2021) nieuwe sociale doelstellingen voor 2030 overeengekomen tussen de Europese Raad, de Europese Commissie, het Europees Parlement en de sociale partners. Die doelstellingen werden goedgekeurd door de Europese Raad (Europese Raad, 2021a, 2021b). Een vermindering in de EU tegen 2030 van het aantal personen met een risico op armoede of sociale uitsluiting met ten minste 15 miljoen, inclusief 5 miljoen kinderen, werd er voorgesteld.
 België engageerde zich in dat kader om het aantal personen met een risico op armoede of sociale uitsluiting gebaseerd op de SILC-gegevens van 2019 te verminderen met 279.000 personen tot 1,982 miljoen personen tegen 2030. Specifiek voor kinderen (personen jonger dan 18 jaar) en voor dezelfde periode geldt een verminderingsdoelstelling van 93.000 personen (Federal Public Service Social Security, 2023). Merk op dat België ook een cijferdoel aan voor personen met een risico op armoede of sociale uitsluiting die werken: die zou hoogstens 4,9% mogen zijn in 2030 (European Commission, 2022; Federal Public Service Social Security, 2023).
-Evolutie: het aandeel personen met een risico op armoede of sociale uitsluiting steeg, rekening houdend met de nieuwe methodologie gebruikt vanaf 2019, van 21,6% in 2015 tot 22% in 2017, om daarna te dalen tot 18,6% in 2023. In absolute cijfers gaat om 2.397.000 personen in 2015 en 2.457.000 personen in 2017. In 2023 leefden 2.154.000 personen met een risicio op armoede of sociale uitsluiting.
-[...13 lines deleted...]
-In de periode 2015-2023 daalde het aandeel personen met een risico op armoede of sociale uitsluiting, rekening houdend met de nieuwe methodologie gebruikt vanaf 2019, voor werklozen (van 70,2% naar 63,7%) en andere inactieven (van 46,4% naar 41,8%). Voor gepensioneerden en werkenden stijgde dit aandeel licht.
 VN-indicator: de gekozen indicator stemt overeen met indicator 1.2.2 – Aandeel van mannen, vrouwen en kinderen van alle leeftijden dat in armoede leeft in al haar dimensies volgens de nationale definities.
 Bronnen
-Algemeen
-[...14 lines deleted...]
-Statbel (2022), Risico op armoede of sociale uitsluiting – SILC-indicatoren 2019-2021, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 15/06/2022).
+Europese Commissie (2010), Europa 2020, Een strategie voor slimme, duurzame en inclusieve groei, https://eur-lex.europa.eu/legal-content/NL/TXT/HTML/?uri=CELEX:52010DC2020&amp;amp;from=NL (geraadpleegd op 15/12/2025).
+European Commission (2021), Factsheet: The European Pillar of Social Rights Action Plan, https://employment-social-affairs.ec.europa.eu/policies-and-activities/european-pillar-social-rights-building-fairer-and-more-inclusive-european-union/european-pillar-social-rights-action-plan_en (geraadpleegd op 15/12/2025).
+European Commission (2022), The European Pillar of Social Rights: state of play on the national target for 2030, https://ec.europa.eu/commission/presscorner/detail/en/IP_22_3782 (geraadpleegd op 15/12/2025).
+Europese Raad (2021a), Conclusies – 24 en 25 juni 2021, EUCO 7/21, https://www.consilium.europa.eu/media/50827/2425-06-21-euco-conclusions-nl.pdf (geraadpleegd op 15/12/2025).
+Europese Raad (2021b), Sociale Top in Porto, 7 mei 2021, https://www.consilium.europa.eu/nl/meetings/european-council/2021/05/07/social-summit/ (geraadpleegd op 15/12/2025).
+Federal Public Service Social Security (2019), The evolution of the social situation and social protection in Belgium 2019 "Slowly falling behind". Monitoring the social situation in Belgium and the progress towards the social objectives and the priorities of the National Reform Programme, Brussels, Federal Public Service Social Security, november 2019, https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2019-en.pdf (geraadpleegd op 15/12/2025).
+Federal Public Service Social Security (2020), The evolution of the sociale situation and social protection in Belgium 2020: Persistent Challenges, march 2021), https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2020-en.pdf (geraadpleegd op 15/12/2025).
+Federal Public Service Social Security (2023), The evolution of the social situation and social protection in Belgium 2021https://socialsecurity.belgium.be/sites/default/files/content/docs/en/publications/silc/silc-analysis-social-situation-and-protection-belgium-2021-en.pdf (geraadpleegd op 15/12/2025).
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 15/12/2025).
+Statbel (2022), Risico op armoede of sociale uitsluiting – SILC-indicatoren 2019-2021, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 15/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -348,51 +321,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG99"/>
+  <dimension ref="A1:AG112"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -527,66 +500,66 @@
       <c r="M4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="N4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q4" s="1" t="n">
         <v>21.6</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>22.2</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>22</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>20.5</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>20</v>
+        <v>20.1</v>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="X4" s="1" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="Y4" s="1" t="n">
         <v>18.8</v>
       </c>
-      <c r="X4" s="1" t="n">
-[...6 lines deleted...]
-        <f>=NA()</f>
+      <c r="Z4" s="1" t="n">
+        <v>18.3</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
@@ -614,96 +587,96 @@
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="K5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="L5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="N5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>22.24663326</v>
+        <v>22.18990743</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>21.71130732</v>
+        <v>21.6902403</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>21.18261382</v>
+        <v>21.19611266</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>20.65920388</v>
+        <v>20.70689237</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>20.1474956</v>
+        <v>20.22954049</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>19.65175817</v>
+        <v>19.7683953</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>19.17441374</v>
+        <v>19.32614112</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>18.71520593</v>
+        <v>18.90309787</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>18.27026335</v>
+        <v>18.49638204</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>17.87933545</v>
+        <v>18.10040199</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>17.53502855</v>
+        <v>17.75164957</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>17.23111972</v>
+        <v>17.44382007</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>16.96234226</v>
+        <v>17.17157777</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>16.72421579</v>
+        <v>16.93038365</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>16.51291063</v>
+        <v>16.71635801</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>16.32513878</v>
+        <v>16.52616999</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>10.8</v>
       </c>
@@ -792,1755 +765,1804 @@
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0"/>
       <c r="B13" s="1" t="n">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="C13" s="1" t="n">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>2013</v>
-[...31 lines deleted...]
-      <c r="V13" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="L13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...32 lines deleted...]
-      <c r="M14" s="1" t="n">
+      <c r="B14" s="1" t="n">
         <v>21.6</v>
       </c>
-      <c r="N14" s="1" t="n">
+      <c r="C14" s="1" t="n">
         <v>22.2</v>
       </c>
-      <c r="O14" s="1" t="n">
+      <c r="D14" s="1" t="n">
         <v>22</v>
       </c>
-      <c r="P14" s="1" t="n">
+      <c r="E14" s="1" t="n">
         <v>20.5</v>
       </c>
-      <c r="Q14" s="1" t="n">
-[...2 lines deleted...]
-      <c r="R14" s="1" t="n">
+      <c r="F14" s="1" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="G14" s="1" t="n">
         <v>20.3</v>
       </c>
-      <c r="S14" s="1" t="n">
+      <c r="H14" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="I14" s="1" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="J14" s="1" t="n">
         <v>18.8</v>
       </c>
-      <c r="T14" s="1" t="n">
-[...5 lines deleted...]
-      <c r="V14" s="1"/>
+      <c r="K14" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="L14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...32 lines deleted...]
-      <c r="M15" s="1" t="n">
+      <c r="B15" s="1" t="n">
         <v>24</v>
       </c>
-      <c r="N15" s="1" t="n">
+      <c r="C15" s="1" t="n">
         <v>23.7</v>
       </c>
-      <c r="O15" s="1" t="n">
+      <c r="D15" s="1" t="n">
         <v>22.4</v>
       </c>
-      <c r="P15" s="1" t="n">
+      <c r="E15" s="1" t="n">
         <v>21.7</v>
       </c>
-      <c r="Q15" s="1" t="n">
+      <c r="F15" s="1" t="n">
         <v>21.8</v>
       </c>
-      <c r="R15" s="1" t="n">
+      <c r="G15" s="1" t="n">
         <v>21.5</v>
       </c>
-      <c r="S15" s="1" t="n">
+      <c r="H15" s="1" t="n">
         <v>21.7</v>
       </c>
-      <c r="T15" s="1" t="n">
-[...5 lines deleted...]
-      <c r="V15" s="1"/>
+      <c r="I15" s="1" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="L15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V16" s="1"/>
+      <c r="A16" s="0"/>
+      <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...63 lines deleted...]
-      <c r="B18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0"/>
       <c r="B24" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
+        <v>39.1</v>
+      </c>
+      <c r="C25" s="1" t="n">
+        <v>36.8</v>
+      </c>
+      <c r="D25" s="1" t="n">
+        <v>35.5</v>
+      </c>
+      <c r="E25" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="F25" s="1" t="n">
         <v>38.9</v>
       </c>
-      <c r="C25" s="1" t="n">
-[...11 lines deleted...]
-      <c r="G25" s="1"/>
+      <c r="G25" s="1" t="n">
+        <v>37.3</v>
+      </c>
+      <c r="H25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="1" t="n">
         <v>13.9</v>
       </c>
       <c r="C26" s="1" t="n">
         <v>14.2</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>12.4</v>
+        <v>12.7</v>
       </c>
       <c r="E26" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>12.2</v>
-[...1 lines deleted...]
-      <c r="G26" s="1"/>
+        <v>12.4</v>
+      </c>
+      <c r="G26" s="1" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="H26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>24.8</v>
+        <v>25</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>26</v>
+        <v>25.9</v>
       </c>
       <c r="D27" s="1" t="n">
         <v>24.9</v>
       </c>
       <c r="E27" s="1" t="n">
         <v>25.8</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G27" s="1"/>
+        <v>23.9</v>
+      </c>
+      <c r="G27" s="1" t="n">
+        <v>21.8</v>
+      </c>
+      <c r="H27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
       <c r="B28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
+      <c r="A31" s="0" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A32" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...1 lines deleted...]
-      <c r="B34" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="0"/>
+      <c r="B35" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="C34" s="1" t="n">
+      <c r="C35" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="D34" s="1" t="n">
+      <c r="D35" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="E34" s="1" t="n">
+      <c r="E35" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="F34" s="1" t="n">
+      <c r="F35" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="G34" s="1" t="n">
+      <c r="G35" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="H34" s="1" t="n">
+      <c r="H35" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="I34" s="1" t="n">
+      <c r="I35" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="J34" s="1" t="n">
+      <c r="J35" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="K34" s="1"/>
-[...32 lines deleted...]
-      <c r="K35" s="1"/>
+      <c r="K35" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" s="1" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="C36" s="1" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="D36" s="1" t="n">
         <v>22</v>
       </c>
-      <c r="B36" s="1" t="n">
+      <c r="E36" s="1" t="n">
         <v>20.5</v>
       </c>
-      <c r="C36" s="1" t="n">
+      <c r="F36" s="1" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="G36" s="1" t="n">
         <v>20.3</v>
       </c>
-      <c r="D36" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="H36" s="1" t="n">
-        <v>18.2</v>
+        <v>19</v>
       </c>
       <c r="I36" s="1" t="n">
-        <v>18.1</v>
+        <v>18.6</v>
       </c>
       <c r="J36" s="1" t="n">
-        <v>17.9</v>
-[...1 lines deleted...]
-      <c r="K36" s="1"/>
+        <v>18.8</v>
+      </c>
+      <c r="K36" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="L36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="0"/>
-      <c r="B37" s="1"/>
+      <c r="A37" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B37" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="C37" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="D37" s="1" t="n">
+        <v>22.4</v>
+      </c>
+      <c r="E37" s="1" t="n">
+        <v>21.7</v>
+      </c>
+      <c r="F37" s="1" t="n">
+        <v>21.8</v>
+      </c>
+      <c r="G37" s="1" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="H37" s="1" t="n">
+        <v>21.7</v>
+      </c>
+      <c r="I37" s="1" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="J37" s="1" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="K37" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="L37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A38" s="0"/>
+      <c r="B38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="0"/>
+      <c r="A40" s="0" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>1</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0"/>
-      <c r="B43" s="1" t="n">
-[...26 lines deleted...]
-      <c r="K43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>26</v>
-[...28 lines deleted...]
-      <c r="K44" s="1"/>
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>27</v>
-[...28 lines deleted...]
-      <c r="K45" s="1"/>
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A46" s="0"/>
       <c r="B46" s="1" t="n">
-        <v>19.6</v>
+        <v>2015</v>
       </c>
       <c r="C46" s="1" t="n">
-        <v>19.7</v>
+        <v>2016</v>
       </c>
       <c r="D46" s="1" t="n">
-        <v>19.8</v>
+        <v>2017</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>18</v>
+        <v>2018</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>17.6</v>
+        <v>2019</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>17.1</v>
+        <v>2020</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>16.4</v>
+        <v>2021</v>
       </c>
       <c r="I46" s="1" t="n">
-        <v>15.5</v>
+        <v>2022</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>16.7</v>
-[...1 lines deleted...]
-      <c r="K46" s="1"/>
+        <v>2023</v>
+      </c>
+      <c r="K46" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="B47" s="1" t="n">
-        <v>24.8</v>
+        <v>22.8</v>
       </c>
       <c r="C47" s="1" t="n">
-        <v>26.4</v>
+        <v>24.1</v>
       </c>
       <c r="D47" s="1" t="n">
-        <v>25</v>
+        <v>23.7</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>22.6</v>
+        <v>21.7</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>22.4</v>
+        <v>20.7</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>22.5</v>
+        <v>20.9</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>22</v>
+        <v>19.7</v>
       </c>
       <c r="I47" s="1" t="n">
-        <v>20.7</v>
+        <v>19.3</v>
       </c>
       <c r="J47" s="1" t="n">
-        <v>20.7</v>
-[...1 lines deleted...]
-      <c r="K47" s="1"/>
+        <v>19.5</v>
+      </c>
+      <c r="K47" s="1" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="L47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="B48" s="1" t="n">
-        <v>17.4</v>
+        <v>20.5</v>
       </c>
       <c r="C48" s="1" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="D48" s="1" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="E48" s="1" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="F48" s="1" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="G48" s="1" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="H48" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="I48" s="1" t="n">
         <v>18</v>
       </c>
-      <c r="D48" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="J48" s="1" t="n">
-        <v>18.3</v>
-[...1 lines deleted...]
-      <c r="K48" s="1"/>
+        <v>18.1</v>
+      </c>
+      <c r="K48" s="1" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="L48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0"/>
       <c r="B49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0"/>
       <c r="B55" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="C55" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="D55" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="E55" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="F55" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="G55" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="H55" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="I55" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="J55" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="K55" s="1"/>
+      <c r="K55" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="B56" s="1" t="n">
-        <v>35.8</v>
+        <v>24.1</v>
       </c>
       <c r="C56" s="1" t="n">
-        <v>36.6</v>
+        <v>23.5</v>
       </c>
       <c r="D56" s="1" t="n">
-        <v>36.7</v>
+        <v>24.2</v>
       </c>
       <c r="E56" s="1" t="n">
-        <v>34.8</v>
+        <v>23.5</v>
       </c>
       <c r="F56" s="1" t="n">
-        <v>33.6</v>
+        <v>23</v>
       </c>
       <c r="G56" s="1" t="n">
-        <v>36.9</v>
+        <v>21.9</v>
       </c>
       <c r="H56" s="1" t="n">
-        <v>34.5</v>
+        <v>20.9</v>
       </c>
       <c r="I56" s="1" t="n">
-        <v>36.8</v>
+        <v>19.5</v>
       </c>
       <c r="J56" s="1" t="n">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="K56" s="1"/>
+        <v>19.6</v>
+      </c>
+      <c r="K56" s="1" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="L56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="B57" s="1" t="n">
-        <v>20.4</v>
+        <v>24.6</v>
       </c>
       <c r="C57" s="1" t="n">
-        <v>21.6</v>
+        <v>27.8</v>
       </c>
       <c r="D57" s="1" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="E57" s="1" t="n">
+        <v>23.9</v>
+      </c>
+      <c r="F57" s="1" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="G57" s="1" t="n">
+        <v>20.8</v>
+      </c>
+      <c r="H57" s="1" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="I57" s="1" t="n">
         <v>21.1</v>
       </c>
-      <c r="E57" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="J57" s="1" t="n">
-        <v>19.7</v>
-[...1 lines deleted...]
-      <c r="K57" s="1"/>
+        <v>20.8</v>
+      </c>
+      <c r="K57" s="1" t="n">
+        <v>21.4</v>
+      </c>
+      <c r="L57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="B58" s="1" t="n">
-        <v>10.4</v>
+        <v>19.6</v>
       </c>
       <c r="C58" s="1" t="n">
-        <v>10.1</v>
+        <v>19.7</v>
       </c>
       <c r="D58" s="1" t="n">
-        <v>9.2</v>
+        <v>19.8</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>8.4</v>
+        <v>18</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>8.7</v>
+        <v>17.7</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>8.3</v>
+        <v>17.2</v>
       </c>
       <c r="H58" s="1" t="n">
-        <v>8.2</v>
+        <v>16.6</v>
       </c>
       <c r="I58" s="1" t="n">
-        <v>8.7</v>
+        <v>15.5</v>
       </c>
       <c r="J58" s="1" t="n">
-        <v>8.5</v>
-[...1 lines deleted...]
-      <c r="K58" s="1"/>
+        <v>16.9</v>
+      </c>
+      <c r="K58" s="1" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="L58" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="0"/>
-      <c r="B59" s="1"/>
+      <c r="A59" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B59" s="1" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="C59" s="1" t="n">
+        <v>26.4</v>
+      </c>
+      <c r="D59" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="E59" s="1" t="n">
+        <v>22.6</v>
+      </c>
+      <c r="F59" s="1" t="n">
+        <v>22.6</v>
+      </c>
+      <c r="G59" s="1" t="n">
+        <v>22.5</v>
+      </c>
+      <c r="H59" s="1" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="I59" s="1" t="n">
+        <v>20.5</v>
+      </c>
+      <c r="J59" s="1" t="n">
+        <v>20.8</v>
+      </c>
+      <c r="K59" s="1" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="L59" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
-        <v>23</v>
-      </c>
+        <v>30</v>
+      </c>
+      <c r="B60" s="1" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="C60" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="D60" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="E60" s="1" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="F60" s="1" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="G60" s="1" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="H60" s="1" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="I60" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="J60" s="1" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="K60" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="L60" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="0" t="s">
+      <c r="A61" s="0"/>
+      <c r="B61" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="0" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A62" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A64" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="0"/>
-[...27 lines deleted...]
-      <c r="K65" s="1"/>
+      <c r="A65" s="0" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>37</v>
-[...28 lines deleted...]
-      <c r="K66" s="1"/>
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A67" s="0"/>
       <c r="B67" s="1" t="n">
-        <v>49.7</v>
+        <v>2015</v>
       </c>
       <c r="C67" s="1" t="n">
-        <v>52.3</v>
+        <v>2016</v>
       </c>
       <c r="D67" s="1" t="n">
-        <v>49.6</v>
+        <v>2017</v>
       </c>
       <c r="E67" s="1" t="n">
-        <v>51.5</v>
+        <v>2018</v>
       </c>
       <c r="F67" s="1" t="n">
-        <v>45.8</v>
+        <v>2019</v>
       </c>
       <c r="G67" s="1" t="n">
-        <v>46.3</v>
+        <v>2020</v>
       </c>
       <c r="H67" s="1" t="n">
-        <v>39</v>
+        <v>2021</v>
       </c>
       <c r="I67" s="1" t="n">
-        <v>44</v>
+        <v>2022</v>
       </c>
       <c r="J67" s="1" t="n">
-        <v>40.4</v>
-[...1 lines deleted...]
-      <c r="K67" s="1"/>
+        <v>2023</v>
+      </c>
+      <c r="K67" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="B68" s="1" t="n">
-        <v>16.2</v>
+        <v>35.8</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>19.9</v>
+        <v>36.6</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>17.8</v>
+        <v>36.7</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>15</v>
+        <v>34.8</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>13.8</v>
+        <v>33.9</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>12.2</v>
+        <v>36.9</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>11.1</v>
+        <v>34.6</v>
       </c>
       <c r="I68" s="1" t="n">
-        <v>10.7</v>
+        <v>36.5</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>10.6</v>
-[...1 lines deleted...]
-      <c r="K68" s="1"/>
+        <v>36.3</v>
+      </c>
+      <c r="K68" s="1" t="n">
+        <v>33.3</v>
+      </c>
+      <c r="L68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="B69" s="1" t="n">
-        <v>16</v>
+        <v>20.4</v>
       </c>
       <c r="C69" s="1" t="n">
-        <v>16.5</v>
+        <v>21.6</v>
       </c>
       <c r="D69" s="1" t="n">
-        <v>17.9</v>
+        <v>21.1</v>
       </c>
       <c r="E69" s="1" t="n">
-        <v>17.5</v>
+        <v>19.2</v>
       </c>
       <c r="F69" s="1" t="n">
-        <v>17.7</v>
+        <v>19.4</v>
       </c>
       <c r="G69" s="1" t="n">
-        <v>20.4</v>
+        <v>20.7</v>
       </c>
       <c r="H69" s="1" t="n">
-        <v>17.5</v>
+        <v>19.4</v>
       </c>
       <c r="I69" s="1" t="n">
-        <v>19.2</v>
+        <v>19.4</v>
       </c>
       <c r="J69" s="1" t="n">
-        <v>17.3</v>
-[...1 lines deleted...]
-      <c r="K69" s="1"/>
+        <v>19.8</v>
+      </c>
+      <c r="K69" s="1" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="L69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="B70" s="1" t="n">
-        <v>13.3</v>
+        <v>10.4</v>
       </c>
       <c r="C70" s="1" t="n">
-        <v>14.8</v>
+        <v>10.1</v>
       </c>
       <c r="D70" s="1" t="n">
-        <v>15.3</v>
+        <v>9.2</v>
       </c>
       <c r="E70" s="1" t="n">
-        <v>14.2</v>
+        <v>8.4</v>
       </c>
       <c r="F70" s="1" t="n">
-        <v>17.2</v>
+        <v>8.7</v>
       </c>
       <c r="G70" s="1" t="n">
-        <v>17.4</v>
+        <v>8.3</v>
       </c>
       <c r="H70" s="1" t="n">
-        <v>14.8</v>
+        <v>8.4</v>
       </c>
       <c r="I70" s="1" t="n">
-        <v>11.5</v>
+        <v>8.6</v>
       </c>
       <c r="J70" s="1" t="n">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="K70" s="1"/>
+        <v>8.5</v>
+      </c>
+      <c r="K70" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="L70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="0" t="s">
-[...29 lines deleted...]
-      <c r="K71" s="1"/>
+      <c r="A71" s="0"/>
+      <c r="B71" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="s">
-        <v>43</v>
-[...28 lines deleted...]
-      <c r="K72" s="1"/>
+        <v>24</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="0"/>
-      <c r="B73" s="1"/>
+      <c r="A73" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A74" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="0"/>
+      <c r="A76" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A77" s="0"/>
+      <c r="B77" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C77" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D77" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E77" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F77" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G77" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H77" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I77" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J77" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K77" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
-        <v>46</v>
-      </c>
+        <v>36</v>
+      </c>
+      <c r="B78" s="1" t="n">
+        <v>32.7</v>
+      </c>
+      <c r="C78" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="D78" s="1" t="n">
+        <v>32.5</v>
+      </c>
+      <c r="E78" s="1" t="n">
+        <v>31.3</v>
+      </c>
+      <c r="F78" s="1" t="n">
+        <v>30.9</v>
+      </c>
+      <c r="G78" s="1" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="H78" s="1" t="n">
+        <v>31.1</v>
+      </c>
+      <c r="I78" s="1" t="n">
+        <v>30.3</v>
+      </c>
+      <c r="J78" s="1" t="n">
+        <v>30.5</v>
+      </c>
+      <c r="K78" s="1" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="L78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="0"/>
+      <c r="A79" s="0" t="s">
+        <v>37</v>
+      </c>
       <c r="B79" s="1" t="n">
-        <v>2015</v>
+        <v>49.7</v>
       </c>
       <c r="C79" s="1" t="n">
-        <v>2016</v>
+        <v>52.3</v>
       </c>
       <c r="D79" s="1" t="n">
-        <v>2017</v>
+        <v>49.6</v>
       </c>
       <c r="E79" s="1" t="n">
-        <v>2018</v>
+        <v>51.5</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>2019</v>
+        <v>45</v>
       </c>
       <c r="G79" s="1" t="n">
-        <v>2020</v>
+        <v>45.4</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>2021</v>
+        <v>39.7</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>2022</v>
+        <v>42.8</v>
       </c>
       <c r="J79" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="K79" s="1"/>
+        <v>39.9</v>
+      </c>
+      <c r="K79" s="1" t="n">
+        <v>38.3</v>
+      </c>
+      <c r="L79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="B80" s="1" t="n">
-        <v>6.6</v>
+        <v>16.2</v>
       </c>
       <c r="C80" s="1" t="n">
-        <v>7.1</v>
+        <v>19.9</v>
       </c>
       <c r="D80" s="1" t="n">
-        <v>7.2</v>
+        <v>17.8</v>
       </c>
       <c r="E80" s="1" t="n">
-        <v>6.5</v>
+        <v>15</v>
       </c>
       <c r="F80" s="1" t="n">
-        <v>6.5</v>
+        <v>14.1</v>
       </c>
       <c r="G80" s="1" t="n">
-        <v>6.4</v>
+        <v>12.5</v>
       </c>
       <c r="H80" s="1" t="n">
-        <v>5.5</v>
+        <v>11.3</v>
       </c>
       <c r="I80" s="1" t="n">
-        <v>5.2</v>
+        <v>11</v>
       </c>
       <c r="J80" s="1" t="n">
-        <v>7.1</v>
-[...1 lines deleted...]
-      <c r="K80" s="1"/>
+        <v>10.6</v>
+      </c>
+      <c r="K80" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="L80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="B81" s="1" t="n">
-        <v>70.2</v>
+        <v>16</v>
       </c>
       <c r="C81" s="1" t="n">
-        <v>73.4</v>
+        <v>16.5</v>
       </c>
       <c r="D81" s="1" t="n">
-        <v>73.7</v>
+        <v>17.9</v>
       </c>
       <c r="E81" s="1" t="n">
-        <v>67</v>
+        <v>17.5</v>
       </c>
       <c r="F81" s="1" t="n">
-        <v>71.8</v>
+        <v>17.8</v>
       </c>
       <c r="G81" s="1" t="n">
-        <v>71.8</v>
+        <v>20.6</v>
       </c>
       <c r="H81" s="1" t="n">
-        <v>64.2</v>
+        <v>17.8</v>
       </c>
       <c r="I81" s="1" t="n">
-        <v>67.9</v>
+        <v>19.1</v>
       </c>
       <c r="J81" s="1" t="n">
-        <v>63.7</v>
-[...1 lines deleted...]
-      <c r="K81" s="1"/>
+        <v>17.3</v>
+      </c>
+      <c r="K81" s="1" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="L81" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="B82" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="C82" s="1" t="n">
         <v>14.8</v>
       </c>
-      <c r="C82" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D82" s="1" t="n">
-        <v>15.8</v>
+        <v>15.3</v>
       </c>
       <c r="E82" s="1" t="n">
-        <v>15.8</v>
+        <v>14.2</v>
       </c>
       <c r="F82" s="1" t="n">
-        <v>15.6</v>
+        <v>17.7</v>
       </c>
       <c r="G82" s="1" t="n">
-        <v>18.9</v>
+        <v>17.6</v>
       </c>
       <c r="H82" s="1" t="n">
-        <v>15.4</v>
+        <v>15</v>
       </c>
       <c r="I82" s="1" t="n">
-        <v>17.7</v>
+        <v>11.8</v>
       </c>
       <c r="J82" s="1" t="n">
-        <v>16.3</v>
-[...1 lines deleted...]
-      <c r="K82" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="K82" s="1" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="L82" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="B83" s="1" t="n">
-        <v>46.4</v>
+        <v>12.4</v>
       </c>
       <c r="C83" s="1" t="n">
-        <v>48.1</v>
+        <v>10.9</v>
       </c>
       <c r="D83" s="1" t="n">
-        <v>47.4</v>
+        <v>11.5</v>
       </c>
       <c r="E83" s="1" t="n">
-        <v>46.1</v>
+        <v>11.3</v>
       </c>
       <c r="F83" s="1" t="n">
-        <v>44.1</v>
+        <v>9.1</v>
       </c>
       <c r="G83" s="1" t="n">
-        <v>45.3</v>
+        <v>9.2</v>
       </c>
       <c r="H83" s="1" t="n">
-        <v>43</v>
+        <v>8.3</v>
       </c>
       <c r="I83" s="1" t="n">
-        <v>43.4</v>
+        <v>8.3</v>
       </c>
       <c r="J83" s="1" t="n">
-        <v>41.8</v>
-[...1 lines deleted...]
-      <c r="K83" s="1"/>
+        <v>9.5</v>
+      </c>
+      <c r="K83" s="1" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="L83" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="0"/>
-      <c r="B84" s="1"/>
+      <c r="A84" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B84" s="1" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="C84" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="D84" s="1" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="E84" s="1" t="n">
+        <v>25.7</v>
+      </c>
+      <c r="F84" s="1" t="n">
+        <v>25.7</v>
+      </c>
+      <c r="G84" s="1" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="H84" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="I84" s="1" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="J84" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="K84" s="1" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="L84" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A85" s="0"/>
+      <c r="B85" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="0"/>
+      <c r="A87" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A88" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
-        <v>1</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="0"/>
-      <c r="B90" s="1" t="n">
+      <c r="A90" s="0" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="0"/>
+      <c r="B91" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="C90" s="1" t="n">
+      <c r="C91" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="D90" s="1" t="n">
+      <c r="D91" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="E90" s="1" t="n">
+      <c r="E91" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="F90" s="1" t="n">
+      <c r="F91" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="G90" s="1" t="n">
+      <c r="G91" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="H90" s="1" t="n">
+      <c r="H91" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="I90" s="1" t="n">
+      <c r="I91" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="J90" s="1" t="n">
+      <c r="J91" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="K90" s="1"/>
-[...32 lines deleted...]
-      <c r="K91" s="1"/>
+      <c r="K91" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L91" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="B92" s="1" t="n">
-        <v>17.8</v>
+        <v>6.6</v>
       </c>
       <c r="C92" s="1" t="n">
-        <v>18.5</v>
+        <v>7.1</v>
       </c>
       <c r="D92" s="1" t="n">
-        <v>16.1</v>
+        <v>7.2</v>
       </c>
       <c r="E92" s="1" t="n">
-        <v>12.4</v>
+        <v>6.5</v>
       </c>
       <c r="F92" s="1" t="n">
-        <v>10.9</v>
+        <v>6.5</v>
       </c>
       <c r="G92" s="1" t="n">
-        <v>13.8</v>
+        <v>6.3</v>
       </c>
       <c r="H92" s="1" t="n">
-        <v>13.7</v>
+        <v>5.5</v>
       </c>
       <c r="I92" s="1" t="n">
-        <v>12.7</v>
+        <v>5.1</v>
       </c>
       <c r="J92" s="1" t="n">
-        <v>14.1</v>
-[...1 lines deleted...]
-      <c r="K92" s="1"/>
+        <v>7.2</v>
+      </c>
+      <c r="K92" s="1" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="L92" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="B93" s="1" t="n">
-        <v>5.2</v>
+        <v>70.2</v>
       </c>
       <c r="C93" s="1" t="n">
-        <v>4.9</v>
+        <v>73.4</v>
       </c>
       <c r="D93" s="1" t="n">
-        <v>4.6</v>
+        <v>73.7</v>
       </c>
       <c r="E93" s="1" t="n">
-        <v>2.8</v>
+        <v>67</v>
       </c>
       <c r="F93" s="1" t="n">
-        <v>4.9</v>
+        <v>71.5</v>
       </c>
       <c r="G93" s="1" t="n">
-        <v>3.6</v>
+        <v>71.5</v>
       </c>
       <c r="H93" s="1" t="n">
-        <v>4.1</v>
+        <v>64</v>
       </c>
       <c r="I93" s="1" t="n">
-        <v>3.7</v>
+        <v>66.9</v>
       </c>
       <c r="J93" s="1" t="n">
-        <v>4.1</v>
-[...1 lines deleted...]
-      <c r="K93" s="1"/>
+        <v>63.8</v>
+      </c>
+      <c r="K93" s="1" t="n">
+        <v>68.5</v>
+      </c>
+      <c r="L93" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="B94" s="1" t="n">
-        <v>1.6</v>
+        <v>14.8</v>
       </c>
       <c r="C94" s="1" t="n">
-        <v>1.3</v>
+        <v>16</v>
       </c>
       <c r="D94" s="1" t="n">
-        <v>0.8</v>
+        <v>15.8</v>
       </c>
       <c r="E94" s="1" t="n">
-        <v>0.7</v>
+        <v>15.8</v>
       </c>
       <c r="F94" s="1" t="n">
-        <v>1.7</v>
+        <v>15.7</v>
       </c>
       <c r="G94" s="1" t="n">
-        <v>2</v>
+        <v>19.1</v>
       </c>
       <c r="H94" s="1" t="n">
-        <v>1.6</v>
+        <v>15.7</v>
       </c>
       <c r="I94" s="1" t="n">
-        <v>1</v>
+        <v>17.7</v>
       </c>
       <c r="J94" s="1" t="n">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="K94" s="1"/>
+        <v>16.2</v>
+      </c>
+      <c r="K94" s="1" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="L94" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="B95" s="1" t="n">
-        <v>0.7</v>
+        <v>46.4</v>
       </c>
       <c r="C95" s="1" t="n">
-        <v>0.6</v>
+        <v>48.1</v>
       </c>
       <c r="D95" s="1" t="n">
-        <v>0.8</v>
+        <v>47.4</v>
       </c>
       <c r="E95" s="1" t="n">
-        <v>0.6</v>
+        <v>46.1</v>
       </c>
       <c r="F95" s="1" t="n">
-        <v>0.6</v>
+        <v>43.5</v>
       </c>
       <c r="G95" s="1" t="n">
-        <v>0.6</v>
+        <v>44.5</v>
       </c>
       <c r="H95" s="1" t="n">
-        <v>0.9</v>
+        <v>42.5</v>
       </c>
       <c r="I95" s="1" t="n">
-        <v>0.6</v>
+        <v>42.4</v>
       </c>
       <c r="J95" s="1" t="n">
-        <v>0.8</v>
-[...1 lines deleted...]
-      <c r="K95" s="1"/>
+        <v>41.5</v>
+      </c>
+      <c r="K95" s="1" t="n">
+        <v>42.1</v>
+      </c>
+      <c r="L95" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0"/>
       <c r="B96" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="0" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="0" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="0"/>
+      <c r="B103" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="C103" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="D103" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="E103" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="F103" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="G103" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="H103" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="I103" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="J103" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="K103" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="L103" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B104" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="C104" s="1" t="n">
+        <v>85.9</v>
+      </c>
+      <c r="D104" s="1" t="n">
+        <v>87.9</v>
+      </c>
+      <c r="E104" s="1" t="n">
+        <v>86.2</v>
+      </c>
+      <c r="F104" s="1" t="n">
+        <v>81.9</v>
+      </c>
+      <c r="G104" s="1" t="n">
+        <v>81.3</v>
+      </c>
+      <c r="H104" s="1" t="n">
+        <v>74.5</v>
+      </c>
+      <c r="I104" s="1" t="n">
+        <v>75.3</v>
+      </c>
+      <c r="J104" s="1" t="n">
+        <v>72.8</v>
+      </c>
+      <c r="K104" s="1" t="n">
+        <v>70.3</v>
+      </c>
+      <c r="L104" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B105" s="1" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="C105" s="1" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="D105" s="1" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="E105" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="F105" s="1" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="G105" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="H105" s="1" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="I105" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="J105" s="1" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="K105" s="1" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="L105" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B106" s="1" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="C106" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="D106" s="1" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="E106" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="F106" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="G106" s="1" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="H106" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="I106" s="1" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="J106" s="1" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="K106" s="1" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="L106" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B107" s="1" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="C107" s="1" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="D107" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="E107" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="F107" s="1" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="G107" s="1" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="H107" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="I107" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="J107" s="1" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="K107" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="L107" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B108" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="C108" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="D108" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="E108" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F108" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="G108" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="H108" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="I108" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="J108" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="K108" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="L108" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="0"/>
+      <c r="B109" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="0" t="s">
         <v>24</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="0"/>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="0" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>