--- v0 (2025-11-05)
+++ v1 (2026-02-23)
@@ -13,115 +13,124 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_PHC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="57">
   <si>
     <t>Uitstel of afstel van medische zorg om financiële redenen - België - trendevaluatie</t>
   </si>
   <si>
     <t>in de laatste twaalf maanden</t>
   </si>
   <si>
     <t>procent van 16-jarigen en ouder</t>
   </si>
   <si>
     <t>waarnemingen</t>
   </si>
   <si>
-    <t>trend en extrapolatie (november 2024)</t>
+    <t>trend en extrapolatie (november 2025)</t>
   </si>
   <si>
     <t>doelstelling 2030</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: 2019</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2023); Self-reported unmet needs for medical examination by sex, age, detailed reason and income quintile [hlth_silc_08], https://ec.europa.eu/eurostat (geraadpleegd op02/10/2023); berekeningen FPB.</t>
+    <t>Noot: breuk in tijdreeks: 2019</t>
+  </si>
+  <si>
+    <t>Bron: Statbel; Eurostat (2025), Self-reported unmet needs for medical examination by sex, age, detailed reason and income quintile, hlth_silc_08, https://ec.europa.eu/eurostat,  laatste update van data 10/10/2025  11:00:00 (geraadpleegd op 10/10/2025)</t>
   </si>
   <si>
     <t>Uitstel of afstel van medische zorg om financiële redenen - België en internationale vergelijking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
     <t>EU27</t>
   </si>
   <si>
-    <t>breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024); Statbel; Eurostat (2024); Self-reported unmet needs for medical examination by sex, age, detailed reason and income quintile [hlth_silc_08], https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024)</t>
+    <t>Noot: breuk in tijdreeks: BE 2019; covid-19-pandemie had impact op gegevensverzameling BE 2020; Het 95%-betrouwbaarheidsinterval voor het aandeel personen die medische zorgen om financiële redenen uit- of afstellen in 2024 bedraagt 0.9% tot 1.4% voor België.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025); Statbel (2025), rechtstreekse mededeling 18/11/2025; </t>
+  </si>
+  <si>
+    <t>Statbel; Eurostat (2025), Self-reported unmet needs for medical examination by sex, age, detailed reason and income quintile, hlth_silc_08, https://ec.europa.eu/eurostat,  laatste update van data 10/10/2025  11:00:00 (geraadpleegd op 10/10/2025)</t>
   </si>
   <si>
     <t>Uitstel of afstel van medische zorg om financiële redenen volgens gewest- België en internationale vergelijking</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
-    <t>Vlaams Gewest </t>
-[...5 lines deleted...]
-    <t>Statbel (2024), SILC-SDG indicatoren 2004-2023, https://Statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 14/10/2024)</t>
+    <t>Vlaams Gewest</t>
+  </si>
+  <si>
+    <t>Waals Gewest</t>
+  </si>
+  <si>
+    <t>Noot: breuk in tijdreeks: 2019. Het 95%-betrouwbaarheidsinterval voor het aandeel personen die medische zorgen om financiële redenen uit- of afstellen in 2024 bedraagt 1.6% tot 3.3% voor Brussel, 0.1% tot 0.6% voor Vlaanderen en 1.5% tot 2.9% voor Wallonië.</t>
+  </si>
+  <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025); Statbel (2025),  rechtstreekse mededeling 18/11/2025</t>
   </si>
   <si>
     <t>Uitstel of afstel van medische zorg om financiële redenen volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
+    <t>Bron: Statbel (2025), SILC-SDG indicatoren 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (geraadpleegd op 06/10/2025)</t>
+  </si>
+  <si>
     <t>Uitstel of afstel van medische zorg om financiële redenen volgens leeftijd - België</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Uitstel of afstel van medische zorg om financiële redenen volgens opleiding - België</t>
   </si>
   <si>
     <t>hoogstens lager secundair</t>
   </si>
   <si>
     <t>hoger secundair</t>
   </si>
   <si>
     <t>hoger</t>
@@ -135,117 +144,99 @@
   <si>
     <t>eenoudergezin</t>
   </si>
   <si>
     <t>2 volwassenen &lt;65</t>
   </si>
   <si>
     <t>2 volw., minstens 1 &gt;64</t>
   </si>
   <si>
     <t>2 volw.+ kind(eren)</t>
   </si>
   <si>
     <t>Uitstel of afstel van medische zorg om financiële redenen volgens activiteitsstatus - België</t>
   </si>
   <si>
     <t>werkend</t>
   </si>
   <si>
     <t>werkloos</t>
   </si>
   <si>
     <t>gepensioneerd</t>
   </si>
   <si>
-    <t>andere</t>
-[...2 lines deleted...]
-    <t>breuk in tijdreeks: 2019; omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.                             </t>
+    <t>andere inactief</t>
+  </si>
+  <si>
+    <t>Noot: breuk in tijdreeks: 2019; omwille van het grootschalige gebruik van tijdelijke werkloosheid tijdens de COVID-19-pandemie omvat de categorie 'werkloos' in SILC 2021 niet alleen langdurig werklozen, maar eveneens personen die meer dan 6 maanden tijdelijk werkloos zijn geweest en die algemeen gezien in minder precaire omstandigheden leven.</t>
   </si>
   <si>
     <t>Uitstel of afstel van medische zorg om financiële redenen volgens inkomen - België</t>
   </si>
   <si>
     <t>kwintiel 1</t>
   </si>
   <si>
     <t>kwintiel 2</t>
   </si>
   <si>
     <t>kwintiel 3</t>
   </si>
   <si>
     <t>kwintiel 4</t>
   </si>
   <si>
     <t>kwintiel 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_PHC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Uitstel of afstel van medische zorg om financiële redenen (i07)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: aandeel personen van 16 jaar of ouder dat verklaart zich om financiële redenen de nodige medische zorg niet heeft kunnen veroorloven tijdens de afgelopen 12 maanden. De gegevens komen van de enquête European Union Statistics on Income and Living Conditions (EU-SILC) die onder andere peilen naar de zelfgerapporteerde onvervulde behoeften aan medisch onderzoek omdat ze te duur zijn. Statbel organiseert in België deze binnen de EU geharmoniseerde enquête en stelt de resultaten ervan ter beschikking, onder meer aan Eurostat. De hier gebruikte gegevens komen van Eurostat dat gedetailleerde en vergelijkbare data voor de EU-lidstaten publiceert. Voor België worden data vanaf 2011 gebruikt. Omdat de gegevens op een enquête gebaseerd zijn, moet er rekening gehouden worden met een onzekerheidsmarge. De betrouwbaarheidsintervallen zijn op verzoek verkrijgbaar bij Statbel.
 Vanaf 2019 werd de enquêtemethode grondig herzien met het oog op een grotere nauwkeurigheid. In 2020 had de covid-19-pandemie een impact op de gegevensverzameling. Hierdoor zijn de resultaten van SILC 2020 moeilijk te vergelijken met die van de voorgaande jaren (Statbel, 2021). Daarom worden ze niet gebruikt om de langetermijntrend te berekenen en te evalueren.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, inkomen, leeftijd, opleiding, huishoudentype en activiteitsstatus.
 Doelstelling: het uitstel of afstel van medische zorg moet dalen naar nul.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 1.4: "Er tegen 2030 voor zorgen dat alle mannen en vrouwen, in het bijzonder de armen en de kwetsbaren, gelijke rechten hebben op economische middelen, alsook toegang tot basisdiensten, eigenaarschap en controle over land en andere vormen van eigendom, nalatenschap, natuurlijke hulpbronnen, gepaste nieuwe technologie en financiële diensten, met inbegrip van microfinanciering".
 De Federale beleidsvisie op lange termijn inzake duurzame ontwikkeling bevat doelstelling 5: "kwaliteitsvolle gezondheidszorg zal toegankelijk zijn voor iedereen en in het bijzonder voor kwetsbare groepen (mensen met een handicap, kansarmen, vruchtbare en zwangere vrouwen en kinderen, enz.)" (Belgisch Staatsblad, 08/10/2013).
-Evolutie: volgens de EU-SILC-enquêtes is het aandeel personen (16 jaar of ouder) dat verklaart zich om financiële redenen de nodige medische zorg niet heeft kunnen veroorloven daalde van 1,2% in 2004 tot 0,4% in 2010 om daarna te stijgen tot 2,2% in de periode 2014-2016. Daarna is het gedaald tot 0,9% in 2023, rekening houdend met de nieuwe methodologie gebruikt vanaf 2019.
-[...11 lines deleted...]
-Een tussentijdse piek voor werklozen en andere inactieven in 2015 in acht genomen, steeg dit percentage tussen 2004 en 2023 enkel voor werklozen, van 4,3% tot 6,5%. Voor de overige categorieën was er praktisch geen wijziging tussen 2004 en 2023.
 VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 1.4 aangezien hij de toegang tot gezondheidszorg meet van personen met financiële problemen
 Bronnen
-Algemeen
-[...6 lines deleted...]
-Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 10/12/2021).
+Belgisch Staatsblad: http://www.ejustice.just.fgov.be/cgi/welcome.pl; opzoeking op http://www.ejustice.just.fgov.be/doc/rech_n.htm.
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/faq, zie vooral ‘Zijn er breuken in de tijdslijn van SILC?’ (geraadpleegd op 19/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -303,51 +294,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG103"/>
+  <dimension ref="A1:AG104"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -501,169 +492,169 @@
       </c>
       <c r="R5" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="S5" s="1" t="n">
         <v>2</v>
       </c>
       <c r="T5" s="1" t="n">
         <v>1.7</v>
       </c>
       <c r="U5" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="V5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W5" s="1" t="n">
         <v>1.2</v>
       </c>
       <c r="X5" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="Y5" s="1" t="n">
         <v>0.9</v>
       </c>
-      <c r="Z5" s="1" t="s">
-        <f>=NA()</f>
+      <c r="Z5" s="1" t="n">
+        <v>1.1</v>
       </c>
       <c r="AA5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C6" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D6" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E6" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.5382487161</v>
+        <v>0.5384362305</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>0.562209253</v>
+        <v>0.5622659701</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>0.5919635391</v>
+        <v>0.5918747238</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>0.6347575749</v>
+        <v>0.6344980469</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>0.6975388889</v>
+        <v>0.6970655526</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>0.7846090691</v>
+        <v>0.7838573462</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>0.8992767609</v>
+        <v>0.8981621134</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>1.042687885</v>
+        <v>1.041118269</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>1.204435709</v>
+        <v>1.202357017</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>1.369015678</v>
+        <v>1.366474522</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>1.517583314</v>
+        <v>1.514799639</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>1.630528689</v>
+        <v>1.627953336</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>1.693796721</v>
+        <v>1.692115631</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>1.702069052</v>
+        <v>1.702140781</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>1.65973145</v>
+        <v>1.662471568</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>1.577994473</v>
+        <v>1.584245879</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>1.470098701</v>
+        <v>1.480518378</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>1.3505134</v>
+        <v>1.365512322</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>1.231368852</v>
+        <v>1.251101568</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>1.120280016</v>
+        <v>1.14463762</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>1.02931983</v>
+        <v>1.047743175</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>0.954102556</v>
+        <v>0.967920147</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>0.8913538453</v>
+        <v>0.901552658</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>0.8385941369</v>
+        <v>0.8459174838</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>0.7939209881</v>
+        <v>0.7989357701</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>0.7558569794</v>
+        <v>0.7590006296</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>0.7232418305</v>
+        <v>0.7248555614</v>
       </c>
       <c r="AG6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0</v>
       </c>
@@ -816,51 +807,54 @@
       </c>
       <c r="N15" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S15" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T15" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U15" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V15" s="1"/>
+      <c r="V15" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="1" t="n">
         <v>1.2</v>
       </c>
       <c r="C16" s="1" t="n">
         <v>0.7</v>
       </c>
       <c r="D16" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="E16" s="1" t="n">
         <v>0.3</v>
       </c>
       <c r="F16" s="1" t="n">
         <v>0.5</v>
       </c>
       <c r="G16" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="H16" s="1" t="n">
         <v>0.4</v>
@@ -882,51 +876,54 @@
       </c>
       <c r="N16" s="1" t="n">
         <v>2.2</v>
       </c>
       <c r="O16" s="1" t="n">
         <v>2</v>
       </c>
       <c r="P16" s="1" t="n">
         <v>1.7</v>
       </c>
       <c r="Q16" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="R16" s="1" t="n">
         <v>1.4</v>
       </c>
       <c r="S16" s="1" t="n">
         <v>1.2</v>
       </c>
       <c r="T16" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="U16" s="1" t="n">
         <v>0.9</v>
       </c>
-      <c r="V16" s="1"/>
+      <c r="V16" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="W16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C17" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D17" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E17" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F17" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G17" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H17" s="1" t="n">
         <v>2.3</v>
@@ -948,2325 +945,2432 @@
       </c>
       <c r="N17" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="O17" s="1" t="n">
         <v>1</v>
       </c>
       <c r="P17" s="1" t="n">
         <v>1.1</v>
       </c>
       <c r="Q17" s="1" t="n">
         <v>0.9</v>
       </c>
       <c r="R17" s="1" t="n">
         <v>1.1</v>
       </c>
       <c r="S17" s="1" t="n">
         <v>1</v>
       </c>
       <c r="T17" s="1" t="n">
         <v>1.1</v>
       </c>
       <c r="U17" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="V17" s="1"/>
+      <c r="V17" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="W17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
       <c r="B18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="0"/>
+      <c r="A21" s="0" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A22" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="0" t="s">
         <v>2</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...1 lines deleted...]
-      <c r="B25" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="0"/>
+      <c r="B26" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="C25" s="1" t="n">
+      <c r="C26" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="D25" s="1" t="n">
+      <c r="D26" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="E25" s="1" t="n">
+      <c r="E26" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="F25" s="1" t="n">
+      <c r="F26" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G25" s="1"/>
-[...20 lines deleted...]
-      <c r="G26" s="1"/>
+      <c r="G26" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>0.9</v>
+        <v>3.9</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>0.4</v>
+        <v>3.5</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>0.7</v>
+        <v>2.1</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>0.2</v>
+        <v>1.9</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>0.2</v>
-[...1 lines deleted...]
-      <c r="G27" s="1"/>
+        <v>1.8</v>
+      </c>
+      <c r="G27" s="1" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="H27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>2.8</v>
+        <v>0.9</v>
       </c>
       <c r="C28" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="D28" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="E28" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="F28" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="G28" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="H28" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="C29" s="1" t="n">
         <v>2.5</v>
       </c>
-      <c r="D28" s="1" t="n">
-[...2 lines deleted...]
-      <c r="E28" s="1" t="n">
+      <c r="D29" s="1" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="E29" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="F28" s="1" t="n">
-[...6 lines deleted...]
-      <c r="B29" s="1"/>
+      <c r="F29" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="G29" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="H29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0"/>
+      <c r="A32" s="0" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A33" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="0" t="s">
         <v>2</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...1 lines deleted...]
-      <c r="B36" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="0"/>
+      <c r="B37" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C36" s="1" t="n">
+      <c r="C37" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D36" s="1" t="n">
+      <c r="D37" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E36" s="1" t="n">
+      <c r="E37" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F36" s="1" t="n">
+      <c r="F37" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G36" s="1" t="n">
+      <c r="G37" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H36" s="1" t="n">
+      <c r="H37" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I36" s="1" t="n">
+      <c r="I37" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J36" s="1" t="n">
+      <c r="J37" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K36" s="1" t="n">
+      <c r="K37" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L36" s="1" t="n">
+      <c r="L37" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M36" s="1" t="n">
+      <c r="M37" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N36" s="1" t="n">
+      <c r="N37" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O36" s="1" t="n">
+      <c r="O37" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P36" s="1" t="n">
+      <c r="P37" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q36" s="1" t="n">
+      <c r="Q37" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R36" s="1" t="n">
+      <c r="R37" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S36" s="1" t="n">
+      <c r="S37" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T36" s="1" t="n">
+      <c r="T37" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U36" s="1" t="n">
+      <c r="U37" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V36" s="1"/>
-[...65 lines deleted...]
-      <c r="V37" s="1"/>
+      <c r="V37" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B38" s="1" t="n">
-        <v>1.1</v>
+        <v>1.4</v>
       </c>
       <c r="C38" s="1" t="n">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="D38" s="1" t="n">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="E38" s="1" t="n">
-        <v>0.2</v>
+        <v>0.4</v>
       </c>
       <c r="F38" s="1" t="n">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="G38" s="1" t="n">
         <v>0.6</v>
       </c>
       <c r="H38" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="I38" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="J38" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="K38" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="L38" s="1" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="M38" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="N38" s="1" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="O38" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="P38" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="Q38" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="R38" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="S38" s="1" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="T38" s="1" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="U38" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="V38" s="1" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="W38" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B39" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="C39" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="D39" s="1" t="n">
         <v>0.3</v>
       </c>
-      <c r="I38" s="1" t="n">
+      <c r="E39" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="F39" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="G39" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="H39" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="I39" s="1" t="n">
         <v>1.1</v>
       </c>
-      <c r="J38" s="1" t="n">
+      <c r="J39" s="1" t="n">
         <v>1.6</v>
       </c>
-      <c r="K38" s="1" t="n">
+      <c r="K39" s="1" t="n">
         <v>1.3</v>
       </c>
-      <c r="L38" s="1" t="n">
+      <c r="L39" s="1" t="n">
         <v>1.9</v>
       </c>
-      <c r="M38" s="1" t="n">
+      <c r="M39" s="1" t="n">
         <v>1.8</v>
       </c>
-      <c r="N38" s="1" t="n">
+      <c r="N39" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="O38" s="1" t="n">
+      <c r="O39" s="1" t="n">
         <v>1.4</v>
       </c>
-      <c r="P38" s="1" t="n">
+      <c r="P39" s="1" t="n">
         <v>1.5</v>
       </c>
-      <c r="Q38" s="1" t="n">
+      <c r="Q39" s="1" t="n">
         <v>1.5</v>
       </c>
-      <c r="R38" s="1" t="n">
+      <c r="R39" s="1" t="n">
         <v>1.1</v>
       </c>
-      <c r="S38" s="1" t="n">
+      <c r="S39" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="T38" s="1" t="n">
+      <c r="T39" s="1" t="n">
         <v>0.7</v>
       </c>
-      <c r="U38" s="1" t="n">
+      <c r="U39" s="1" t="n">
         <v>0.8</v>
       </c>
-      <c r="V38" s="1"/>
-[...3 lines deleted...]
-      <c r="B39" s="1"/>
+      <c r="V39" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="W39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="0"/>
+      <c r="B40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="0"/>
+      <c r="A42" s="0" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A43" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="0" t="s">
         <v>2</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-[...1 lines deleted...]
-      <c r="B46" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="0"/>
+      <c r="B47" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C46" s="1" t="n">
+      <c r="C47" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D46" s="1" t="n">
+      <c r="D47" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E46" s="1" t="n">
+      <c r="E47" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F46" s="1" t="n">
+      <c r="F47" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G46" s="1" t="n">
+      <c r="G47" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H46" s="1" t="n">
+      <c r="H47" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I46" s="1" t="n">
+      <c r="I47" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J46" s="1" t="n">
+      <c r="J47" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K46" s="1" t="n">
+      <c r="K47" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L46" s="1" t="n">
+      <c r="L47" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M46" s="1" t="n">
+      <c r="M47" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N46" s="1" t="n">
+      <c r="N47" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O46" s="1" t="n">
+      <c r="O47" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P46" s="1" t="n">
+      <c r="P47" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q46" s="1" t="n">
+      <c r="Q47" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R46" s="1" t="n">
+      <c r="R47" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S46" s="1" t="n">
+      <c r="S47" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T46" s="1" t="n">
+      <c r="T47" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U46" s="1" t="n">
+      <c r="U47" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V46" s="1"/>
-[...65 lines deleted...]
-      <c r="V47" s="1"/>
+      <c r="V47" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B48" s="1" t="n">
-        <v>1.5</v>
+        <v>0.3</v>
       </c>
       <c r="C48" s="1" t="n">
         <v>0.8</v>
       </c>
       <c r="D48" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="E48" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="F48" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="G48" s="1" t="n">
         <v>0.7</v>
       </c>
-      <c r="E48" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="H48" s="1" t="n">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="I48" s="1" t="n">
-        <v>1.9</v>
+        <v>0.7</v>
       </c>
       <c r="J48" s="1" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="K48" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="L48" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="M48" s="1" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.4</v>
       </c>
       <c r="N48" s="1" t="n">
         <v>2.3</v>
       </c>
       <c r="O48" s="1" t="n">
-        <v>2.8</v>
+        <v>1.1</v>
       </c>
       <c r="P48" s="1" t="n">
-        <v>2.2</v>
+        <v>0.9</v>
       </c>
       <c r="Q48" s="1" t="n">
-        <v>1.9</v>
+        <v>1</v>
       </c>
       <c r="R48" s="1" t="n">
-        <v>1.8</v>
+        <v>0.5</v>
       </c>
       <c r="S48" s="1" t="n">
-        <v>1.7</v>
+        <v>0.5</v>
       </c>
       <c r="T48" s="1" t="n">
-        <v>1.1</v>
+        <v>0.4</v>
       </c>
       <c r="U48" s="1" t="n">
-        <v>1.1</v>
-[...1 lines deleted...]
-      <c r="V48" s="1"/>
+        <v>0.4</v>
+      </c>
+      <c r="V48" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="W48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B49" s="1" t="n">
         <v>1.5</v>
       </c>
       <c r="C49" s="1" t="n">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="D49" s="1" t="n">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="E49" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>0.7</v>
+        <v>0.5</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="H49" s="1" t="n">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="I49" s="1" t="n">
-        <v>1.4</v>
+        <v>1.9</v>
       </c>
       <c r="J49" s="1" t="n">
         <v>2</v>
       </c>
       <c r="K49" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="L49" s="1" t="n">
         <v>2.6</v>
       </c>
-      <c r="L49" s="1" t="n">
+      <c r="M49" s="1" t="n">
         <v>2.4</v>
       </c>
-      <c r="M49" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N49" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="O49" s="1" t="n">
         <v>2.8</v>
       </c>
-      <c r="O49" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P49" s="1" t="n">
-        <v>2.3</v>
+        <v>2.2</v>
       </c>
       <c r="Q49" s="1" t="n">
-        <v>2.3</v>
+        <v>1.9</v>
       </c>
       <c r="R49" s="1" t="n">
-        <v>2</v>
+        <v>1.8</v>
       </c>
       <c r="S49" s="1" t="n">
-        <v>1.3</v>
+        <v>1.7</v>
       </c>
       <c r="T49" s="1" t="n">
-        <v>1.3</v>
+        <v>1.1</v>
       </c>
       <c r="U49" s="1" t="n">
-        <v>1.5</v>
-[...1 lines deleted...]
-      <c r="V49" s="1"/>
+        <v>1.1</v>
+      </c>
+      <c r="V49" s="1" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="W49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B50" s="1" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="C50" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="D50" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="E50" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="F50" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="G50" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="H50" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="I50" s="1" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="J50" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="K50" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="L50" s="1" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="M50" s="1" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="N50" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="O50" s="1" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="P50" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="Q50" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="R50" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="S50" s="1" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="T50" s="1" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="U50" s="1" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="V50" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="W50" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B51" s="1" t="n">
         <v>0.8</v>
       </c>
-      <c r="C50" s="1" t="n">
-[...2 lines deleted...]
-      <c r="D50" s="1" t="n">
+      <c r="C51" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="D51" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="E50" s="1" t="n">
+      <c r="E51" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="F50" s="1" t="n">
+      <c r="F51" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="G50" s="1" t="n">
+      <c r="G51" s="1" t="n">
         <v>0.3</v>
       </c>
-      <c r="H50" s="1" t="n">
+      <c r="H51" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="I50" s="1" t="n">
+      <c r="I51" s="1" t="n">
         <v>0.9</v>
       </c>
-      <c r="J50" s="1" t="n">
+      <c r="J51" s="1" t="n">
         <v>0.9</v>
       </c>
-      <c r="K50" s="1" t="n">
+      <c r="K51" s="1" t="n">
         <v>0.8</v>
       </c>
-      <c r="L50" s="1" t="n">
+      <c r="L51" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="M50" s="1" t="n">
+      <c r="M51" s="1" t="n">
         <v>0.9</v>
       </c>
-      <c r="N50" s="1" t="n">
+      <c r="N51" s="1" t="n">
         <v>1.5</v>
       </c>
-      <c r="O50" s="1" t="n">
+      <c r="O51" s="1" t="n">
         <v>0.7</v>
       </c>
-      <c r="P50" s="1" t="n">
+      <c r="P51" s="1" t="n">
         <v>0.8</v>
       </c>
-      <c r="Q50" s="1" t="n">
+      <c r="Q51" s="1" t="n">
         <v>1.4</v>
       </c>
-      <c r="R50" s="1" t="n">
+      <c r="R51" s="1" t="n">
         <v>0.7</v>
       </c>
-      <c r="S50" s="1" t="n">
-[...2 lines deleted...]
-      <c r="T50" s="1" t="n">
+      <c r="S51" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="T51" s="1" t="n">
         <v>0.6</v>
       </c>
-      <c r="U50" s="1" t="n">
+      <c r="U51" s="1" t="n">
         <v>0.4</v>
       </c>
-      <c r="V50" s="1"/>
-[...3 lines deleted...]
-      <c r="B51" s="1"/>
+      <c r="V51" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="W51" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A52" s="0"/>
+      <c r="B52" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="0"/>
+      <c r="A54" s="0" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A55" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="0" t="s">
         <v>2</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-[...1 lines deleted...]
-      <c r="B58" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="0"/>
+      <c r="B59" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C58" s="1" t="n">
+      <c r="C59" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D58" s="1" t="n">
+      <c r="D59" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E58" s="1" t="n">
+      <c r="E59" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F58" s="1" t="n">
+      <c r="F59" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G58" s="1" t="n">
+      <c r="G59" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H58" s="1" t="n">
+      <c r="H59" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I58" s="1" t="n">
+      <c r="I59" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J58" s="1" t="n">
+      <c r="J59" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K58" s="1" t="n">
+      <c r="K59" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L58" s="1" t="n">
+      <c r="L59" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M58" s="1" t="n">
+      <c r="M59" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N58" s="1" t="n">
+      <c r="N59" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O58" s="1" t="n">
+      <c r="O59" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P58" s="1" t="n">
+      <c r="P59" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q58" s="1" t="n">
+      <c r="Q59" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R58" s="1" t="n">
+      <c r="R59" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S58" s="1" t="n">
+      <c r="S59" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T58" s="1" t="n">
+      <c r="T59" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U58" s="1" t="n">
+      <c r="U59" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V58" s="1"/>
-[...65 lines deleted...]
-      <c r="V59" s="1"/>
+      <c r="V59" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W59" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B60" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="C60" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="D60" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="E60" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="F60" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="G60" s="1" t="n">
         <v>0.9</v>
       </c>
-      <c r="C60" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="H60" s="1" t="n">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="I60" s="1" t="n">
-        <v>1.3</v>
+        <v>2.2</v>
       </c>
       <c r="J60" s="1" t="n">
-        <v>1.4</v>
+        <v>2.9</v>
       </c>
       <c r="K60" s="1" t="n">
-        <v>1.5</v>
+        <v>3.3</v>
       </c>
       <c r="L60" s="1" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="M60" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="N60" s="1" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="O60" s="1" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="P60" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="Q60" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="R60" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="S60" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="T60" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="M60" s="1" t="n">
-[...5 lines deleted...]
-      <c r="O60" s="1" t="n">
+      <c r="U60" s="1" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="V60" s="1" t="n">
         <v>2.2</v>
       </c>
-      <c r="P60" s="1" t="n">
-[...17 lines deleted...]
-      <c r="V60" s="1"/>
+      <c r="W60" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B61" s="1" t="n">
-        <v>0.6</v>
+        <v>0.9</v>
       </c>
       <c r="C61" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="D61" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="E61" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="D61" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="1" t="n">
-        <v>0.2</v>
+        <v>0.4</v>
       </c>
       <c r="G61" s="1" t="n">
         <v>0.4</v>
       </c>
       <c r="H61" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="I61" s="1" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="J61" s="1" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="K61" s="1" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="L61" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="M61" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="N61" s="1" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="O61" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="P61" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="Q61" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="R61" s="1" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="S61" s="1" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="T61" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="U61" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="V61" s="1" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="W61" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B62" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="C62" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="D62" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="I61" s="1" t="n">
+      <c r="E62" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="F62" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="G62" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="H62" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="I62" s="1" t="n">
         <v>0.7</v>
       </c>
-      <c r="J61" s="1" t="n">
+      <c r="J62" s="1" t="n">
         <v>0.6</v>
       </c>
-      <c r="K61" s="1" t="n">
+      <c r="K62" s="1" t="n">
         <v>0.7</v>
       </c>
-      <c r="L61" s="1" t="n">
+      <c r="L62" s="1" t="n">
         <v>1.2</v>
       </c>
-      <c r="M61" s="1" t="n">
+      <c r="M62" s="1" t="n">
         <v>0.9</v>
       </c>
-      <c r="N61" s="1" t="n">
+      <c r="N62" s="1" t="n">
         <v>0.9</v>
       </c>
-      <c r="O61" s="1" t="n">
+      <c r="O62" s="1" t="n">
         <v>0.7</v>
       </c>
-      <c r="P61" s="1" t="n">
+      <c r="P62" s="1" t="n">
         <v>0.6</v>
       </c>
-      <c r="Q61" s="1" t="n">
-[...8 lines deleted...]
-      <c r="T61" s="1" t="n">
+      <c r="Q62" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="R62" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="S62" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="T62" s="1" t="n">
         <v>0.4</v>
       </c>
-      <c r="U61" s="1" t="n">
+      <c r="U62" s="1" t="n">
         <v>0.4</v>
       </c>
-      <c r="V61" s="1"/>
-[...3 lines deleted...]
-      <c r="B62" s="1"/>
+      <c r="V62" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="W62" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A63" s="0"/>
+      <c r="B63" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="0"/>
+      <c r="A65" s="0" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A66" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
-        <v>1</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="0" t="s">
         <v>2</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-[...1 lines deleted...]
-      <c r="B69" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="0"/>
+      <c r="B70" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C69" s="1" t="n">
+      <c r="C70" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D69" s="1" t="n">
+      <c r="D70" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E69" s="1" t="n">
+      <c r="E70" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F69" s="1" t="n">
+      <c r="F70" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G69" s="1" t="n">
+      <c r="G70" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H69" s="1" t="n">
+      <c r="H70" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I69" s="1" t="n">
+      <c r="I70" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J69" s="1" t="n">
+      <c r="J70" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K69" s="1" t="n">
+      <c r="K70" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L69" s="1" t="n">
+      <c r="L70" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M69" s="1" t="n">
+      <c r="M70" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N69" s="1" t="n">
+      <c r="N70" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O69" s="1" t="n">
+      <c r="O70" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P69" s="1" t="n">
+      <c r="P70" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q69" s="1" t="n">
+      <c r="Q70" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R69" s="1" t="n">
+      <c r="R70" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S69" s="1" t="n">
+      <c r="S70" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T69" s="1" t="n">
+      <c r="T70" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U69" s="1" t="n">
+      <c r="U70" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V69" s="1"/>
-[...65 lines deleted...]
-      <c r="V70" s="1"/>
+      <c r="V70" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B71" s="1" t="n">
-        <v>3.9</v>
+        <v>2.5</v>
       </c>
       <c r="C71" s="1" t="n">
-        <v>3.1</v>
+        <v>1.2</v>
       </c>
       <c r="D71" s="1" t="n">
-        <v>1.3</v>
+        <v>0.9</v>
       </c>
       <c r="E71" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="F71" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="G71" s="1" t="n">
         <v>1.1</v>
       </c>
-      <c r="F71" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H71" s="1" t="n">
-        <v>1.5</v>
+        <v>0.7</v>
       </c>
       <c r="I71" s="1" t="n">
-        <v>5</v>
+        <v>3.3</v>
       </c>
       <c r="J71" s="1" t="n">
-        <v>5.9</v>
+        <v>3.4</v>
       </c>
       <c r="K71" s="1" t="n">
-        <v>8</v>
+        <v>2.7</v>
       </c>
       <c r="L71" s="1" t="n">
-        <v>7.6</v>
+        <v>4</v>
       </c>
       <c r="M71" s="1" t="n">
-        <v>8.3</v>
+        <v>4.7</v>
       </c>
       <c r="N71" s="1" t="n">
-        <v>4.2</v>
+        <v>4.7</v>
       </c>
       <c r="O71" s="1" t="n">
-        <v>5.6</v>
+        <v>3.8</v>
       </c>
       <c r="P71" s="1" t="n">
-        <v>3.9</v>
+        <v>3.7</v>
       </c>
       <c r="Q71" s="1" t="n">
         <v>3.4</v>
       </c>
       <c r="R71" s="1" t="n">
-        <v>3.4</v>
+        <v>2.9</v>
       </c>
       <c r="S71" s="1" t="n">
-        <v>2.3</v>
+        <v>1.9</v>
       </c>
       <c r="T71" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="U71" s="1" t="n">
         <v>1.8</v>
       </c>
-      <c r="U71" s="1" t="n">
-[...2 lines deleted...]
-      <c r="V71" s="1"/>
+      <c r="V71" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="W71" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B72" s="1" t="n">
-        <v>1.4</v>
+        <v>3.9</v>
       </c>
       <c r="C72" s="1" t="n">
-        <v>0.6</v>
+        <v>3.1</v>
       </c>
       <c r="D72" s="1" t="n">
-        <v>0.6</v>
+        <v>1.3</v>
       </c>
       <c r="E72" s="1" t="n">
-        <v>0.4</v>
+        <v>1.1</v>
       </c>
       <c r="F72" s="1" t="n">
-        <v>0.6</v>
+        <v>1.6</v>
       </c>
       <c r="G72" s="1" t="n">
-        <v>0.7</v>
+        <v>1.6</v>
       </c>
       <c r="H72" s="1" t="n">
-        <v>0.3</v>
+        <v>1.5</v>
       </c>
       <c r="I72" s="1" t="n">
-        <v>0.7</v>
+        <v>5</v>
       </c>
       <c r="J72" s="1" t="n">
-        <v>0.8</v>
+        <v>5.9</v>
       </c>
       <c r="K72" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="L72" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="M72" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="N72" s="1" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="O72" s="1" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="P72" s="1" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="Q72" s="1" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="R72" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="S72" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="T72" s="1" t="n">
         <v>1.8</v>
       </c>
-      <c r="L72" s="1" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="U72" s="1" t="n">
-        <v>0.8</v>
-[...1 lines deleted...]
-      <c r="V72" s="1"/>
+        <v>2.5</v>
+      </c>
+      <c r="V72" s="1" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="W72" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B73" s="1" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="C73" s="1" t="n">
         <v>0.6</v>
       </c>
-      <c r="C73" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D73" s="1" t="n">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="E73" s="1" t="n">
-        <v>0.1</v>
+        <v>0.4</v>
       </c>
       <c r="F73" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="G73" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="H73" s="1" t="n">
         <v>0.3</v>
       </c>
-      <c r="G73" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I73" s="1" t="n">
-        <v>0.2</v>
+        <v>0.7</v>
       </c>
       <c r="J73" s="1" t="n">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="K73" s="1" t="n">
-        <v>0.6</v>
+        <v>1.8</v>
       </c>
       <c r="L73" s="1" t="n">
-        <v>0.4</v>
+        <v>1.6</v>
       </c>
       <c r="M73" s="1" t="n">
-        <v>0.2</v>
+        <v>1</v>
       </c>
       <c r="N73" s="1" t="n">
-        <v>1</v>
+        <v>2.1</v>
       </c>
       <c r="O73" s="1" t="n">
-        <v>0.5</v>
+        <v>1.8</v>
       </c>
       <c r="P73" s="1" t="n">
-        <v>0.5</v>
+        <v>1.6</v>
       </c>
       <c r="Q73" s="1" t="n">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="R73" s="1" t="n">
-        <v>0.5</v>
+        <v>1.3</v>
       </c>
       <c r="S73" s="1" t="n">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="T73" s="1" t="n">
-        <v>0.2</v>
+        <v>1.1</v>
       </c>
       <c r="U73" s="1" t="n">
-        <v>0.2</v>
-[...1 lines deleted...]
-      <c r="V73" s="1"/>
+        <v>0.8</v>
+      </c>
+      <c r="V73" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="W73" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B74" s="1" t="n">
-        <v>1</v>
+        <v>0.6</v>
       </c>
       <c r="C74" s="1" t="n">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="D74" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="E74" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="F74" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="G74" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="H74" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="I74" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="F74" s="1" t="n">
+      <c r="J74" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="K74" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="L74" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="M74" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="G74" s="1" t="n">
-[...11 lines deleted...]
-      <c r="K74" s="1" t="n">
+      <c r="N74" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="L74" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="O74" s="1" t="n">
-        <v>1.6</v>
+        <v>0.5</v>
       </c>
       <c r="P74" s="1" t="n">
-        <v>1.1</v>
+        <v>0.5</v>
       </c>
       <c r="Q74" s="1" t="n">
         <v>1.4</v>
       </c>
       <c r="R74" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="S74" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="T74" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="U74" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="V74" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="W74" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B75" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="C75" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="D75" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="E75" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="F75" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="G75" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="H75" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="I75" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="J75" s="1" t="n">
         <v>1.2</v>
       </c>
-      <c r="S74" s="1" t="n">
-[...12 lines deleted...]
-      <c r="B75" s="1"/>
+      <c r="K75" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="L75" s="1" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="M75" s="1" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="N75" s="1" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="O75" s="1" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="P75" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="Q75" s="1" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="R75" s="1" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="S75" s="1" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="T75" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="U75" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="V75" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="W75" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A76" s="0"/>
+      <c r="B76" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="0"/>
+      <c r="A78" s="0" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A79" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="s">
-        <v>1</v>
+        <v>39</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="0" t="s">
         <v>2</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-[...1 lines deleted...]
-      <c r="B82" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="0"/>
+      <c r="B83" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C82" s="1" t="n">
+      <c r="C83" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D82" s="1" t="n">
+      <c r="D83" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E82" s="1" t="n">
+      <c r="E83" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F82" s="1" t="n">
+      <c r="F83" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G82" s="1" t="n">
+      <c r="G83" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H82" s="1" t="n">
+      <c r="H83" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I82" s="1" t="n">
+      <c r="I83" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J82" s="1" t="n">
+      <c r="J83" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K82" s="1" t="n">
+      <c r="K83" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L82" s="1" t="n">
+      <c r="L83" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M82" s="1" t="n">
+      <c r="M83" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N82" s="1" t="n">
+      <c r="N83" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O82" s="1" t="n">
+      <c r="O83" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P82" s="1" t="n">
+      <c r="P83" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q82" s="1" t="n">
+      <c r="Q83" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R82" s="1" t="n">
+      <c r="R83" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S82" s="1" t="n">
+      <c r="S83" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T82" s="1" t="n">
+      <c r="T83" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U82" s="1" t="n">
+      <c r="U83" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V82" s="1"/>
-[...65 lines deleted...]
-      <c r="V83" s="1"/>
+      <c r="V83" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W83" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B84" s="1" t="n">
-        <v>4.3</v>
+        <v>0.6</v>
       </c>
       <c r="C84" s="1" t="n">
-        <v>2.4</v>
+        <v>0.4</v>
       </c>
       <c r="D84" s="1" t="n">
-        <v>2.2</v>
+        <v>0.1</v>
       </c>
       <c r="E84" s="1" t="n">
-        <v>1.6</v>
+        <v>0.1</v>
       </c>
       <c r="F84" s="1" t="n">
-        <v>2</v>
+        <v>0.2</v>
       </c>
       <c r="G84" s="1" t="n">
-        <v>1.8</v>
+        <v>0.4</v>
       </c>
       <c r="H84" s="1" t="n">
-        <v>1.2</v>
+        <v>0.3</v>
       </c>
       <c r="I84" s="1" t="n">
-        <v>4.2</v>
+        <v>0.9</v>
       </c>
       <c r="J84" s="1" t="n">
-        <v>6.3</v>
+        <v>0.9</v>
       </c>
       <c r="K84" s="1" t="n">
-        <v>7.1</v>
+        <v>1</v>
       </c>
       <c r="L84" s="1" t="n">
-        <v>7</v>
+        <v>1.3</v>
       </c>
       <c r="M84" s="1" t="n">
-        <v>7.5</v>
+        <v>1.1</v>
       </c>
       <c r="N84" s="1" t="n">
-        <v>7.4</v>
+        <v>0.7</v>
       </c>
       <c r="O84" s="1" t="n">
-        <v>7.3</v>
+        <v>1.1</v>
       </c>
       <c r="P84" s="1" t="n">
-        <v>6.8</v>
+        <v>0.7</v>
       </c>
       <c r="Q84" s="1" t="n">
-        <v>5.2</v>
+        <v>1</v>
       </c>
       <c r="R84" s="1" t="n">
-        <v>5.4</v>
+        <v>0.8</v>
       </c>
       <c r="S84" s="1" t="n">
-        <v>5.2</v>
+        <v>0.6</v>
       </c>
       <c r="T84" s="1" t="n">
-        <v>1.5</v>
+        <v>0.5</v>
       </c>
       <c r="U84" s="1" t="n">
-        <v>6.531578947</v>
-[...1 lines deleted...]
-      <c r="V84" s="1"/>
+        <v>0.5</v>
+      </c>
+      <c r="V84" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="W84" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B85" s="1" t="n">
-        <v>0.9</v>
+        <v>4.3</v>
       </c>
       <c r="C85" s="1" t="n">
-        <v>0.5</v>
+        <v>2.4</v>
       </c>
       <c r="D85" s="1" t="n">
-        <v>0.1</v>
+        <v>2.2</v>
       </c>
       <c r="E85" s="1" t="n">
-        <v>0.2</v>
+        <v>1.6</v>
       </c>
       <c r="F85" s="1" t="n">
-        <v>0.4</v>
+        <v>2</v>
       </c>
       <c r="G85" s="1" t="n">
-        <v>0.3</v>
+        <v>1.8</v>
       </c>
       <c r="H85" s="1" t="n">
-        <v>0.1</v>
+        <v>1.2</v>
       </c>
       <c r="I85" s="1" t="n">
-        <v>0.9</v>
+        <v>4.2</v>
       </c>
       <c r="J85" s="1" t="n">
-        <v>0.9</v>
+        <v>6.3</v>
       </c>
       <c r="K85" s="1" t="n">
-        <v>0.9</v>
+        <v>7.1</v>
       </c>
       <c r="L85" s="1" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="M85" s="1" t="n">
-        <v>0.8</v>
+        <v>7.5</v>
       </c>
       <c r="N85" s="1" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="O85" s="1" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="P85" s="1" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="Q85" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="R85" s="1" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="S85" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="T85" s="1" t="n">
         <v>1.5</v>
       </c>
-      <c r="O85" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="U85" s="1" t="n">
-        <v>0.9614035088</v>
-[...1 lines deleted...]
-      <c r="V85" s="1"/>
+        <v>3.4</v>
+      </c>
+      <c r="V85" s="1" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="W85" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B86" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="C86" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="D86" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="E86" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="F86" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="G86" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="H86" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="I86" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="J86" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="K86" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="L86" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="M86" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="N86" s="1" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="O86" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="P86" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="Q86" s="1" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="R86" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="S86" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="T86" s="1" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="U86" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="V86" s="1" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="W86" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B87" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="C86" s="1" t="n">
+      <c r="C87" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="D86" s="1" t="n">
+      <c r="D87" s="1" t="n">
         <v>0.7</v>
       </c>
-      <c r="E86" s="1" t="n">
-[...2 lines deleted...]
-      <c r="F86" s="1" t="n">
+      <c r="E87" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="F87" s="1" t="n">
         <v>0.8</v>
       </c>
-      <c r="G86" s="1" t="n">
+      <c r="G87" s="1" t="n">
         <v>0.8</v>
       </c>
-      <c r="H86" s="1" t="n">
-[...2 lines deleted...]
-      <c r="I86" s="1" t="n">
+      <c r="H87" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="I87" s="1" t="n">
         <v>2.3</v>
       </c>
-      <c r="J86" s="1" t="n">
+      <c r="J87" s="1" t="n">
         <v>2.5</v>
       </c>
-      <c r="K86" s="1" t="n">
+      <c r="K87" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="L86" s="1" t="n">
+      <c r="L87" s="1" t="n">
         <v>3.9</v>
       </c>
-      <c r="M86" s="1" t="n">
+      <c r="M87" s="1" t="n">
         <v>4.8</v>
       </c>
-      <c r="N86" s="1" t="n">
+      <c r="N87" s="1" t="n">
         <v>5.2</v>
       </c>
-      <c r="O86" s="1" t="n">
+      <c r="O87" s="1" t="n">
         <v>4.1</v>
       </c>
-      <c r="P86" s="1" t="n">
+      <c r="P87" s="1" t="n">
         <v>4.1</v>
       </c>
-      <c r="Q86" s="1" t="n">
-[...2 lines deleted...]
-      <c r="R86" s="1" t="n">
+      <c r="Q87" s="1" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="R87" s="1" t="n">
         <v>3.3</v>
       </c>
-      <c r="S86" s="1" t="n">
-[...5 lines deleted...]
-      <c r="U86" s="1" t="n">
+      <c r="S87" s="1" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="T87" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="U87" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="V86" s="1"/>
-[...3 lines deleted...]
-      <c r="B87" s="1"/>
+      <c r="V87" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="W87" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A88" s="0"/>
+      <c r="B88" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="0"/>
+      <c r="A90" s="0" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A91" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="s">
-        <v>1</v>
+        <v>45</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="0" t="s">
         <v>2</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-[...1 lines deleted...]
-      <c r="B94" s="1" t="n">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="0"/>
+      <c r="B95" s="1" t="n">
         <v>2004</v>
       </c>
-      <c r="C94" s="1" t="n">
+      <c r="C95" s="1" t="n">
         <v>2005</v>
       </c>
-      <c r="D94" s="1" t="n">
+      <c r="D95" s="1" t="n">
         <v>2006</v>
       </c>
-      <c r="E94" s="1" t="n">
+      <c r="E95" s="1" t="n">
         <v>2007</v>
       </c>
-      <c r="F94" s="1" t="n">
+      <c r="F95" s="1" t="n">
         <v>2008</v>
       </c>
-      <c r="G94" s="1" t="n">
+      <c r="G95" s="1" t="n">
         <v>2009</v>
       </c>
-      <c r="H94" s="1" t="n">
+      <c r="H95" s="1" t="n">
         <v>2010</v>
       </c>
-      <c r="I94" s="1" t="n">
+      <c r="I95" s="1" t="n">
         <v>2011</v>
       </c>
-      <c r="J94" s="1" t="n">
+      <c r="J95" s="1" t="n">
         <v>2012</v>
       </c>
-      <c r="K94" s="1" t="n">
+      <c r="K95" s="1" t="n">
         <v>2013</v>
       </c>
-      <c r="L94" s="1" t="n">
+      <c r="L95" s="1" t="n">
         <v>2014</v>
       </c>
-      <c r="M94" s="1" t="n">
+      <c r="M95" s="1" t="n">
         <v>2015</v>
       </c>
-      <c r="N94" s="1" t="n">
+      <c r="N95" s="1" t="n">
         <v>2016</v>
       </c>
-      <c r="O94" s="1" t="n">
+      <c r="O95" s="1" t="n">
         <v>2017</v>
       </c>
-      <c r="P94" s="1" t="n">
+      <c r="P95" s="1" t="n">
         <v>2018</v>
       </c>
-      <c r="Q94" s="1" t="n">
+      <c r="Q95" s="1" t="n">
         <v>2019</v>
       </c>
-      <c r="R94" s="1" t="n">
+      <c r="R95" s="1" t="n">
         <v>2020</v>
       </c>
-      <c r="S94" s="1" t="n">
+      <c r="S95" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="T94" s="1" t="n">
+      <c r="T95" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="U94" s="1" t="n">
+      <c r="U95" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V94" s="1"/>
-[...65 lines deleted...]
-      <c r="V95" s="1"/>
+      <c r="V95" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W95" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B96" s="1" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="C96" s="1" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="D96" s="1" t="n">
         <v>1.5</v>
       </c>
-      <c r="C96" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="1" t="n">
-        <v>0</v>
+        <v>1.4</v>
       </c>
       <c r="F96" s="1" t="n">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
       <c r="G96" s="1" t="n">
-        <v>0.9</v>
+        <v>1.4</v>
       </c>
       <c r="H96" s="1" t="n">
-        <v>0.2</v>
+        <v>1.1</v>
       </c>
       <c r="I96" s="1" t="n">
-        <v>1.9</v>
+        <v>4</v>
       </c>
       <c r="J96" s="1" t="n">
-        <v>2.3</v>
+        <v>4.7</v>
       </c>
       <c r="K96" s="1" t="n">
-        <v>2</v>
+        <v>5.3</v>
       </c>
       <c r="L96" s="1" t="n">
-        <v>2.1</v>
+        <v>7.5</v>
       </c>
       <c r="M96" s="1" t="n">
-        <v>2.8</v>
+        <v>6.9</v>
       </c>
       <c r="N96" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="O96" s="1" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="P96" s="1" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="Q96" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="R96" s="1" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="S96" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="T96" s="1" t="n">
         <v>2.5</v>
       </c>
-      <c r="O96" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="U96" s="1" t="n">
-        <v>1.3</v>
-[...1 lines deleted...]
-      <c r="V96" s="1"/>
+        <v>2.7</v>
+      </c>
+      <c r="V96" s="1" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="W96" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B97" s="1" t="n">
-        <v>0.6</v>
+        <v>1.5</v>
       </c>
       <c r="C97" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="D97" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="E97" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="F97" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="G97" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="H97" s="1" t="n">
         <v>0.2</v>
       </c>
-      <c r="D97" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="I97" s="1" t="n">
-        <v>0.8</v>
+        <v>1.9</v>
       </c>
       <c r="J97" s="1" t="n">
-        <v>0.8</v>
+        <v>2.3</v>
       </c>
       <c r="K97" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="L97" s="1" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="M97" s="1" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="N97" s="1" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="O97" s="1" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="P97" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="Q97" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="R97" s="1" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="S97" s="1" t="n">
         <v>1.5</v>
       </c>
-      <c r="L97" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="T97" s="1" t="n">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
       <c r="U97" s="1" t="n">
-        <v>0.5</v>
-[...1 lines deleted...]
-      <c r="V97" s="1"/>
+        <v>1.3</v>
+      </c>
+      <c r="V97" s="1" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="W97" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B98" s="1" t="n">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="C98" s="1" t="n">
         <v>0.2</v>
       </c>
       <c r="D98" s="1" t="n">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="E98" s="1" t="n">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="F98" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G98" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="H98" s="1" t="n">
         <v>0.3</v>
       </c>
-      <c r="H98" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I98" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="J98" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="K98" s="1" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="L98" s="1" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="M98" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="N98" s="1" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="O98" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="P98" s="1" t="n">
         <v>0.3</v>
       </c>
-      <c r="J98" s="1" t="n">
-[...8 lines deleted...]
-      <c r="M98" s="1" t="n">
+      <c r="Q98" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="R98" s="1" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="S98" s="1" t="n">
         <v>0.4</v>
       </c>
-      <c r="N98" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="T98" s="1" t="n">
-        <v>0.2</v>
+        <v>0.5</v>
       </c>
       <c r="U98" s="1" t="n">
-        <v>0.1</v>
-[...1 lines deleted...]
-      <c r="V98" s="1"/>
+        <v>0.5</v>
+      </c>
+      <c r="V98" s="1" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="W98" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B99" s="1" t="n">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="C99" s="1" t="n">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="D99" s="1" t="n">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="E99" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F99" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="G99" s="1" t="n">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="H99" s="1" t="n">
         <v>0.1</v>
       </c>
       <c r="I99" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="J99" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="K99" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="L99" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="M99" s="1" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="N99" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="O99" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="P99" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Q99" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="R99" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="S99" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="T99" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="U99" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="J99" s="1" t="n">
+      <c r="V99" s="1" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="W99" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B100" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="K99" s="1" t="n">
+      <c r="C100" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="D100" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="L99" s="1" t="n">
-[...2 lines deleted...]
-      <c r="M99" s="1" t="n">
+      <c r="E100" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="F100" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="N99" s="1" t="n">
-[...2 lines deleted...]
-      <c r="O99" s="1" t="n">
+      <c r="G100" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="H100" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="P99" s="1" t="n">
-[...5 lines deleted...]
-      <c r="R99" s="1" t="n">
+      <c r="I100" s="1" t="n">
         <v>0.1</v>
       </c>
-      <c r="S99" s="1" t="n">
-[...12 lines deleted...]
-      <c r="B100" s="1"/>
+      <c r="J100" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="K100" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="L100" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="M100" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="N100" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="O100" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="P100" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q100" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="R100" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="S100" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="T100" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="U100" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="V100" s="1" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="W100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A101" s="0"/>
+      <c r="B101" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="0"/>
+      <c r="A103" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>