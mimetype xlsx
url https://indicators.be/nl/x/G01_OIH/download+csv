--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -24,57 +24,57 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_OIH" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="25">
   <si>
     <t>Overmatige schuldenlast van de gezinnen - België</t>
   </si>
   <si>
     <t>personen met een collectieve schuldenregeling in procent van 18-jarigen en ouder</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
-    <t>Berekeningen FPB op basis van Nationale Bank van België (2023), rechtstreekse mededeling 27/03/2023 (toestand op het einde van elk jaar) en Eurostat (2023), Population on 1 January by age and sex - DEMO_R_D2JAN__custom_5587497 (van het volgende jaar), https://ec.europa.eu/eurostat (geraadpleegd op 18/10/2023).</t>
+    <t>Bron: Berekeningen FPB op basis van Nationale Bank van België (2025), rechtstreekse mededeling 26/05/2025 (toestand op het einde van elk jaar) en Statbel (2025), Bevolking per geslacht en nationaliteit voor België en gewesten, https://statbel.fgov.be/nl/themas/bevolking/structuur-van-de-bevolking#figures (geraadpleegd op 02/09/2025)</t>
   </si>
   <si>
     <t>duizend personen met een collectieve schuldenregeling</t>
   </si>
   <si>
-    <t>Nationale Bank van België (2023), rechtstreekse mededeling 27/03/2023 (toestand op het einde van elk jaar).</t>
+    <t>Bron: Nationale Bank van België (2025), rechtstreekse mededeling 26/05/2025 (toestand op het einde van elk jaar).</t>
   </si>
   <si>
     <t>Overmatige schuldenlast van de gezinnen volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
     <t>Overmatige schuldenlast van de gezinnen volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
     <t>Overmatige schuldenlast van de gezinnen volgens leeftijd - België</t>
   </si>
@@ -88,71 +88,55 @@
     <t>25-44</t>
   </si>
   <si>
     <t>45-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_OIH</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Overmatige schuldenlast van de gezinnen (i06)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: personen die geconfronteerd worden met overmatige schuldenlast of ernstige financiële moeilijkheden kunnen een beroep doen op de gerechtelijke procedure van collectieve schuldenregeling. Een schuldbemiddelaar zal in het kader van die procedure een aanzuiveringsplan van alle uitstaande schulden opstellen en het maandbedrag bepalen dat de betrokkene nodig heeft voor zijn lopende uitgaven. Dat bedrag moet voldoende zijn om een menswaardig bestaan te leiden en kan niet lager liggen dan het leefloonbedrag op maandbasis. De Centrale voor kredieten aan particulieren (CKP), beheerd door de Nationale Bank van België, centraliseert in België bepaalde gegevens over het aantal lopende collectieve schuldenregelingen. Het gebruikt hiervoor inlichtingen van arbeidsrechtbanken en schuldbemiddelaars, via het centraal bestand van berichten van beslag, delegatie, overdracht, collectieve schuldenregeling en protest. De collectieve schuldenregelingen worden automatisch uit het CKP verwijderd na afloop van de toepasselijke reglementaire bewaartermijn. De hier gebruikte indicator wordt uitgedrukt in duizenden personen en heeft betrekking op de toestand op het einde van elk jaar. Die gegevens en populatiegegevens van Eurostat die betrekking hebben op de toestand aan het begin van elk volgend jaar worden gebruikt om het aandeel van de bevolking van 18 jaar of ouder met een collectieve schuldenregeling te berekenen.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht en leeftijd.
 Doelstelling: de overmatige schuldenlast van de gezinnen moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 1.4: "Er tegen 2030 voor zorgen dat alle mannen en vrouwen, in het bijzonder de armen en de kwetsbaren, gelijke rechten hebben op economische middelen, alsook toegang tot basisdiensten, eigenaarschap en controle over land en andere vormen van eigendom, nalatenschap, natuurlijke hulpbronnen, gepaste nieuwe technologie en financiële diensten, met inbegrip van microfinanciering".
 De procedure van collectieve schuldenregeling voorziet dat het maandbedrag dat de betrokkene nodig heeft voor zijn lopende uitgaven voldoende moet zijn om een menswaardig bestaan te leiden en niet lager mag liggen dan het leefloonbedrag. Omdat de procedure van collectieve schuldenregeling specifiek gericht is op personen die door hun overmatige schulden in een situatie dreigen terecht te komen die het hen onmogelijk maken menswaardig te leven, wordt een daling van het aantal personen met een collectieve schuldenregeling als impliciete doelstelling beschouwd, hetgeen aansluit bij de doelstelling vermeld bij de leefloners.
-Evolutie: het aantal personen met een lopende procedure tot collectieve schuldenregeling steeg onafgebroken tussen 2007 en 2015, namelijk van 56.951 tot 97.636. Vanaf dan daalde dit aantal tot 59.717 in 2022. De redenen voor de daling sinds 2015 zijn divers. Het Observatorium Krediet en Schuldelast meldt in dit verband dat de gunstige economische groei en de dalende werkloosheid sinds 2015 die dalende evolutie deels kan verklaren (Jeanmart, 2019). Hierbij moet worden benadrukt dat de problematiek van de overmatige schuldenlast complex is. Er kunnen immers achterstallen zijn op meerdere kredieten. Bovendien kunnen ook personen met niet-kredietgerelateerde schulden (zoals fiscale schulden of betalingsmoeilijkheden met facturen in verband met gezondheidszorg, energie, telefoon of huur) een beroep doen op een collectieve schuldenregeling. Dit is het geval voor 37,4% van de personen met een collectieve schuldenregeling (NBB, 2022).
-[...16 lines deleted...]
-</t>
+VN-indicator: de gekozen indicator stemt met geen enkele SDG-indicator overeen, maar sluit wel aan bij subdoelstelling 1.4 omdat personen die een collectieve schuldenregeling verlaten, kwetsbaar zijn en meer moeilijkheden kunnen hebben om toegang te krijgen tot bepaalde diensten en vormen van eigendom.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -209,51 +193,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:R41"/>
+  <dimension ref="A1:S41"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -279,105 +263,111 @@
       </c>
       <c r="J3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R3" s="1"/>
+      <c r="R3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.6721976725</v>
+        <v>0.6725012853</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.7135564255</v>
+        <v>0.7070805437</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.789021336</v>
+        <v>0.7804722649</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.8699863779</v>
+        <v>0.8666244308</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.9509604843</v>
+        <v>0.9487222818</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1.003613161</v>
+        <v>1.002322622</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>1.037188978</v>
+        <v>1.03407052</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>1.08419116</v>
+        <v>1.080621741</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>1.083299058</v>
+        <v>1.08154585</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>1.056359006</v>
+        <v>1.05315125</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>1.029377707</v>
+        <v>1.025244414</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.9738879287</v>
+        <v>0.9697948969</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>0.9060228667</v>
+        <v>0.9053420545</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>0.809709803</v>
+        <v>0.8069365133</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>0.7223095476</v>
+        <v>0.7167866082</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>0.6355398273</v>
-[...1 lines deleted...]
-      <c r="R4" s="1"/>
+        <v>0.6330639673</v>
+      </c>
+      <c r="R4" s="1" t="n">
+        <v>0.5683771146</v>
+      </c>
+      <c r="S4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
@@ -407,105 +397,111 @@
       </c>
       <c r="J10" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K10" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L10" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M10" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N10" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O10" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P10" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q10" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R10" s="1"/>
+      <c r="R10" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="1" t="n">
-        <v>56.952</v>
+        <v>56.951</v>
       </c>
       <c r="C11" s="1" t="n">
         <v>60.991</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>68.059</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>76.179</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>83.876</v>
+        <v>83.875</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>89.024</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>92.362</v>
       </c>
       <c r="I11" s="1" t="n">
         <v>97.065</v>
       </c>
       <c r="J11" s="1" t="n">
         <v>97.636</v>
       </c>
       <c r="K11" s="1" t="n">
         <v>95.569</v>
       </c>
       <c r="L11" s="1" t="n">
-        <v>93.565</v>
+        <v>93.564</v>
       </c>
       <c r="M11" s="1" t="n">
-        <v>89.034</v>
+        <v>89.033</v>
       </c>
       <c r="N11" s="1" t="n">
         <v>83.374</v>
       </c>
       <c r="O11" s="1" t="n">
         <v>74.765</v>
       </c>
       <c r="P11" s="1" t="n">
         <v>67.1</v>
       </c>
       <c r="Q11" s="1" t="n">
         <v>59.717</v>
       </c>
-      <c r="R11" s="1"/>
+      <c r="R11" s="1" t="n">
+        <v>54.023</v>
+      </c>
+      <c r="S11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
@@ -535,213 +531,225 @@
       </c>
       <c r="J17" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K17" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L17" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M17" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N17" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O17" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P17" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q17" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R17" s="1"/>
+      <c r="R17" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1" t="n">
-        <v>0.5390253104</v>
+        <v>0.5399521809</v>
       </c>
       <c r="C18" s="1" t="n">
-        <v>0.5703367326</v>
+        <v>0.560205279</v>
       </c>
       <c r="D18" s="1" t="n">
-        <v>0.602500483</v>
+        <v>0.5875459559</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>0.6123619076</v>
+        <v>0.6127395512</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>0.6373932129</v>
+        <v>0.636790976</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>0.6430629433</v>
+        <v>0.6455165356</v>
       </c>
       <c r="H18" s="1" t="n">
-        <v>0.647873764</v>
+        <v>0.6467890363</v>
       </c>
       <c r="I18" s="1" t="n">
-        <v>0.6628317169</v>
+        <v>0.6608398364</v>
       </c>
       <c r="J18" s="1" t="n">
-        <v>0.6515668632</v>
+        <v>0.6566024663</v>
       </c>
       <c r="K18" s="1" t="n">
-        <v>0.6383606266</v>
+        <v>0.6372336245</v>
       </c>
       <c r="L18" s="1" t="n">
-        <v>0.6287036867</v>
+        <v>0.6255054346</v>
       </c>
       <c r="M18" s="1" t="n">
-        <v>0.5882283838</v>
+        <v>0.5851935824</v>
       </c>
       <c r="N18" s="1" t="n">
-        <v>0.5323359707</v>
+        <v>0.5326037121</v>
       </c>
       <c r="O18" s="1" t="n">
-        <v>0.4509705189</v>
+        <v>0.4511102306</v>
       </c>
       <c r="P18" s="1" t="n">
-        <v>0.3811057941</v>
+        <v>0.3760203717</v>
       </c>
       <c r="Q18" s="1" t="n">
-        <v>0.3284517907</v>
-[...1 lines deleted...]
-      <c r="R18" s="1"/>
+        <v>0.3280325107</v>
+      </c>
+      <c r="R18" s="1" t="n">
+        <v>0.2819498407</v>
+      </c>
+      <c r="S18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="1" t="n">
-        <v>0.5763215526</v>
+        <v>0.5764713593</v>
       </c>
       <c r="C19" s="1" t="n">
-        <v>0.598856073</v>
+        <v>0.5940845792</v>
       </c>
       <c r="D19" s="1" t="n">
-        <v>0.6653460808</v>
+        <v>0.6590575383</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>0.7462460698</v>
+        <v>0.7425971067</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>0.8267935524</v>
+        <v>0.8243321894</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>0.8691012375</v>
+        <v>0.8669195247</v>
       </c>
       <c r="H19" s="1" t="n">
-        <v>0.9039101252</v>
+        <v>0.9004851344</v>
       </c>
       <c r="I19" s="1" t="n">
-        <v>0.949900953</v>
+        <v>0.9458379853</v>
       </c>
       <c r="J19" s="1" t="n">
-        <v>0.9614550065</v>
+        <v>0.9576446192</v>
       </c>
       <c r="K19" s="1" t="n">
-        <v>0.955655246</v>
+        <v>0.9514784071</v>
       </c>
       <c r="L19" s="1" t="n">
-        <v>0.9316358884</v>
+        <v>0.9270441954</v>
       </c>
       <c r="M19" s="1" t="n">
-        <v>0.8788327374</v>
+        <v>0.8743206621</v>
       </c>
       <c r="N19" s="1" t="n">
-        <v>0.8131024868</v>
+        <v>0.811232362</v>
       </c>
       <c r="O19" s="1" t="n">
-        <v>0.7244975108</v>
+        <v>0.720698864</v>
       </c>
       <c r="P19" s="1" t="n">
-        <v>0.6539821876</v>
+        <v>0.6476074731</v>
       </c>
       <c r="Q19" s="1" t="n">
-        <v>0.5807156126</v>
-[...1 lines deleted...]
-      <c r="R19" s="1"/>
+        <v>0.5769749503</v>
+      </c>
+      <c r="R19" s="1" t="n">
+        <v>0.5247794286</v>
+      </c>
+      <c r="S19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="1" t="n">
-        <v>0.8798665229</v>
+        <v>0.8802350642</v>
       </c>
       <c r="C20" s="1" t="n">
-        <v>0.9583674643</v>
+        <v>0.950299175</v>
       </c>
       <c r="D20" s="1" t="n">
-        <v>1.062646979</v>
+        <v>1.053106063</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>1.167271148</v>
+        <v>1.163296451</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>1.264709964</v>
+        <v>1.262608903</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>1.351265987</v>
+        <v>1.350360252</v>
       </c>
       <c r="H20" s="1" t="n">
-        <v>1.390697697</v>
+        <v>1.387917164</v>
       </c>
       <c r="I20" s="1" t="n">
-        <v>1.447166898</v>
+        <v>1.444884266</v>
       </c>
       <c r="J20" s="1" t="n">
-        <v>1.429253459</v>
+        <v>1.428807865</v>
       </c>
       <c r="K20" s="1" t="n">
-        <v>1.357771191</v>
+        <v>1.356426375</v>
       </c>
       <c r="L20" s="1" t="n">
-        <v>1.319151777</v>
+        <v>1.316532734</v>
       </c>
       <c r="M20" s="1" t="n">
-        <v>1.254293463</v>
+        <v>1.251567913</v>
       </c>
       <c r="N20" s="1" t="n">
-        <v>1.179949934</v>
+        <v>1.181958793</v>
       </c>
       <c r="O20" s="1" t="n">
-        <v>1.0679515</v>
+        <v>1.066590507</v>
       </c>
       <c r="P20" s="1" t="n">
-        <v>0.9445296249</v>
+        <v>0.9427728754</v>
       </c>
       <c r="Q20" s="1" t="n">
-        <v>0.8251690981</v>
-[...1 lines deleted...]
-      <c r="R20" s="1"/>
+        <v>0.8251584692</v>
+      </c>
+      <c r="R20" s="1" t="n">
+        <v>0.7326033237</v>
+      </c>
+      <c r="S20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0"/>
       <c r="B21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
@@ -771,159 +779,168 @@
       </c>
       <c r="J26" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K26" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L26" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M26" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N26" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O26" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P26" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q26" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R26" s="1"/>
+      <c r="R26" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>0.6388363722</v>
+        <v>0.6390597027</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>0.6794678735</v>
+        <v>0.6734912642</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>0.7479311931</v>
+        <v>0.740410485</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>0.8233915978</v>
+        <v>0.8193205017</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>0.8975166596</v>
+        <v>0.8947672684</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>0.948794837</v>
+        <v>0.9466481836</v>
       </c>
       <c r="H27" s="1" t="n">
-        <v>0.9813516517</v>
+        <v>0.9777965773</v>
       </c>
       <c r="I27" s="1" t="n">
-        <v>1.026508399</v>
+        <v>1.022807078</v>
       </c>
       <c r="J27" s="1" t="n">
-        <v>1.025798639</v>
+        <v>1.02290938</v>
       </c>
       <c r="K27" s="1" t="n">
-        <v>0.9989337261</v>
+        <v>0.9953441604</v>
       </c>
       <c r="L27" s="1" t="n">
-        <v>0.9703349052</v>
+        <v>0.9661977251</v>
       </c>
       <c r="M27" s="1" t="n">
-        <v>0.9163989439</v>
+        <v>0.9121212102</v>
       </c>
       <c r="N27" s="1" t="n">
-        <v>0.8531160815</v>
+        <v>0.8520131241</v>
       </c>
       <c r="O27" s="1" t="n">
-        <v>0.7564349716</v>
+        <v>0.7530328175</v>
       </c>
       <c r="P27" s="1" t="n">
-        <v>0.6687358512</v>
+        <v>0.6622146376</v>
       </c>
       <c r="Q27" s="1" t="n">
-        <v>0.5797483571</v>
-[...1 lines deleted...]
-      <c r="R27" s="1"/>
+        <v>0.5766339879</v>
+      </c>
+      <c r="R27" s="1" t="n">
+        <v>0.5113090623</v>
+      </c>
+      <c r="S27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>0.7077272102</v>
+        <v>0.7081238291</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>0.7498239714</v>
+        <v>0.742796112</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>0.8327126022</v>
+        <v>0.8230009036</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>0.9192987867</v>
+        <v>0.9167993136</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>1.007489447</v>
+        <v>1.005875605</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>1.061520921</v>
+        <v>1.061253248</v>
       </c>
       <c r="H28" s="1" t="n">
-        <v>1.096172195</v>
+        <v>1.093590573</v>
       </c>
       <c r="I28" s="1" t="n">
-        <v>1.145064455</v>
+        <v>1.141673699</v>
       </c>
       <c r="J28" s="1" t="n">
-        <v>1.143778425</v>
+        <v>1.143372368</v>
       </c>
       <c r="K28" s="1" t="n">
-        <v>1.116757163</v>
+        <v>1.11402073</v>
       </c>
       <c r="L28" s="1" t="n">
-        <v>1.091419744</v>
+        <v>1.087322276</v>
       </c>
       <c r="M28" s="1" t="n">
-        <v>1.034215762</v>
+        <v>1.030374553</v>
       </c>
       <c r="N28" s="1" t="n">
-        <v>0.9614530899</v>
+        <v>0.9612766177</v>
       </c>
       <c r="O28" s="1" t="n">
-        <v>0.8654224156</v>
+        <v>0.8634315418</v>
       </c>
       <c r="P28" s="1" t="n">
-        <v>0.7782897046</v>
+        <v>0.7740590264</v>
       </c>
       <c r="Q28" s="1" t="n">
-        <v>0.693843208</v>
-[...1 lines deleted...]
-      <c r="R28" s="1"/>
+        <v>0.692213875</v>
+      </c>
+      <c r="R28" s="1" t="n">
+        <v>0.6281405141</v>
+      </c>
+      <c r="S28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
       <c r="B29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0"/>
@@ -953,267 +970,282 @@
       </c>
       <c r="J34" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="L34" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="M34" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="N34" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="P34" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="Q34" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="R34" s="1"/>
+      <c r="R34" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="S34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B35" s="1" t="n">
-        <v>0.1577695963</v>
+        <v>0.2214199609</v>
       </c>
       <c r="C35" s="1" t="n">
-        <v>0.1798590666</v>
+        <v>0.2526354612</v>
       </c>
       <c r="D35" s="1" t="n">
-        <v>0.2219644771</v>
+        <v>0.3122360826</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>0.2453679735</v>
+        <v>0.3460513855</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>0.250518233</v>
+        <v>0.349729471</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>0.2267067161</v>
+        <v>0.3127544175</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>0.2207260621</v>
+        <v>0.302262887</v>
       </c>
       <c r="I35" s="1" t="n">
-        <v>0.2110115399</v>
+        <v>0.2892908982</v>
       </c>
       <c r="J35" s="1" t="n">
-        <v>0.1953304023</v>
+        <v>0.2706292788</v>
       </c>
       <c r="K35" s="1" t="n">
-        <v>0.1813836371</v>
+        <v>0.2511512329</v>
       </c>
       <c r="L35" s="1" t="n">
-        <v>0.1598547089</v>
+        <v>0.2212250861</v>
       </c>
       <c r="M35" s="1" t="n">
-        <v>0.1374091214</v>
+        <v>0.1911501241</v>
       </c>
       <c r="N35" s="1" t="n">
-        <v>0.1185219889</v>
+        <v>0.1650762673</v>
       </c>
       <c r="O35" s="1" t="n">
-        <v>0.1041390704</v>
+        <v>0.1445324294</v>
       </c>
       <c r="P35" s="1" t="n">
-        <v>0.0940442565</v>
+        <v>0.1305729595</v>
       </c>
       <c r="Q35" s="1" t="n">
-        <v>0.08225604561</v>
-[...1 lines deleted...]
-      <c r="R35" s="1"/>
+        <v>0.1153873962</v>
+      </c>
+      <c r="R35" s="1" t="n">
+        <v>0.1022057704</v>
+      </c>
+      <c r="S35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B36" s="1" t="n">
-        <v>1.025193206</v>
+        <v>1.025522462</v>
       </c>
       <c r="C36" s="1" t="n">
-        <v>1.079469056</v>
+        <v>1.079469423</v>
       </c>
       <c r="D36" s="1" t="n">
-        <v>1.195356043</v>
+        <v>1.195356451</v>
       </c>
       <c r="E36" s="1" t="n">
-        <v>1.330286579</v>
+        <v>1.340926755</v>
       </c>
       <c r="F36" s="1" t="n">
-        <v>1.461622699</v>
+        <v>1.470880751</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>1.537537668</v>
+        <v>1.547313801</v>
       </c>
       <c r="H36" s="1" t="n">
-        <v>1.600195709</v>
+        <v>1.60843314</v>
       </c>
       <c r="I36" s="1" t="n">
-        <v>1.675470113</v>
+        <v>1.68331968</v>
       </c>
       <c r="J36" s="1" t="n">
-        <v>1.654658008</v>
+        <v>1.664815092</v>
       </c>
       <c r="K36" s="1" t="n">
-        <v>1.603321833</v>
+        <v>1.609545174</v>
       </c>
       <c r="L36" s="1" t="n">
-        <v>1.538123653</v>
+        <v>1.542840888</v>
       </c>
       <c r="M36" s="1" t="n">
-        <v>1.434660887</v>
+        <v>1.43941659</v>
       </c>
       <c r="N36" s="1" t="n">
-        <v>1.321418848</v>
+        <v>1.327581636</v>
       </c>
       <c r="O36" s="1" t="n">
-        <v>1.162815929</v>
+        <v>1.168894186</v>
       </c>
       <c r="P36" s="1" t="n">
-        <v>1.026325976</v>
+        <v>1.03154511</v>
       </c>
       <c r="Q36" s="1" t="n">
-        <v>0.8871495898</v>
-[...1 lines deleted...]
-      <c r="R36" s="1"/>
+        <v>0.89338499</v>
+      </c>
+      <c r="R36" s="1" t="n">
+        <v>0.7962783414</v>
+      </c>
+      <c r="S36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="1" t="n">
-        <v>0.815064553</v>
+        <v>0.8153915943</v>
       </c>
       <c r="C37" s="1" t="n">
-        <v>0.8705673505</v>
+        <v>0.8705670459</v>
       </c>
       <c r="D37" s="1" t="n">
-        <v>0.954513312</v>
+        <v>0.9545129839</v>
       </c>
       <c r="E37" s="1" t="n">
-        <v>1.042649037</v>
+        <v>1.044188545</v>
       </c>
       <c r="F37" s="1" t="n">
-        <v>1.144181251</v>
+        <v>1.145490556</v>
       </c>
       <c r="G37" s="1" t="n">
-        <v>1.222325062</v>
+        <v>1.22366407</v>
       </c>
       <c r="H37" s="1" t="n">
-        <v>1.262418943</v>
+        <v>1.263723263</v>
       </c>
       <c r="I37" s="1" t="n">
-        <v>1.327486648</v>
+        <v>1.329033542</v>
       </c>
       <c r="J37" s="1" t="n">
-        <v>1.345034631</v>
+        <v>1.346771375</v>
       </c>
       <c r="K37" s="1" t="n">
-        <v>1.324088836</v>
+        <v>1.325130054</v>
       </c>
       <c r="L37" s="1" t="n">
-        <v>1.315395851</v>
+        <v>1.316258706</v>
       </c>
       <c r="M37" s="1" t="n">
-        <v>1.26442685</v>
+        <v>1.2651078</v>
       </c>
       <c r="N37" s="1" t="n">
-        <v>1.188445651</v>
+        <v>1.189376886</v>
       </c>
       <c r="O37" s="1" t="n">
-        <v>1.073233512</v>
+        <v>1.074224716</v>
       </c>
       <c r="P37" s="1" t="n">
-        <v>0.9675324591</v>
+        <v>0.9683608292</v>
       </c>
       <c r="Q37" s="1" t="n">
-        <v>0.8624782094</v>
-[...1 lines deleted...]
-      <c r="R37" s="1"/>
+        <v>0.863424254</v>
+      </c>
+      <c r="R37" s="1" t="n">
+        <v>0.7824363694</v>
+      </c>
+      <c r="S37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B38" s="1" t="n">
-        <v>0.1343608873</v>
+        <v>0.1344787587</v>
       </c>
       <c r="C38" s="1" t="n">
-        <v>0.1494464764</v>
+        <v>0.149446395</v>
       </c>
       <c r="D38" s="1" t="n">
-        <v>0.1741249001</v>
+        <v>0.1741248065</v>
       </c>
       <c r="E38" s="1" t="n">
-        <v>0.1933429695</v>
+        <v>0.1933816832</v>
       </c>
       <c r="F38" s="1" t="n">
-        <v>0.2191985511</v>
+        <v>0.2192289625</v>
       </c>
       <c r="G38" s="1" t="n">
-        <v>0.246853977</v>
+        <v>0.2468959357</v>
       </c>
       <c r="H38" s="1" t="n">
-        <v>0.2572492384</v>
+        <v>0.2572927189</v>
       </c>
       <c r="I38" s="1" t="n">
-        <v>0.2732226984</v>
+        <v>0.2732705995</v>
       </c>
       <c r="J38" s="1" t="n">
-        <v>0.2873621723</v>
+        <v>0.2874096815</v>
       </c>
       <c r="K38" s="1" t="n">
-        <v>0.286076603</v>
+        <v>0.2860965387</v>
       </c>
       <c r="L38" s="1" t="n">
-        <v>0.2898639151</v>
+        <v>0.2898773841</v>
       </c>
       <c r="M38" s="1" t="n">
-        <v>0.2876064613</v>
+        <v>0.2876275805</v>
       </c>
       <c r="N38" s="1" t="n">
-        <v>0.281360874</v>
+        <v>0.2813818056</v>
       </c>
       <c r="O38" s="1" t="n">
-        <v>0.2650515076</v>
+        <v>0.265082066</v>
       </c>
       <c r="P38" s="1" t="n">
-        <v>0.2451220146</v>
+        <v>0.2451399453</v>
       </c>
       <c r="Q38" s="1" t="n">
-        <v>0.2281374086</v>
-[...1 lines deleted...]
-      <c r="R38" s="1"/>
+        <v>0.228145208</v>
+      </c>
+      <c r="R38" s="1" t="n">
+        <v>0.2118671937</v>
+      </c>
+      <c r="S38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0"/>
       <c r="B39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>