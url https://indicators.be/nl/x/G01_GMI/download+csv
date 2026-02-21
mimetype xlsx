--- v0 (2025-11-05)
+++ v1 (2026-02-21)
@@ -13,190 +13,169 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G01_GMI" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="35">
   <si>
     <t>Leefloners - België</t>
   </si>
   <si>
     <t>procent van bevolking</t>
   </si>
   <si>
     <t>België</t>
   </si>
   <si>
-    <t>Berekeningen FPB op basis van POD Maatschappelijke Integratie (2024), rechtstreekse mededeling 7/10/2024, Eurostat (2024), Average population [demo_r_gind], https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024) en Statbel (2024) Bevolking per geslacht en leeftijdsgroep voor België, https://bestat.statbel.fgov.be/bestat/crosstable.xhtml?view=5fee32f5-29b0-40df-9fb9-af43d1ac9032 (geraadpleegd op 18/10/2023) </t>
+    <t>Bron:  Berekeningen FPB op basis van POD Maatschappelijke Integratie (2025), rechtstreekse mededeling 01/09/2025 en Statbel (2025), Bevolking per geslacht en nationaliteit voor België en gewesten, https://statbel.fgov.be/nl/themas/bevolking/structuur-van-de-bevolking#figures (geraadpleegd op 02/09/2025)</t>
   </si>
   <si>
     <t>duizend personen</t>
   </si>
   <si>
     <t>gemiddeld maandelijks aantal</t>
   </si>
   <si>
-    <t>POD Maatschappelijke Integratie (2019), Statistisch verslag Nummer 24 - juli 2019, p. 45 en POD Maatschappelijke Integratie (2024), rechtstreekse mededeling 07/10/2024.</t>
+    <t>Bron: POD Maatschappelijke Integratie (2025), rechtstreekse mededeling 01/09/2025</t>
   </si>
   <si>
     <t>Leefloners volgens gewest - België</t>
   </si>
   <si>
     <t>Brussels Hoofdstedelijk Gewest</t>
   </si>
   <si>
     <t>Vlaams Gewest</t>
   </si>
   <si>
     <t>Waals Gewest</t>
   </si>
   <si>
-    <t>Berekeningen FPB op basis van POD Maatschappelijke Integratie (2024), rechtstreekse mededeling 7/10/2024, Eurostat (2024), Average population [demo_r_gind3], https://ec.europa.eu/eurostat (geraadpleegd op 14/10/2024) en Statbel (2024) Bevolking per geslacht en leeftijdsgroep voor België, https://bestat.statbel.fgov.be/bestat/crosstable.xhtml?view=5fee32f5-29b0-40df-9fb9-af43d1ac9032 (geraadpleegd op 18/10/2023) </t>
-[...1 lines deleted...]
-  <si>
     <t>Leefloners volgens categorie - België</t>
   </si>
   <si>
     <t>aandeel in totaal</t>
   </si>
   <si>
     <t>1: samenwonende</t>
   </si>
   <si>
     <t>2: alleenstaande of dakloze (met integratiecontract)</t>
   </si>
   <si>
     <t>3: persoon met familie ten laste</t>
   </si>
   <si>
-    <t>Berekeningen FPB op basis van POD Maatschappelijke Integratie (2024), rechtstreekse mededeling 07/10/2024.</t>
+    <t>Bron: Berekeningen FPB op basis van POD Maatschappelijke Integratie (2025), rechtstreekse mededeling 01/09/2025</t>
   </si>
   <si>
     <t>Leefloon: gemiddeld baremabedrag op jaarbasis per categorie - België</t>
   </si>
   <si>
     <t>duizend euro</t>
   </si>
   <si>
-    <t>POD Maatschappelijke Integratie (2024), Bedragen, https://www.mi-is.be/nl/tools-ocmw/bedragen (geraadpleegd op 14/10/2024); berekeningen FPB.</t>
+    <t>Bron: Berekeningen FPB op basis van POD Maatschappelijke Integratie (2025), Bedragen, https://www.mi-is.be/nl/tools-ocmw/bedragen (geraadpleegd op  01/09/2025)</t>
   </si>
   <si>
     <t>Leefloners volgens geslacht - België</t>
   </si>
   <si>
     <t>vrouwen</t>
   </si>
   <si>
     <t>mannen</t>
   </si>
   <si>
     <t>Leefloners volgens leeftijd - België</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G01_GMI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Leefloners (i05)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Definitie: een begunstigde van het leefloon of een leefloner ontvangt een uitkering genaamd 'leefloon' dat sinds 1 oktober 2002 een onderdeel is van het recht op maatschappelijke integratie (voordien het recht op het bestaansminimum). Het leefloon is het allerlaatste sociale vangnet om personen met onvoldoende bestaansmiddelen een minimaal inkomen te verschaffen dat hen in staat zou moeten stellen een menswaardig leven te leiden. Het leefloon kan worden toegekend aan personen zonder (vervangings)inkomen of met een (vervangings)inkomen dat lager is dan het bedrag van het leefloon, die geen aanspraak kunnen maken op een ander inkomen op basis van Belgische of buitenlandse wetgeving, die gewoonlijk en bestendig op legale wijze in België verblijven en die, tenzij hun gezondheid of hun specifieke situatie het niet toelaten, bereid zijn om te werken. Vanaf 1 december 2016 vallen vreemdelingen met subsidiaire bescherming onder het toepassingsgebied van de wetgeving over het recht op maatschappelijke integratie. Personen onder 25 jaar dienen een contract te ondertekenen met een persoonlijk ontwikkeld project voor maatschappelijke integratie. Vanaf 1 december 2016 moeten personen van 25 jaar of ouder die een beroep wensen te doen op het leefloon, ook een dergelijk contract ondertekenen. De leeftijdsvoorwaarde is 18 jaar maar minderjarigen die ontvoogd zijn door het huwelijk, die minstens één kind ten laste hebben of die zwanger zijn, kunnen onder dezelfde voorwaarden een beroep doen op het leefloon.
-Hierbij moet worden verduidelijkt dat er geen leeftijdsbeperking is om van het recht op maatschappelijke integratie te kunnen genieten. Voor leefloners wordt automatisch een procedure opgestart voor het verkrijgen van de inkomensgarantie voor ouderen (IGO) zodra de betrokkene de wettelijke pensioenleeftijd heeft bereikt. Het IGO is een uitkering die personen die de pensioengerechtigde leeftijd hebben bereikt, kunnen krijgen indien hun maandelijkse financiële middelen minder zijn dan een bepaald bedrag - afzonderlijk vastgelegd voor alleenstaanden en samenwonenden - en indien zij aan bepaalde voorwaarden inzake nationaliteit en hoofdverblijfplaats voldoen (POD MI, 2019c; Federale Pensioendienst, 2019).
+Hierbij moet worden verduidelijkt dat er geen leeftijdsbeperking is om van het recht op maatschappelijke integratie te kunnen genieten. Voor leefloners wordt automatisch een procedure opgestart voor het verkrijgen van de inkomensgarantie voor ouderen (IGO) zodra de betrokkene de wettelijke pensioenleeftijd heeft bereikt. Het IGO is een uitkering die personen die de pensioengerechtigde leeftijd hebben bereikt, kunnen krijgen indien hun maandelijkse financiële middelen minder zijn dan een bepaald bedrag - afzonderlijk vastgelegd voor alleenstaanden en samenwonenden - en indien zij aan bepaalde voorwaarden inzake nationaliteit en hoofdverblijfplaats voldoen (POD MI, 2019; Federale Pensioendienst, 2019).
 Het Openbaar Centrum voor Maatschappelijk Welzijn (OCMW) van elke gemeente onderzoekt, in het kader van de wetgeving over het recht op maatschappelijke integratie, de bestaansmiddelen van de aanvrager en bepaalt in overleg met hem de meest gepaste hulp. Die hulp kan bestaan uit tewerkstelling, een gedeeltelijk of volledig leefloon, een geïndividualiseerd project voor maatschappelijke integratie of een combinatie van die hulpmiddelen. De indicator wordt uitgedrukt in duizenden personen en de gegevens komen van de Programmatorische federale overheidsdienst Maatschappelijke Integratie.
 Sinds 8 januari 2005 zijn er drie categorieën van gerechtigden op het leefloon met elk een specifiek bedrag, dat afhankelijk van het bestaansmiddelenonderzoek door het OCMW al dan niet volledig wordt toegekend. Die categorieën zijn een samenwonende persoon (categorie 1), een alleenstaande of dakloze met wie een integratiecontract werd gesloten (categorie 2) en een persoon met een familie ten laste, met name de echtgenoot of levenspartner, het ongehuwd minderjarig kind of meerdere kinderen onder wie minstens één ongehuwd minderjarig kind (categorie 3). Voor 8 januari 2005 was er nog de categorie voor alleenstaanden met onderhoudsverplichtingen of co-ouderschap getiteld 'alleenstaande persoon met recht op verhoogd bedrag'.
 Tussen 2006 en 2023 steeg het gemiddeld leefloonbedrag op jaarbasis voor categorie 1 van 5.043 euro tot 9.844 euro. Voor categorie 2 en 3 steeg dit bedrag respectievelijk van 7.564 euro tot 14.766 euro en van 10.085 euro tot 19.956 euro.
 De hier gebruikte jaargegevens over het aantal leefloontrekkers hebben betrekking op het gemiddeld maandelijks aantal. Die gegevens worden gebruikt om het percentage leefloontrekkers in de totale bevolking te berekenen. De populatiegegevens komen van Eurostat. Ze komen overeen met het gemiddelde van de bevolking op 1 januari van elk jaar met het daaropvolgende jaar.
+Voor deze indicator zijn volgende opsplitsingen beschikbaar: gewest, geslacht, leeftijd en begunstigdencategorie.
 Doelstelling: het aantal leefloners moet dalen.
 De duurzame-ontwikkelingsdoelstellingen of SDG’s die de Verenigde Naties in 2015 hebben aangenomen, bevatten subdoelstelling 1.3: "Nationaal toepasbare sociale beschermingssystemen en maatregelen implementeren voor iedereen, met inbegrip van sociale beschermingsvloeren, en tegen 2030 een aanzienlijke dekkingsgraad realiseren van de armen en de kwetsbaren".
 Het federaal regeerakkoord van september 2020 (Federale Regering, 2020) stelt hierover dat de uitkeringen opgetrokken zullen worden richting de armoedegrens. Er wordt aangenomen dat die doelstelling een invloed zal hebben op de evolutie van het armoederisico, waarvoor vermeld wordt dat het moet dalen om in de richting van de doelstellingen te gaan.
-Evolutie: in de periode 2003-2023 verdubbelde het aandeel leefloners in procent van de totale bevolking bijna, van 0,71% tot 1,35%. In de periode 2010-2015 bleef dit aandeel relatief stabiel rond 0,88% en tussen 2021 en 2022 daalde het licht van 1,34% tot 1,31%.
-[...6 lines deleted...]
-Opsplitsing volgens categorie: tussen 2006 en 2023 daalde het aandeel alleenstaande en dakloze leefloners (categorie 2) van 47,5% tot 39%. In die periode stegen de aandelen van samenwonende leefloners (categorie 1) en van leefloners met familie ten laste (categorie 3) van ongeveer 26% tot ongeveer 30%.
 VN-indicator: de gekozen indicator is verwant met indicator 1.3.1 - Deel van de bevolking met een socialebeschermingsvloer of -systeem, naar geslacht en met onderscheid naar kinderen, werklozen, ouderen, gehandicapten, zwangere vrouwen, pasgeborenen, slachtoffers van arbeidsongevallen, armen en kwetsbaren. Het leefloon is immers het allerlaatste sociale vangnet om personen met onvoldoende bestaansmiddelen een minimaal inkomen te verschaffen dat hen in staat zou moeten stellen een menswaardig leven te leiden. In die zin kan het worden gerekend tot eerdergenoemde socialebeschermingsvloer of -systeem.
 Bronnen
-Algemeen
-[...12 lines deleted...]
-Working group Social Impact Corona Crisis (2021), Monitoring van de gevolgen van COVID-19 op de werkgelegenheid en de sociale bescherming in België. Analytische nota 03/6/2021,https://socialsecurity.belgium.be/sites/default/files/content/docs/nl/sociaal-beleid-vorm-geven/monitoring_covid_20210602_nl.pdf (geraadpleegd op 10/06/2020).
+Federale Regering (2020), Regeerakkoord - 30 september 2020, https://www.belgium.be/sites/default/files/Regeerakkoord_2020.pdf (geraadpleegd op 15/12/2025).
+Federale Pensioendienst (2019), De Inkomensgarantie voor ouderen (IGO), https://www.sfpd.fgov.be/nl/recht-op-pensioen/igo (geraadpleegd op 15/12/2025).
+POD MI (2019), Statistisch verslag Nummer 24 – juli 2019, Programmatorische federale overheidsdienst Maatschappelijke Integratie.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -254,685 +233,637 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:W61"/>
+  <dimension ref="A1:U61"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="C3" s="1" t="n">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="O3" s="1" t="n">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="P3" s="1" t="n">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="Q3" s="1" t="n">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="R3" s="1" t="n">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="S3" s="1" t="n">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="T3" s="1" t="n">
-        <v>2021</v>
-[...7 lines deleted...]
-      <c r="W3" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="U3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>0.7141196395</v>
+        <v>0.7468357067</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>0.7252951729</v>
+        <v>0.75750417</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>0.7284262799</v>
+        <v>0.7757258384</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.7468357067</v>
+        <v>0.8448592602</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>0.7574418627</v>
+        <v>0.8778081117</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.7756679997</v>
+        <v>0.8644122292</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>0.8448553618</v>
+        <v>0.8656290394</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>0.8778080714</v>
+        <v>0.8909417663</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>0.8609151161</v>
+        <v>0.9190162955</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>0.8625769324</v>
+        <v>1.033119672</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>0.8881923565</v>
+        <v>1.124980179</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>0.9166188854</v>
+        <v>1.234838821</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>1.029851707</v>
+        <v>1.26558356</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>1.121399415</v>
+        <v>1.279179312</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>1.232054681</v>
+        <v>1.331981743</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>1.263063953</v>
+        <v>1.345778068</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>1.276273728</v>
+        <v>1.313876451</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>1.328510653</v>
+        <v>1.354810944</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>1.342735183</v>
-[...7 lines deleted...]
-      <c r="W4" s="1"/>
+        <v>1.407211715</v>
+      </c>
+      <c r="U4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0"/>
       <c r="B11" s="1" t="n">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="C11" s="1" t="n">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="D11" s="1" t="n">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="H11" s="1" t="n">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I11" s="1" t="n">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J11" s="1" t="n">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="K11" s="1" t="n">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="L11" s="1" t="n">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="M11" s="1" t="n">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="N11" s="1" t="n">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="O11" s="1" t="n">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="P11" s="1" t="n">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="Q11" s="1" t="n">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="R11" s="1" t="n">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="S11" s="1" t="n">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="T11" s="1" t="n">
-        <v>2021</v>
-[...7 lines deleted...]
-      <c r="W11" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="U11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="1" t="n">
-        <v>74.098</v>
+        <v>78.77591667</v>
       </c>
       <c r="C12" s="1" t="n">
-        <v>75.584</v>
+        <v>80.48358333</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>76.329</v>
+        <v>83.07333333</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>78.77591667</v>
+        <v>91.21516667</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>80.4835</v>
+        <v>95.64233333</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>83.07383333</v>
+        <v>95.03008333</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>91.21475</v>
+        <v>95.80566667</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>95.64233333</v>
+        <v>99.11758333</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>95.03008333</v>
+        <v>102.744</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>95.80583333</v>
+        <v>116.1069167</v>
       </c>
       <c r="L12" s="1" t="n">
-        <v>99.117</v>
+        <v>127.0665</v>
       </c>
       <c r="M12" s="1" t="n">
-        <v>102.7443333</v>
+        <v>140.1428333</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>116.1075</v>
+        <v>144.3238333</v>
       </c>
       <c r="O12" s="1" t="n">
-        <v>127.0705</v>
+        <v>146.6198333</v>
       </c>
       <c r="P12" s="1" t="n">
-        <v>140.1481667</v>
+        <v>153.2703333</v>
       </c>
       <c r="Q12" s="1" t="n">
-        <v>144.331</v>
+        <v>155.4726667</v>
       </c>
       <c r="R12" s="1" t="n">
-        <v>146.6308333</v>
+        <v>152.9455</v>
       </c>
       <c r="S12" s="1" t="n">
-        <v>153.2915833</v>
+        <v>158.9275</v>
       </c>
       <c r="T12" s="1" t="n">
-        <v>155.5719167</v>
-[...7 lines deleted...]
-      <c r="W12" s="1"/>
+        <v>165.975</v>
+      </c>
+      <c r="U12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0"/>
       <c r="B13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
       <c r="B18" s="1" t="n">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="C18" s="1" t="n">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="D18" s="1" t="n">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="H18" s="1" t="n">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I18" s="1" t="n">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J18" s="1" t="n">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="K18" s="1" t="n">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="L18" s="1" t="n">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="M18" s="1" t="n">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="N18" s="1" t="n">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="O18" s="1" t="n">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="P18" s="1" t="n">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="Q18" s="1" t="n">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="R18" s="1" t="n">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="S18" s="1" t="n">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="T18" s="1" t="n">
-        <v>2021</v>
-[...7 lines deleted...]
-      <c r="W18" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="U18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="1" t="n">
-        <v>1.754169302</v>
+        <v>2.06330608</v>
       </c>
       <c r="C19" s="1" t="n">
-        <v>1.917127468</v>
+        <v>2.14278051</v>
       </c>
       <c r="D19" s="1" t="n">
-        <v>2.001330007</v>
+        <v>2.201686487</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>2.06330608</v>
+        <v>2.349792484</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>2.141600784</v>
+        <v>2.422712884</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>2.200495696</v>
+        <v>2.396917193</v>
       </c>
       <c r="H19" s="1" t="n">
-        <v>2.34975387</v>
+        <v>2.416522018</v>
       </c>
       <c r="I19" s="1" t="n">
-        <v>2.403462342</v>
+        <v>2.511107056</v>
       </c>
       <c r="J19" s="1" t="n">
-        <v>2.365322827</v>
+        <v>2.588769889</v>
       </c>
       <c r="K19" s="1" t="n">
-        <v>2.392470043</v>
+        <v>2.791024474</v>
       </c>
       <c r="L19" s="1" t="n">
-        <v>2.489749963</v>
+        <v>2.990068477</v>
       </c>
       <c r="M19" s="1" t="n">
-        <v>2.568800813</v>
+        <v>3.178556936</v>
       </c>
       <c r="N19" s="1" t="n">
-        <v>2.764940349</v>
+        <v>3.216848588</v>
       </c>
       <c r="O19" s="1" t="n">
-        <v>2.964176505</v>
+        <v>3.234503477</v>
       </c>
       <c r="P19" s="1" t="n">
-        <v>3.160029837</v>
+        <v>3.422975047</v>
       </c>
       <c r="Q19" s="1" t="n">
-        <v>3.199117751</v>
+        <v>3.618401705</v>
       </c>
       <c r="R19" s="1" t="n">
-        <v>3.219419401</v>
+        <v>3.587780507</v>
       </c>
       <c r="S19" s="1" t="n">
-        <v>3.409229918</v>
+        <v>3.677822244</v>
       </c>
       <c r="T19" s="1" t="n">
-        <v>3.607593098</v>
-[...7 lines deleted...]
-      <c r="W19" s="1"/>
+        <v>3.742069105</v>
+      </c>
+      <c r="U19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="1" t="n">
-        <v>0.3856113148</v>
+        <v>0.3645459236</v>
       </c>
       <c r="C20" s="1" t="n">
-        <v>0.3729439427</v>
+        <v>0.3561468184</v>
       </c>
       <c r="D20" s="1" t="n">
-        <v>0.3611521461</v>
+        <v>0.3614445819</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>0.3645459236</v>
+        <v>0.400345562</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>0.3561407624</v>
+        <v>0.4119441139</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>0.3614479323</v>
+        <v>0.3825745297</v>
       </c>
       <c r="H20" s="1" t="n">
-        <v>0.400345562</v>
+        <v>0.3657297977</v>
       </c>
       <c r="I20" s="1" t="n">
-        <v>0.4113184875</v>
+        <v>0.374330744</v>
       </c>
       <c r="J20" s="1" t="n">
-        <v>0.381555494</v>
+        <v>0.3862684994</v>
       </c>
       <c r="K20" s="1" t="n">
-        <v>0.3648937528</v>
+        <v>0.4207704457</v>
       </c>
       <c r="L20" s="1" t="n">
-        <v>0.373583715</v>
+        <v>0.4775387367</v>
       </c>
       <c r="M20" s="1" t="n">
-        <v>0.3856660429</v>
+        <v>0.5605602825</v>
       </c>
       <c r="N20" s="1" t="n">
-        <v>0.4200216279</v>
+        <v>0.5699941267</v>
       </c>
       <c r="O20" s="1" t="n">
-        <v>0.4766557639</v>
+        <v>0.5563019164</v>
       </c>
       <c r="P20" s="1" t="n">
-        <v>0.5598752702</v>
+        <v>0.5792888555</v>
       </c>
       <c r="Q20" s="1" t="n">
-        <v>0.5694450705</v>
+        <v>0.5741139102</v>
       </c>
       <c r="R20" s="1" t="n">
-        <v>0.5555862816</v>
+        <v>0.558313071</v>
       </c>
       <c r="S20" s="1" t="n">
-        <v>0.5781731327</v>
+        <v>0.5891225417</v>
       </c>
       <c r="T20" s="1" t="n">
-        <v>0.5729898158</v>
-[...7 lines deleted...]
-      <c r="W20" s="1"/>
+        <v>0.6353957398</v>
+      </c>
+      <c r="U20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="1" t="n">
-        <v>0.9918284102</v>
+        <v>1.033503327</v>
       </c>
       <c r="C21" s="1" t="n">
-        <v>0.9994038168</v>
+        <v>1.054771541</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>1.003565387</v>
+        <v>1.079768347</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>1.033503327</v>
+        <v>1.17340151</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>1.054707422</v>
+        <v>1.224977662</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>1.079703085</v>
+        <v>1.23751114</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>1.17340151</v>
+        <v>1.260609972</v>
       </c>
       <c r="I21" s="1" t="n">
-        <v>1.222787623</v>
+        <v>1.290561675</v>
       </c>
       <c r="J21" s="1" t="n">
-        <v>1.23310287</v>
+        <v>1.329757407</v>
       </c>
       <c r="K21" s="1" t="n">
-        <v>1.256001472</v>
+        <v>1.555744192</v>
       </c>
       <c r="L21" s="1" t="n">
-        <v>1.286364602</v>
+        <v>1.675754629</v>
       </c>
       <c r="M21" s="1" t="n">
-        <v>1.326015063</v>
+        <v>1.810345105</v>
       </c>
       <c r="N21" s="1" t="n">
-        <v>1.550134569</v>
+        <v>1.877892487</v>
       </c>
       <c r="O21" s="1" t="n">
-        <v>1.669401191</v>
+        <v>1.93997705</v>
       </c>
       <c r="P21" s="1" t="n">
-        <v>1.80498966</v>
+        <v>2.003695371</v>
       </c>
       <c r="Q21" s="1" t="n">
-        <v>1.872885378</v>
+        <v>1.995795843</v>
       </c>
       <c r="R21" s="1" t="n">
-        <v>1.933416</v>
+        <v>1.937202396</v>
       </c>
       <c r="S21" s="1" t="n">
-        <v>1.995535105</v>
+        <v>1.981979221</v>
       </c>
       <c r="T21" s="1" t="n">
-        <v>1.987543086</v>
-[...7 lines deleted...]
-      <c r="W21" s="1"/>
+        <v>2.044440341</v>
+      </c>
+      <c r="U21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0"/>
       <c r="B27" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="C27" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="D27" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E27" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="F27" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G27" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="H27" s="1" t="n">
         <v>2012</v>
       </c>
@@ -947,252 +878,264 @@
       </c>
       <c r="L27" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="M27" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="N27" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="O27" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="P27" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="Q27" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="R27" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="S27" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="T27" s="1"/>
+      <c r="T27" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="U27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>27.65777612</v>
+        <v>27.65756455</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>27.41172621</v>
+        <v>27.41169783</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>27.91472646</v>
+        <v>27.91489447</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>28.59661769</v>
+        <v>28.59657842</v>
       </c>
       <c r="F28" s="1" t="n">
         <v>29.31825865</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>30.08310526</v>
+        <v>30.08319295</v>
       </c>
       <c r="H28" s="1" t="n">
-        <v>30.84267659</v>
+        <v>30.84212138</v>
       </c>
       <c r="I28" s="1" t="n">
-        <v>31.11440688</v>
+        <v>31.11422376</v>
       </c>
       <c r="J28" s="1" t="n">
-        <v>31.2572794</v>
+        <v>31.25705637</v>
       </c>
       <c r="K28" s="1" t="n">
-        <v>30.84648566</v>
+        <v>30.84649709</v>
       </c>
       <c r="L28" s="1" t="n">
-        <v>30.9486335</v>
+        <v>30.9471812</v>
       </c>
       <c r="M28" s="1" t="n">
-        <v>30.49879354</v>
+        <v>30.49840817</v>
       </c>
       <c r="N28" s="1" t="n">
-        <v>30.74726381</v>
+        <v>30.74752033</v>
       </c>
       <c r="O28" s="1" t="n">
-        <v>31.17756043</v>
+        <v>31.17859226</v>
       </c>
       <c r="P28" s="1" t="n">
-        <v>31.76859569</v>
+        <v>31.77077103</v>
       </c>
       <c r="Q28" s="1" t="n">
-        <v>31.80779736</v>
+        <v>31.81368429</v>
       </c>
       <c r="R28" s="1" t="n">
-        <v>31.73706562</v>
+        <v>31.73417982</v>
       </c>
       <c r="S28" s="1" t="n">
-        <v>32.01460647</v>
-[...1 lines deleted...]
-      <c r="T28" s="1"/>
+        <v>31.97930922</v>
+      </c>
+      <c r="T28" s="1" t="n">
+        <v>32.39544108</v>
+      </c>
+      <c r="U28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>47.50277951</v>
+        <v>47.50288529</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>46.32647271</v>
+        <v>46.32652829</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>45.32153125</v>
+        <v>45.32180403</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>44.34672024</v>
+        <v>44.3468831</v>
       </c>
       <c r="F29" s="1" t="n">
         <v>43.32896521</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>41.85569307</v>
+        <v>41.85560537</v>
       </c>
       <c r="H29" s="1" t="n">
-        <v>40.77848426</v>
+        <v>40.77846822</v>
       </c>
       <c r="I29" s="1" t="n">
-        <v>40.38762271</v>
+        <v>40.38738502</v>
       </c>
       <c r="J29" s="1" t="n">
-        <v>39.84769639</v>
+        <v>39.84782566</v>
       </c>
       <c r="K29" s="1" t="n">
-        <v>38.60919119</v>
+        <v>38.60902631</v>
       </c>
       <c r="L29" s="1" t="n">
-        <v>38.63904945</v>
+        <v>38.63960997</v>
       </c>
       <c r="M29" s="1" t="n">
-        <v>39.04564098</v>
+        <v>39.04498625</v>
       </c>
       <c r="N29" s="1" t="n">
-        <v>38.81835272</v>
+        <v>38.81733555</v>
       </c>
       <c r="O29" s="1" t="n">
-        <v>38.14983206</v>
+        <v>38.14934087</v>
       </c>
       <c r="P29" s="1" t="n">
-        <v>38.43889015</v>
+        <v>38.43872809</v>
       </c>
       <c r="Q29" s="1" t="n">
-        <v>39.14127603</v>
+        <v>39.13287009</v>
       </c>
       <c r="R29" s="1" t="n">
-        <v>39.00742221</v>
+        <v>38.99662516</v>
       </c>
       <c r="S29" s="1" t="n">
-        <v>38.99368923</v>
-[...1 lines deleted...]
-      <c r="T29" s="1"/>
+        <v>39.01973122</v>
+      </c>
+      <c r="T29" s="1" t="n">
+        <v>38.6608927</v>
+      </c>
+      <c r="U29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B30" s="1" t="n">
-        <v>24.83944437</v>
+        <v>24.83955016</v>
       </c>
       <c r="C30" s="1" t="n">
-        <v>26.26180107</v>
+        <v>26.26177388</v>
       </c>
       <c r="D30" s="1" t="n">
-        <v>26.76374229</v>
+        <v>26.7633015</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>27.05666207</v>
+        <v>27.05653848</v>
       </c>
       <c r="F30" s="1" t="n">
         <v>27.35277614</v>
       </c>
       <c r="G30" s="1" t="n">
         <v>28.06120167</v>
       </c>
       <c r="H30" s="1" t="n">
-        <v>28.37883915</v>
+        <v>28.3794104</v>
       </c>
       <c r="I30" s="1" t="n">
-        <v>28.49797041</v>
+        <v>28.49839122</v>
       </c>
       <c r="J30" s="1" t="n">
-        <v>28.89502422</v>
+        <v>28.89511796</v>
       </c>
       <c r="K30" s="1" t="n">
-        <v>30.54432315</v>
+        <v>30.54447661</v>
       </c>
       <c r="L30" s="1" t="n">
-        <v>30.41231705</v>
+        <v>30.41320883</v>
       </c>
       <c r="M30" s="1" t="n">
-        <v>30.45556548</v>
+        <v>30.45660558</v>
       </c>
       <c r="N30" s="1" t="n">
-        <v>30.43438347</v>
+        <v>30.43514411</v>
       </c>
       <c r="O30" s="1" t="n">
-        <v>30.67260751</v>
+        <v>30.67206688</v>
       </c>
       <c r="P30" s="1" t="n">
-        <v>29.79251416</v>
+        <v>29.79050088</v>
       </c>
       <c r="Q30" s="1" t="n">
-        <v>29.05092661</v>
+        <v>29.05344562</v>
       </c>
       <c r="R30" s="1" t="n">
-        <v>29.25551217</v>
+        <v>29.26919502</v>
       </c>
       <c r="S30" s="1" t="n">
-        <v>28.99170431</v>
-[...1 lines deleted...]
-      <c r="T30" s="1"/>
+        <v>29.00095956</v>
+      </c>
+      <c r="T30" s="1" t="n">
+        <v>28.94366621</v>
+      </c>
+      <c r="U30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0"/>
       <c r="B31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0"/>
       <c r="B36" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="C36" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="D36" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E36" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="F36" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G36" s="1" t="n">
         <v>2011</v>
       </c>
       <c r="H36" s="1" t="n">
         <v>2012</v>
       </c>
@@ -1207,55 +1150,58 @@
       </c>
       <c r="L36" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="M36" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="N36" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="O36" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="P36" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="Q36" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="R36" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="S36" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="T36" s="1"/>
+      <c r="T36" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="U36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B37" s="1" t="n">
         <v>5.04259</v>
       </c>
       <c r="C37" s="1" t="n">
         <v>5.23321</v>
       </c>
       <c r="D37" s="1" t="n">
         <v>5.58162</v>
       </c>
       <c r="E37" s="1" t="n">
         <v>5.75886</v>
       </c>
       <c r="F37" s="1" t="n">
         <v>5.84504</v>
       </c>
       <c r="G37" s="1" t="n">
         <v>6.04177</v>
       </c>
       <c r="H37" s="1" t="n">
         <v>6.28511</v>
       </c>
       <c r="I37" s="1" t="n">
         <v>6.45344</v>
       </c>
@@ -1267,55 +1213,58 @@
       </c>
       <c r="L37" s="1" t="n">
         <v>6.8491306</v>
       </c>
       <c r="M37" s="1" t="n">
         <v>7.04133</v>
       </c>
       <c r="N37" s="1" t="n">
         <v>7.189</v>
       </c>
       <c r="O37" s="1" t="n">
         <v>7.35696</v>
       </c>
       <c r="P37" s="1" t="n">
         <v>7.64618</v>
       </c>
       <c r="Q37" s="1" t="n">
         <v>8.009813</v>
       </c>
       <c r="R37" s="1" t="n">
         <v>8.960976877</v>
       </c>
       <c r="S37" s="1" t="n">
         <v>9.84407211</v>
       </c>
-      <c r="T37" s="1"/>
+      <c r="T37" s="1" t="n">
+        <v>10.24024</v>
+      </c>
+      <c r="U37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B38" s="1" t="n">
         <v>7.56389</v>
       </c>
       <c r="C38" s="1" t="n">
         <v>7.84981</v>
       </c>
       <c r="D38" s="1" t="n">
         <v>8.37244</v>
       </c>
       <c r="E38" s="1" t="n">
         <v>8.6383</v>
       </c>
       <c r="F38" s="1" t="n">
         <v>8.76756</v>
       </c>
       <c r="G38" s="1" t="n">
         <v>9.06264</v>
       </c>
       <c r="H38" s="1" t="n">
         <v>9.42766</v>
       </c>
       <c r="I38" s="1" t="n">
         <v>9.68016</v>
       </c>
@@ -1327,55 +1276,58 @@
       </c>
       <c r="L38" s="1" t="n">
         <v>10.273707</v>
       </c>
       <c r="M38" s="1" t="n">
         <v>10.56201</v>
       </c>
       <c r="N38" s="1" t="n">
         <v>10.78366</v>
       </c>
       <c r="O38" s="1" t="n">
         <v>11.03546</v>
       </c>
       <c r="P38" s="1" t="n">
         <v>11.46929</v>
       </c>
       <c r="Q38" s="1" t="n">
         <v>12.014755</v>
       </c>
       <c r="R38" s="1" t="n">
         <v>13.44147989</v>
       </c>
       <c r="S38" s="1" t="n">
         <v>14.76612312</v>
       </c>
-      <c r="T38" s="1"/>
+      <c r="T38" s="1" t="n">
+        <v>15.36036</v>
+      </c>
+      <c r="U38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B39" s="1" t="n">
         <v>10.08519</v>
       </c>
       <c r="C39" s="1" t="n">
         <v>10.46642</v>
       </c>
       <c r="D39" s="1" t="n">
         <v>11.16325</v>
       </c>
       <c r="E39" s="1" t="n">
         <v>11.51774</v>
       </c>
       <c r="F39" s="1" t="n">
         <v>11.69009</v>
       </c>
       <c r="G39" s="1" t="n">
         <v>12.08353</v>
       </c>
       <c r="H39" s="1" t="n">
         <v>12.57022</v>
       </c>
       <c r="I39" s="1" t="n">
         <v>12.90689</v>
       </c>
@@ -1387,67 +1339,70 @@
       </c>
       <c r="L39" s="1" t="n">
         <v>13.698283</v>
       </c>
       <c r="M39" s="1" t="n">
         <v>14.08268</v>
       </c>
       <c r="N39" s="1" t="n">
         <v>14.62141</v>
       </c>
       <c r="O39" s="1" t="n">
         <v>15.05784</v>
       </c>
       <c r="P39" s="1" t="n">
         <v>15.50015</v>
       </c>
       <c r="Q39" s="1" t="n">
         <v>16.237302</v>
       </c>
       <c r="R39" s="1" t="n">
         <v>18.1654389</v>
       </c>
       <c r="S39" s="1" t="n">
         <v>19.95562833</v>
       </c>
-      <c r="T39" s="1"/>
+      <c r="T39" s="1" t="n">
+        <v>20.75876</v>
+      </c>
+      <c r="U39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0"/>
       <c r="B40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0"/>
       <c r="B45" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="C45" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E45" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="F45" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G45" s="1" t="n">
@@ -1467,187 +1422,196 @@
       </c>
       <c r="L45" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="M45" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="N45" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="O45" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="P45" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="Q45" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="R45" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="S45" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="T45" s="1"/>
+      <c r="T45" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="U45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B46" s="1" t="n">
-        <v>0.8676883842</v>
+        <v>0.867683742</v>
       </c>
       <c r="C46" s="1" t="n">
-        <v>0.884347256</v>
+        <v>0.8844004342</v>
       </c>
       <c r="D46" s="1" t="n">
-        <v>0.9018009785</v>
+        <v>0.9018437642</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>0.9580026407</v>
+        <v>0.9580238295</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>0.9847059654</v>
+        <v>0.9863036076</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>0.967959975</v>
+        <v>0.9707274456</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>0.9610125987</v>
+        <v>0.9633429254</v>
       </c>
       <c r="I46" s="1" t="n">
-        <v>0.9778985496</v>
+        <v>0.9800728967</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>1.005404499</v>
+        <v>1.007257633</v>
       </c>
       <c r="K46" s="1" t="n">
-        <v>1.132153342</v>
+        <v>1.134252635</v>
       </c>
       <c r="L46" s="1" t="n">
-        <v>1.208541473</v>
+        <v>1.210556014</v>
       </c>
       <c r="M46" s="1" t="n">
-        <v>1.291997183</v>
+        <v>1.29357271</v>
       </c>
       <c r="N46" s="1" t="n">
-        <v>1.324369577</v>
+        <v>1.325957447</v>
       </c>
       <c r="O46" s="1" t="n">
-        <v>1.355820866</v>
+        <v>1.357588456</v>
       </c>
       <c r="P46" s="1" t="n">
-        <v>1.412795978</v>
+        <v>1.414870568</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>1.440129754</v>
+        <v>1.441616884</v>
       </c>
       <c r="R46" s="1" t="n">
-        <v>1.4208813</v>
+        <v>1.423166817</v>
       </c>
       <c r="S46" s="1" t="n">
-        <v>1.460470056</v>
-[...1 lines deleted...]
-      <c r="T46" s="1"/>
+        <v>1.462370206</v>
+      </c>
+      <c r="T46" s="1" t="n">
+        <v>1.510337135</v>
+      </c>
+      <c r="U46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B47" s="1" t="n">
-        <v>0.6207691213</v>
+        <v>0.6207739638</v>
       </c>
       <c r="C47" s="1" t="n">
-        <v>0.6251707595</v>
+        <v>0.6252312519</v>
       </c>
       <c r="D47" s="1" t="n">
-        <v>0.644317714</v>
+        <v>0.6443800759</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>0.7270966577</v>
+        <v>0.7270824812</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>0.7627477936</v>
+        <v>0.7649833301</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>0.7499949733</v>
+        <v>0.7539648502</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>0.7606454504</v>
+        <v>0.7642002713</v>
       </c>
       <c r="I47" s="1" t="n">
-        <v>0.7953326607</v>
+        <v>0.7984934469</v>
       </c>
       <c r="J47" s="1" t="n">
-        <v>0.8247518121</v>
+        <v>0.8275541029</v>
       </c>
       <c r="K47" s="1" t="n">
-        <v>0.9242143539</v>
+        <v>0.9283993379</v>
       </c>
       <c r="L47" s="1" t="n">
-        <v>1.031557067</v>
+        <v>1.036484473</v>
       </c>
       <c r="M47" s="1" t="n">
-        <v>1.170275215</v>
+        <v>1.174177966</v>
       </c>
       <c r="N47" s="1" t="n">
-        <v>1.199928697</v>
+        <v>1.203299373</v>
       </c>
       <c r="O47" s="1" t="n">
-        <v>1.194438085</v>
+        <v>1.198356669</v>
       </c>
       <c r="P47" s="1" t="n">
-        <v>1.241901583</v>
+        <v>1.246612024</v>
       </c>
       <c r="Q47" s="1" t="n">
-        <v>1.242749879</v>
+        <v>1.247136168</v>
       </c>
       <c r="R47" s="1" t="n">
-        <v>1.195030231</v>
+        <v>1.201337563</v>
       </c>
       <c r="S47" s="1" t="n">
-        <v>1.242016611</v>
-[...1 lines deleted...]
-      <c r="T47" s="1"/>
+        <v>1.244051165</v>
+      </c>
+      <c r="T47" s="1" t="n">
+        <v>1.301117682</v>
+      </c>
+      <c r="U47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0"/>
       <c r="B48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="C53" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="D53" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E53" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G53" s="1" t="n">
@@ -1667,412 +1631,430 @@
       </c>
       <c r="L53" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="M53" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="N53" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="O53" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="P53" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="Q53" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="R53" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="S53" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="T53" s="1"/>
+      <c r="T53" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="U53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B54" s="1" t="n">
-        <v>0.01082684257</v>
+        <v>0.009734264529</v>
       </c>
       <c r="C54" s="1" t="n">
-        <v>0.01064891523</v>
+        <v>0.009558418803</v>
       </c>
       <c r="D54" s="1" t="n">
-        <v>0.01193528055</v>
+        <v>0.01069666485</v>
       </c>
       <c r="E54" s="1" t="n">
-        <v>0.01257984297</v>
+        <v>0.01125997956</v>
       </c>
       <c r="F54" s="1" t="n">
-        <v>0.01298657605</v>
+        <v>0.01165991707</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>0.01204033137</v>
+        <v>0.0108310735</v>
       </c>
       <c r="H54" s="1" t="n">
-        <v>0.01097973987</v>
+        <v>0.009889128927</v>
       </c>
       <c r="I54" s="1" t="n">
-        <v>0.01057203514</v>
+        <v>0.009544600042</v>
       </c>
       <c r="J54" s="1" t="n">
-        <v>0.009981011591</v>
+        <v>0.009054558673</v>
       </c>
       <c r="K54" s="1" t="n">
-        <v>0.009761146491</v>
+        <v>0.00883708679</v>
       </c>
       <c r="L54" s="1" t="n">
-        <v>0.009497458099</v>
+        <v>0.00860074333</v>
       </c>
       <c r="M54" s="1" t="n">
-        <v>0.01026241883</v>
+        <v>0.009286549781</v>
       </c>
       <c r="N54" s="1" t="n">
-        <v>0.01054214305</v>
+        <v>0.009541967307</v>
       </c>
       <c r="O54" s="1" t="n">
-        <v>0.009340894674</v>
+        <v>0.008460586936</v>
       </c>
       <c r="P54" s="1" t="n">
-        <v>0.009181745268</v>
+        <v>0.008335532357</v>
       </c>
       <c r="Q54" s="1" t="n">
-        <v>0.009740050003</v>
+        <v>0.008859889423</v>
       </c>
       <c r="R54" s="1" t="n">
-        <v>0.008984900874</v>
+        <v>0.008143681086</v>
       </c>
       <c r="S54" s="1" t="n">
-        <v>0.008424450605</v>
-[...1 lines deleted...]
-      <c r="T54" s="1"/>
+        <v>0.007621471246</v>
+      </c>
+      <c r="T54" s="1" t="n">
+        <v>0.007398375984</v>
+      </c>
+      <c r="U54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B55" s="1" t="n">
-        <v>2.499329826</v>
+        <v>3.485009948</v>
       </c>
       <c r="C55" s="1" t="n">
-        <v>2.549619376</v>
+        <v>3.580040452</v>
       </c>
       <c r="D55" s="1" t="n">
-        <v>2.618864007</v>
+        <v>3.70663729</v>
       </c>
       <c r="E55" s="1" t="n">
-        <v>2.896058191</v>
+        <v>4.102175984</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>2.974457049</v>
+        <v>4.244221186</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>2.88687808</v>
+        <v>4.084837167</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>2.9616967</v>
+        <v>4.134681869</v>
       </c>
       <c r="I55" s="1" t="n">
-        <v>3.150752188</v>
+        <v>4.330843625</v>
       </c>
       <c r="J55" s="1" t="n">
-        <v>3.333572969</v>
+        <v>4.552240553</v>
       </c>
       <c r="K55" s="1" t="n">
-        <v>3.657952088</v>
+        <v>5.012211298</v>
       </c>
       <c r="L55" s="1" t="n">
-        <v>4.097140534</v>
+        <v>5.64055498</v>
       </c>
       <c r="M55" s="1" t="n">
-        <v>4.669943212</v>
+        <v>6.435307136</v>
       </c>
       <c r="N55" s="1" t="n">
-        <v>4.931970499</v>
+        <v>6.823429883</v>
       </c>
       <c r="O55" s="1" t="n">
-        <v>5.057173783</v>
+        <v>7.045218873</v>
       </c>
       <c r="P55" s="1" t="n">
-        <v>5.389097611</v>
+        <v>7.497326054</v>
       </c>
       <c r="Q55" s="1" t="n">
-        <v>5.570081627</v>
+        <v>7.748739265</v>
       </c>
       <c r="R55" s="1" t="n">
-        <v>5.378215242</v>
+        <v>7.535829488</v>
       </c>
       <c r="S55" s="1" t="n">
-        <v>5.525382076</v>
-[...1 lines deleted...]
-      <c r="T55" s="1"/>
+        <v>7.727758538</v>
+      </c>
+      <c r="T55" s="1" t="n">
+        <v>8.017832808</v>
+      </c>
+      <c r="U55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B56" s="1" t="n">
-        <v>0.9519859583</v>
+        <v>0.9524447575</v>
       </c>
       <c r="C56" s="1" t="n">
-        <v>0.9639217436</v>
+        <v>0.9646730527</v>
       </c>
       <c r="D56" s="1" t="n">
-        <v>0.9966217771</v>
+        <v>0.9970407545</v>
       </c>
       <c r="E56" s="1" t="n">
-        <v>1.116714869</v>
+        <v>1.116426996</v>
       </c>
       <c r="F56" s="1" t="n">
-        <v>1.181276332</v>
+        <v>1.186832944</v>
       </c>
       <c r="G56" s="1" t="n">
-        <v>1.17780078</v>
+        <v>1.184758859</v>
       </c>
       <c r="H56" s="1" t="n">
-        <v>1.195284444</v>
+        <v>1.200655692</v>
       </c>
       <c r="I56" s="1" t="n">
-        <v>1.249693417</v>
+        <v>1.25357224</v>
       </c>
       <c r="J56" s="1" t="n">
-        <v>1.318025548</v>
+        <v>1.321390213</v>
       </c>
       <c r="K56" s="1" t="n">
-        <v>1.581856469</v>
+        <v>1.589273624</v>
       </c>
       <c r="L56" s="1" t="n">
-        <v>1.746196011</v>
+        <v>1.753701217</v>
       </c>
       <c r="M56" s="1" t="n">
-        <v>1.919442149</v>
+        <v>1.926342968</v>
       </c>
       <c r="N56" s="1" t="n">
-        <v>1.950642128</v>
+        <v>1.957094681</v>
       </c>
       <c r="O56" s="1" t="n">
-        <v>1.960879275</v>
+        <v>1.968135755</v>
       </c>
       <c r="P56" s="1" t="n">
-        <v>2.039070699</v>
+        <v>2.046470865</v>
       </c>
       <c r="Q56" s="1" t="n">
-        <v>2.040379601</v>
+        <v>2.04886264</v>
       </c>
       <c r="R56" s="1" t="n">
-        <v>1.991023494</v>
+        <v>2.010641243</v>
       </c>
       <c r="S56" s="1" t="n">
-        <v>2.074612658</v>
-[...1 lines deleted...]
-      <c r="T56" s="1"/>
+        <v>2.083354331</v>
+      </c>
+      <c r="T56" s="1" t="n">
+        <v>2.180378242</v>
+      </c>
+      <c r="U56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B57" s="1" t="n">
-        <v>0.9481930199</v>
+        <v>0.9622138015</v>
       </c>
       <c r="C57" s="1" t="n">
-        <v>0.9462064597</v>
+        <v>0.9587319252</v>
       </c>
       <c r="D57" s="1" t="n">
-        <v>0.9369858191</v>
+        <v>0.9471693382</v>
       </c>
       <c r="E57" s="1" t="n">
-        <v>0.9460029568</v>
+        <v>0.9555801396</v>
       </c>
       <c r="F57" s="1" t="n">
-        <v>0.9456437742</v>
+        <v>0.9559725846</v>
       </c>
       <c r="G57" s="1" t="n">
-        <v>0.919563051</v>
+        <v>0.9254065216</v>
       </c>
       <c r="H57" s="1" t="n">
-        <v>0.8823557904</v>
+        <v>0.8876364345</v>
       </c>
       <c r="I57" s="1" t="n">
-        <v>0.8663363418</v>
+        <v>0.8718293721</v>
       </c>
       <c r="J57" s="1" t="n">
-        <v>0.849695941</v>
+        <v>0.8561496009</v>
       </c>
       <c r="K57" s="1" t="n">
-        <v>0.8643869374</v>
+        <v>0.8699433757</v>
       </c>
       <c r="L57" s="1" t="n">
-        <v>0.896168981</v>
+        <v>0.9012275268</v>
       </c>
       <c r="M57" s="1" t="n">
-        <v>0.9575385697</v>
+        <v>0.9609664744</v>
       </c>
       <c r="N57" s="1" t="n">
-        <v>0.9698436613</v>
+        <v>0.973052084</v>
       </c>
       <c r="O57" s="1" t="n">
-        <v>0.9842392011</v>
+        <v>0.9868942236</v>
       </c>
       <c r="P57" s="1" t="n">
-        <v>1.012115932</v>
+        <v>1.014827524</v>
       </c>
       <c r="Q57" s="1" t="n">
-        <v>1.030054695</v>
+        <v>1.031836181</v>
       </c>
       <c r="R57" s="1" t="n">
-        <v>1.027435454</v>
+        <v>1.029953873</v>
       </c>
       <c r="S57" s="1" t="n">
-        <v>1.059810263</v>
-[...1 lines deleted...]
-      <c r="T57" s="1"/>
+        <v>1.060283885</v>
+      </c>
+      <c r="T57" s="1" t="n">
+        <v>1.084607289</v>
+      </c>
+      <c r="U57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B58" s="1" t="n">
-        <v>0.1361856612</v>
+        <v>0.1362249959</v>
       </c>
       <c r="C58" s="1" t="n">
-        <v>0.1435575117</v>
+        <v>0.143968365</v>
       </c>
       <c r="D58" s="1" t="n">
-        <v>0.1490266841</v>
+        <v>0.1498837726</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>0.1525902427</v>
+        <v>0.1535613884</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>0.1552439967</v>
+        <v>0.1541444464</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>0.1482698438</v>
+        <v>0.149935867</v>
       </c>
       <c r="H58" s="1" t="n">
-        <v>0.1456542638</v>
+        <v>0.1469883688</v>
       </c>
       <c r="I58" s="1" t="n">
-        <v>0.1355420023</v>
+        <v>0.1367659882</v>
       </c>
       <c r="J58" s="1" t="n">
-        <v>0.1261370575</v>
+        <v>0.1273298031</v>
       </c>
       <c r="K58" s="1" t="n">
-        <v>0.1249721024</v>
+        <v>0.1259774673</v>
       </c>
       <c r="L58" s="1" t="n">
-        <v>0.1239575179</v>
+        <v>0.1249498399</v>
       </c>
       <c r="M58" s="1" t="n">
-        <v>0.1292664108</v>
+        <v>0.1303440048</v>
       </c>
       <c r="N58" s="1" t="n">
-        <v>0.1417017022</v>
+        <v>0.1428617694</v>
       </c>
       <c r="O58" s="1" t="n">
-        <v>0.1462666089</v>
+        <v>0.1475507628</v>
       </c>
       <c r="P58" s="1" t="n">
-        <v>0.1360653607</v>
+        <v>0.1366196442</v>
       </c>
       <c r="Q58" s="1" t="n">
-        <v>0.1307479376</v>
+        <v>0.1317185862</v>
       </c>
       <c r="R58" s="1" t="n">
-        <v>0.1274605631</v>
+        <v>0.1282728658</v>
       </c>
       <c r="S58" s="1" t="n">
-        <v>0.1291919355</v>
-[...1 lines deleted...]
-      <c r="T58" s="1"/>
+        <v>0.1298426943</v>
+      </c>
+      <c r="T58" s="1" t="n">
+        <v>0.1319272503</v>
+      </c>
+      <c r="U58" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0"/>
       <c r="B59" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>