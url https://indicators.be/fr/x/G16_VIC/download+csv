--- v0 (2025-10-03)
+++ v1 (2026-03-10)
@@ -13,126 +13,111 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_VIC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="19">
   <si>
     <t>Victimes de cambriolage ou d'agression - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage des 15 ans et plus</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>Allemagne</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Pays-Bas</t>
   </si>
   <si>
-    <t>La pandémie a retardé la collecte des données, qui a commencée en 2021</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 15/10/2024); calculs BFP.</t>
+    <t>Source:  Calculs BFP sur la base d'ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, dernière mise à jour des données 02/06/2025 (consulté le 01/10/2025)</t>
   </si>
   <si>
     <t>Victimes de cambriolage ou d'agression selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 18/10/2023); calculs BFP.</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_VIC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Victimes de cambriolage ou d'agression (i77)</t>
+    <t>Victimes de cambriolage ou d'agression (i78)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: les victimes de cambriolage ou d'agression correspondent à la part des participants à l'Enquête sociale européenne (ESS) qui a répondu "oui" à la question suivante: "Vous-même ou un membre de votre ménage, a-t-il été victime d’un cambriolage ou d’une agression ces 5 dernières années?" Cette question a été systématiquement posée dans les dix enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+    <t>Définition: les victimes de cambriolage ou d'agression correspondent à la part des participants à l'Enquête sociale européenne (ESS) qui a répondu "oui" à la question suivante: "Vous-même ou un membre de votre ménage, a-t-il été victime d’un cambriolage ou d’une agression ces 5 dernières années?" Cette question a été systématiquement posée dans les onze enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+Pour cet indicateur la ventilation suivante est disponible : income.
 Objectif: la part des personnes interrogées ayant été elles-mêmes, ou un membre du ménage, victime d'un cambriolage ou d'une agression doit diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 16.1: "Réduire nettement, partout dans le monde, toutes les formes de violence et les taux de mortalité qui y sont associés".
-Évolution: selon l'enquête ESS, la part de victimes d'un cambriolage ou d'une agression a diminué de 26,9% en 2002 à 19,6% en 2021. Ceci est une baisse annuelle moyenne de 1,7% sur l'ensemble de la période.
-[...9 lines deleted...]
-</t>
+Indicateur ONU: l’indicateur choisi est lié à l'indicateur 16.1.1 - Nombre de victimes d’homicide volontaire pour 100 000 habitants, par sexe et âge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -189,51 +174,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L22"/>
+  <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2002</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -241,425 +226,453 @@
       </c>
       <c r="D3" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L3" s="1"/>
+      <c r="L3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>26.85</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>25.58</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>25.69</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>23.84</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>22.38</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>21.5</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>23.08</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>20.32</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>22.89</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>19.58</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>19.89</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>8.72</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>10.73</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>9.63</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>9.19</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>9.21</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>11.28</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>11.39</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>12.74</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>11.51</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>7.5</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>8.49</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>28.48</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>28.36</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>26.09</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>25.26</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>23.21</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>22.42</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>21.21</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>17.15</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>21.37</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>20.7</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>19.53</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>19.22</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>20.08</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>18.41</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>18.31</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>19.98</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>15.79</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>15.43</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>11.49</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>10.53</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
       <c r="B8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="0" t="s">
+      <c r="A10" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="0" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C13" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D13" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E13" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F13" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G13" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I13" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A14" s="0"/>
       <c r="B14" s="1" t="n">
-        <v>2010</v>
+        <v>21.04</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>2012</v>
+        <v>20.68</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>2014</v>
+        <v>25.29</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>2016</v>
+        <v>15.89</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>2018</v>
+        <v>23.23</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H14" s="1"/>
+        <v>18.1</v>
+      </c>
+      <c r="H14" s="1" t="n">
+        <v>25.08</v>
+      </c>
+      <c r="I14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>21.04</v>
+        <v>21.76</v>
       </c>
       <c r="C15" s="1" t="n">
-        <v>20.68</v>
+        <v>16.82</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>25.29</v>
+        <v>21.52</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>15.89</v>
+        <v>18.95</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>23.23</v>
+        <v>24.52</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>18.1</v>
-[...1 lines deleted...]
-      <c r="H15" s="1"/>
+        <v>21.27</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>22.48</v>
+      </c>
+      <c r="I15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="1" t="n">
-        <v>21.76</v>
+        <v>21.06</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>16.82</v>
+        <v>20.88</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>21.52</v>
+        <v>20.83</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>18.95</v>
+        <v>21.71</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>24.52</v>
+        <v>20.31</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>21.27</v>
-[...1 lines deleted...]
-      <c r="H16" s="1"/>
+        <v>14.24</v>
+      </c>
+      <c r="H16" s="1" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="I16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>21.06</v>
+        <v>21.81</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>20.88</v>
+        <v>25.12</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>20.83</v>
+        <v>24.55</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>21.71</v>
+        <v>18.98</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>20.31</v>
+        <v>21.88</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>14.24</v>
-[...1 lines deleted...]
-      <c r="H17" s="1"/>
+        <v>20.46</v>
+      </c>
+      <c r="H17" s="1" t="n">
+        <v>16.89</v>
+      </c>
+      <c r="I17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="1" t="n">
-        <v>21.81</v>
+        <v>24.99</v>
       </c>
       <c r="C18" s="1" t="n">
-        <v>25.12</v>
+        <v>26.41</v>
       </c>
       <c r="D18" s="1" t="n">
-        <v>24.55</v>
+        <v>26.28</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>18.98</v>
+        <v>27.69</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>21.88</v>
+        <v>27.42</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>20.46</v>
-[...1 lines deleted...]
-      <c r="H18" s="1"/>
+        <v>24.72</v>
+      </c>
+      <c r="H18" s="1" t="n">
+        <v>18.79</v>
+      </c>
+      <c r="I18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H19" s="1"/>
+      <c r="A19" s="0"/>
+      <c r="B19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="0"/>
-      <c r="B20" s="1"/>
+      <c r="A20" s="0" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="0"/>
+      <c r="A21" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>