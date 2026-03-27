--- v0 (2025-10-15)
+++ v1 (2026-03-27)
@@ -13,141 +13,126 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_TRU" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Confiance généralisée - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>score de minimum 6 sur échelle 0-10</t>
   </si>
   <si>
     <t>pourcentage des 15 ans et plus</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>Allemagne</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Pays-Bas</t>
   </si>
   <si>
-    <t>La pandémie a retardé la collecte des données, qui a commencée en 2021</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 15/10/2024); calculs BFP.</t>
+    <t>Source: Calculs BFP sur la base d'ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, dernière mise à jour des données 02/06/2025 (consulté le 01/10/2025)</t>
   </si>
   <si>
     <t>Confiance généralisée selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 18/10/2023); calculs BFP.</t>
-[...1 lines deleted...]
-  <si>
     <t>Confiance généralisée selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_TRU</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Confiance généralisée (i76)</t>
+    <t>Confiance généralisée (i77)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: la confiance généralisée est mesurée par la part des participants à l'Enquête sociale européenne (ESS) qui répondent un minimum de 6 sur 10 à la question "Diriez-vous que l’on peut généralement faire confiance à la plupart des personnes, ou que l'on n'est jamais trop prudent dans ses contacts avec les gens?" Les personnes interrogées peuvent indiquer une réponse sur une échelle de 0 ("on n'est jamais trop prudent") à 10 ("la plupart des personnes sont dignes de confiance"). Cette question a systématiquement été posée dans les dix enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+    <t>Définition: la confiance généralisée est mesurée par la part des participants à l'Enquête sociale européenne (ESS) qui répondent un minimum de 6 sur 10 à la question "Diriez-vous que l’on peut généralement faire confiance à la plupart des personnes, ou que l'on n'est jamais trop prudent dans ses contacts avec les gens?" Les personnes interrogées peuvent indiquer une réponse sur une échelle de 0 ("on n'est jamais trop prudent") à 10 ("la plupart des personnes sont dignes de confiance"). Cette question a systématiquement été posée dans les onze enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+Pour cet indicateur les ventilations suivantes sont disponibles : sexe et revenu.
 Objectif: la confiance généralisée ne peut pas diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent l'objectif 16: "Promouvoir l’avènement de sociétés pacifiques et inclusives aux fins du développement durable, assurer l’accès de tous à la justice et mettre en place, à tous les niveaux, des institutions efficaces, responsables et ouvertes à tous".
-Évolution: selon l'ESS, le sentiment de confiance généralisée a progressé entre 2002 et 2021, en passant de 37,7% à 51,5%, à un rythme annuel moyen de 1,7%.
-[...3 lines deleted...]
-Ventilation selon le revenu: il y a un lien entre le revenu et le sentiment de confiance généralisée. Cet indicateur augmente avec le quintile de revenu: 38,9% des personnes du quintile de revenu le plus bas et 62,2% des personnes du quintile de revenu le plus haut ont un sentiment de confiance, alors que le pourcentage moyen de tous les quintiles de revenu était de 51,5% en 2021.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié à l'objectif 16. La confiance est un élément fondamental du capital social, important pour des sociétés pacifiques (Ortiz-Ospina et Roser, 2018).
-Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital social, publié dans le rapport Indicateurs de développement durable.Sources
-[...6 lines deleted...]
-Ortiz-Ospina E. et Roser M. (2018), Trust, https://ourworldindata.org/trust (consulté le 24/09/2020).
+Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital social.
+Sources
+Ortiz-Ospina E. et Roser M. (2018), Trust, https://ourworldindata.org/trust (consulté le 03/10/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -205,51 +190,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -262,563 +247,600 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>37.69454</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>37.65091</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>40.52798</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>43.62893</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>40.97446</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>45.49459</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>39.50421</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>46.79506</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>43.92</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>51.51609</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>50.95291</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>33.10616</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>37.01785</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>37.36474</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>38.79153</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>34.5553</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>40.52859</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>39.35105</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>46.04266</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>47.77</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>34.76273</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>40.90843</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>26.05112</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>28.70775</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>28.23621</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>27.41063</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>25.37125</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>28.66748</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>30.00724</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>29.08166</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>29.78</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>31.4397</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>29.59696</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>58.32137</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>63.55275</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>62.4959</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>64.51126</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>66.86188</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>66.07132</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>63.00057</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>67.17895</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>65.58</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>72.39144</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>69.43694</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>36.96554</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>34.58374</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>39.07059</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>40.78602</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>37.80221</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>42.12207</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>37.00431</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>45.49777</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>42.54</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>51.41862</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>50.92726</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>36.96554</v>
+        <v>38.88777</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>34.58374</v>
+        <v>40.91056</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>39.07059</v>
+        <v>42.0763</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>40.78602</v>
+        <v>46.63893</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>37.80221</v>
+        <v>44.3294</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>42.12207</v>
+        <v>49.08348</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>37.00431</v>
+        <v>42.21196</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>45.49777</v>
+        <v>48.1593</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>42.54</v>
+        <v>45.35</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>51.41862</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>51.61716</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>50.97954</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>38.54973</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>38.06671</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>27.02149</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>37.88673</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>42.22</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>38.92031</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>40.35249</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>38.54973</v>
+        <v>33.99997</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>38.06671</v>
+        <v>37.05253</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>27.02149</v>
+        <v>31.32667</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>37.88673</v>
+        <v>43.67763</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>42.22</v>
+        <v>38.07</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>38.92031</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>45.60812</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>46.40353</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>33.99997</v>
+        <v>38.82949</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>37.05253</v>
+        <v>43.26322</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>31.32667</v>
+        <v>35.67323</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>43.67763</v>
+        <v>41.78144</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>38.07</v>
+        <v>41.23</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>45.60812</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>48.05734</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>50.57568</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>38.82949</v>
+        <v>44.51416</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>43.26322</v>
+        <v>53.29562</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>35.67323</v>
+        <v>46.81547</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>41.78144</v>
+        <v>53.35009</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>41.23</v>
+        <v>47.01</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>48.05734</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>57.2094</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>57.99677</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>44.51416</v>
+        <v>55.77756</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>53.29562</v>
+        <v>58.42042</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>46.81547</v>
+        <v>55.50765</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>53.35009</v>
+        <v>58.24738</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>47.01</v>
+        <v>57.46</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>57.2094</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>62.16291</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>63.22201</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>