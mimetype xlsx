--- v0 (2025-10-03)
+++ v1 (2026-03-10)
@@ -13,139 +13,123 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_SEC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Sentiment de sécurité dans l'espace public - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>'tout à fait en sécurité' et 'en sécurité'</t>
   </si>
   <si>
     <t>pourcentage des 15 ans et plus</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>Allemagne</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Pays-Bas</t>
   </si>
   <si>
-    <t>La pandémie a retardé la collecte des données, qui a commencée en 2021</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 15/10/2024); calculs BFP.</t>
+    <t>Source:  Calculs BFP sur la base d'ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, dernière mise à jour des données 02/06/2025 (consulté le 01/10/2025)</t>
   </si>
   <si>
     <t>Sentiment de sécurité dans l'espace public selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 18/10/2023); calculs BFP.</t>
-[...1 lines deleted...]
-  <si>
     <t>Sentiment de sécurité dans l'espace public selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_SEC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Sentiment de sécurité dans l'espace public (i78)</t>
+    <t>Sentiment de sécurité dans l'espace public (i79)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: le sentiment de sécurité dans l'espace public correspond à la part des participants à l'Enquête sociale européenne (ESS) qui répond "tout à fait en sécurité" ou "en sécurité" à la question suivante: "Dans quelle mesure vous sentez-vous (ou sentiriez-vous) en sécurité seul le soir dans votre quartier?" Cette question a été systématiquement posée dans les dix enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+    <t>Définition: le sentiment de sécurité dans l'espace public correspond à la part des participants à l'Enquête sociale européenne (ESS) qui répond "tout à fait en sécurité" ou "en sécurité" à la question suivante: "Dans quelle mesure vous sentez-vous (ou sentiriez-vous) en sécurité seul le soir dans votre quartier?" Cette question a été systématiquement posée dans les onze enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+Pour cet indicateur les ventilations suivantes sont disponibles : sexe et revenu.
 Objectif: le sentiment de sécurité dans l'espace public de la population doit augmenter.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 16.1: "Réduire nettement, partout dans le monde, toutes les formes de violence et les taux de mortalité qui y sont associés".
-Évolution: selon l'enquête ESS, le sentiment de sécurité dans l'espace public a augmenté en passant de 76,2% en 2002 à 84,0% en 2021. De 2002 à 2018, une augmentation ininterrompue est observée, à l'exception de deux diminutions à la suite en 2014 et 2016.
-[...10 lines deleted...]
-</t>
+Indicateur ONU: l’indicateur choisi correspond à l'indicateur 16.1.4 - Proportion de la population considérant que le fait de marcher seul dans sa zone de résidence ne présente pas de risques.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -202,51 +186,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -259,563 +243,600 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>76.23</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>76.52</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>78.77</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>80.37</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>80.95</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>80.66</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>78.69</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>81.35</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>81.76</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>84.02</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>78.1</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>73.67</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>73.44</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>76.12</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>76.93</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>76.79</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>77.08</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>76.88</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>72.74</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>74.38</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>63.95</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>74.8</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>68.48</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>72.79</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>73.06</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>74.75</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>73.13</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>73.11</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>72.29</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>74.94</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>75.73</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>75.49</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>73.47</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>81.5</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>83.01</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>82.82</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>81.89</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>84.23</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>86.21</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>84.67</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>84.97</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>86.23</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>87.58</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>87.62</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>68.72</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>67.18</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>69.32</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>72.32</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>72.46</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>72.71</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>69.55</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>71.03</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>73.91</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>76.84</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>67.52</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>68.72</v>
+        <v>84.47</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>67.18</v>
+        <v>86.44</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>69.32</v>
+        <v>88.8</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>72.32</v>
+        <v>88.88</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>72.46</v>
+        <v>89.93</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>72.71</v>
+        <v>89.11</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>69.55</v>
+        <v>88.59</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>71.03</v>
+        <v>92.19</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>73.91</v>
+        <v>89.92</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>76.84</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>91.47</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>89.08</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>65.86</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>64.6</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>75.16</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>73.59</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>70.68</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>61.95</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>71.89</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>65.86</v>
+        <v>76.98</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>64.6</v>
+        <v>75.89</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>75.16</v>
+        <v>76.54</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>73.59</v>
+        <v>77.67</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>70.68</v>
+        <v>80.48</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>61.95</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>80.66</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>71.06</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>76.98</v>
+        <v>82.22</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>75.89</v>
+        <v>82.84</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>76.54</v>
+        <v>77.63</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>77.67</v>
+        <v>78.29</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>80.48</v>
+        <v>78.66</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>80.66</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>89.06</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>79.29</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>82.22</v>
+        <v>84.83</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>82.84</v>
+        <v>86.85</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>77.63</v>
+        <v>83.01</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>78.29</v>
+        <v>87.65</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>78.66</v>
+        <v>85.52</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>89.06</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>87.03</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>82.7</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>84.83</v>
+        <v>89.52</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>86.85</v>
+        <v>89.53</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>83.01</v>
+        <v>85.26</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>87.65</v>
+        <v>90.25</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>85.52</v>
+        <v>92.28</v>
       </c>
       <c r="G29" s="1" t="n">
+        <v>90.07</v>
+      </c>
+      <c r="H29" s="1" t="n">
         <v>87.03</v>
       </c>
-      <c r="H29" s="1"/>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>