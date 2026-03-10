--- v0 (2025-10-03)
+++ v1 (2026-03-10)
@@ -13,140 +13,124 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_INS" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Confiance dans les institutions - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>score de minimum 6 sur échelle 0-10</t>
   </si>
   <si>
     <t>pourcentage des 15 ans et plus</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>Allemagne</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Pays-Bas</t>
   </si>
   <si>
-    <t>La pandémie a retardé la collecte des données, qui a commencée en 2021</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 15/10/2024); calculs BFP.</t>
+    <t>Source:  Calculs BFP sur la base d'ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, dernière mise à jour des données 02/06/2025 (consulté le 01/10/2025)</t>
   </si>
   <si>
     <t>Confiance dans les institutions selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 18/10/2023); calculs BFP.</t>
-[...1 lines deleted...]
-  <si>
     <t>Confiance dans les institutions selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_INS</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Confiance dans les institutions (i80)</t>
+    <t>Confiance dans les institutions (i81)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: la confiance dans les institutions est mesurée par la moyenne des participants à l'Enquête sociale européenne (ESS) donnant au minimum un score de 6 sur 10 pour chacune des 4 questions suivantes: "Dites-moi quelle confiance vous faites personnellement à chacune de ces institutions: le Parlement fédéral belge, la justice, les hommes politiques et les partis politiques". Les personnes interrogées peuvent donner pour chaque institution une réponse sur une échelle de 0 ("pas du tout confiance") à 10 ("complètement confiance"). Cette question a été posée dans neuf enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+    <t>Définition: la confiance dans les institutions est mesurée par la moyenne des participants à l'Enquête sociale européenne (ESS) donnant au minimum un score de 6 sur 10 pour chacune des 4 questions suivantes: "Dites-moi quelle confiance vous faites personnellement à chacune de ces institutions: le Parlement fédéral belge, la justice, les hommes politiques et les partis politiques". Les personnes interrogées peuvent donner pour chaque institution une réponse sur une échelle de 0 ("pas du tout confiance") à 10 ("complètement confiance"). Cette question a été posée dans les onze enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+Pour cet indicateur les ventilations suivantes sont disponibles : sexe et revenu.
 Objectif: la confiance dans les institutions doit augmenter.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 16.6: "Mettre en place des institutions efficaces, responsables et transparentes à tous les niveaux".
-Évolution: selon l'ESS cet indicateur a augmenté au cours de la période 2004 à 2021 en passant de 33,8% à 36,5%. La baisse de confiance enregistrée dans les années 2008 et 2010 est due à une diminution de la confiance dans le Parlement fédéral belge, les hommes politiques et les partis politiques car la confiance dans la justice n'a connu qu'une faible diminution au cours de ces années.
-[...3 lines deleted...]
-Ventilation selon le revenu: les personnes des quintiles plus élevés montrent plus de confiance dans les institutions. En 2021, la confiance du premier quintile (21,2%) et du cinquième quintile (39,4%) sont, respectivement, nettement en-dessous et au-dessus de la moyenne (36,5%). Les différences de confiance selon les niveaux de revenus restent claires au fil du temps.
 Indicateur ONU: l’indicateur choisi est lié à l'indicateur 16.6.2 - Proportion de la population dont la dernière expérience avec les services publics a été satisfaisante. La satisfaction à l'égard de la prestation des services est différente de la confiance dans les institutions, mais les deux sont pertinentes par rapport au sous-objectif dont ils rendent compte.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital social, publié dans le rapport Indicateurs de développement durable.
-[...5 lines deleted...]
-</t>
+Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital social.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -203,51 +187,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K33"/>
+  <dimension ref="A1:L32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -257,542 +241,579 @@
       </c>
       <c r="C4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="K4" s="1"/>
+      <c r="K4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="L4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>33.8425</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>35.885</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>31.0175</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>29.9825</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>36.8475</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>35.3975</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>36.255</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>36.975</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>36.4875</v>
       </c>
-      <c r="K5" s="1"/>
+      <c r="K5" s="1" t="n">
+        <v>35.8275</v>
+      </c>
+      <c r="L5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>26.16</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>27.8275</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>28.9</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>26.84</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>34.13</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>35.4675</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>39.56</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>37.2325</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>34.66</v>
       </c>
-      <c r="K6" s="1"/>
+      <c r="K6" s="1" t="n">
+        <v>37.7825</v>
+      </c>
+      <c r="L6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>22.5275</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>22.175</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>25.03</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>21.9025</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>25.1175</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>22.0025</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>22.1525</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>25.32</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>29.19</v>
       </c>
-      <c r="K7" s="1"/>
+      <c r="K7" s="1" t="n">
+        <v>27.325</v>
+      </c>
+      <c r="L7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>44.295</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>52.3225</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>56.8125</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>56.2675</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>54.705</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>50.5125</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>57.1525</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>61.995</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>60.245</v>
       </c>
-      <c r="K8" s="1"/>
+      <c r="K8" s="1" t="n">
+        <v>54.98</v>
+      </c>
+      <c r="L8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="L15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2004</v>
+        <v>30.585</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2006</v>
+        <v>34.975</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2008</v>
+        <v>28.7725</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2010</v>
+        <v>27.645</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2012</v>
+        <v>35.0275</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2014</v>
+        <v>33.8225</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2016</v>
+        <v>34.895</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2018</v>
+        <v>36.055</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="K16" s="1"/>
+        <v>35.76</v>
+      </c>
+      <c r="K16" s="1" t="n">
+        <v>35.815</v>
+      </c>
+      <c r="L16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>30.585</v>
+        <v>37.3025</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>34.975</v>
+        <v>36.845</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>28.7725</v>
+        <v>33.395</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>27.645</v>
+        <v>32.4575</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>35.0275</v>
+        <v>38.7875</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>33.8225</v>
+        <v>37.1025</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>34.895</v>
+        <v>37.685</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>36.055</v>
+        <v>37.93</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>35.76</v>
-[...1 lines deleted...]
-      <c r="K17" s="1"/>
+        <v>37.2425</v>
+      </c>
+      <c r="K17" s="1" t="n">
+        <v>35.84</v>
+      </c>
+      <c r="L17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...38 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>23.05</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>28.9175</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>30.64</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>28.6575</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>31.525</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>21.22</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>30.91</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>23.05</v>
+        <v>22.325</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>28.9175</v>
+        <v>31.34</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>30.64</v>
+        <v>32.69</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>28.6575</v>
+        <v>32.3275</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>31.525</v>
+        <v>30.3275</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>21.22</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>35.1325</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>32.1475</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>22.325</v>
+        <v>30.3925</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>31.34</v>
+        <v>36.26</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>32.69</v>
+        <v>31.5325</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>32.3275</v>
+        <v>34.8875</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>30.3275</v>
+        <v>32.6</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>35.1325</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>38.735</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>31.275</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>30.3925</v>
+        <v>34.4</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>36.26</v>
+        <v>41.86</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>31.5325</v>
+        <v>33.815</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>34.8875</v>
+        <v>38.645</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>32.6</v>
+        <v>40.915</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>38.735</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>37.6625</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>38.615</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>34.4</v>
+        <v>37.68</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>41.86</v>
+        <v>45.73</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>33.815</v>
+        <v>42.605</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>38.645</v>
+        <v>42.5575</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>40.915</v>
+        <v>48.5575</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>37.6625</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>39.4375</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>39.30570575</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>