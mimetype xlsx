--- v0 (2025-10-03)
+++ v1 (2026-02-22)
@@ -13,142 +13,127 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_FAM" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Contacts avec amis et famille - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>au moins une fois par semaine</t>
   </si>
   <si>
     <t>pourcentage des 15 ans et plus</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>Allemagne</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Pays-Bas</t>
   </si>
   <si>
-    <t>La pandémie a retardé la collecte des données, qui a commencée en 2021</t>
-[...2 lines deleted...]
-    <t>ESS (2024), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 15/10/2024); calculs BFP.</t>
+    <t>Source:  Calculs BFP sur la base d'ESS (2025), Dataset European Social Survey, http://www.europeansocialsurvey.org/, dernière mise à jour des données 02/06/2025 (consulté le 01/10/2025)</t>
   </si>
   <si>
     <t>Contacts avec amis et famille selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>ESS (2023), Dataset European Social Survey, http://www.europeansocialsurvey.org/ (consulté le 18/10/2023); calculs BFP.</t>
-[...1 lines deleted...]
-  <si>
     <t>Contacts avec amis et famille selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_FAM</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Contacts avec amis et famille (i75)</t>
+    <t>Contacts avec amis et famille (i76)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: les contacts sociaux sont définis par le résultat de l'enquête sociale européenne (ESS) et plus particulièrement par la réponse "au moins une fois par semaine" à la question de la fréquence à laquelle "vous rencontrez des amis, de la famille ou des collègues" pour des raisons sociales (donc ni pour le travail ni par pure obligation, mais parce que les répondants à l'enquête choisissent de rencontrer des amis, la famille ou des collègues; ceci correspond au questionnaire original européen en anglais et au questionnaire en néerlandais. Dans le questionnaire en français il est uniquement mentionné "en dehors du travail"). Cette question a été systématiquement posée dans les dix enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+    <t>Définition: les contacts sociaux sont définis par le résultat de l'enquête sociale européenne (ESS) et plus particulièrement par la réponse "au moins une fois par semaine" à la question de la fréquence à laquelle "vous rencontrez des amis, de la famille ou des collègues" pour des raisons sociales (donc ni pour le travail ni par pure obligation, mais parce que les répondants à l'enquête choisissent de rencontrer des amis, la famille ou des collègues; ceci correspond au questionnaire original européen en anglais et au questionnaire en néerlandais. Dans le questionnaire en français il est uniquement mentionné "en dehors du travail"). Cette question a été systématiquement posée dans les onze enquêtes ESS bisannuelles. Suite à la pandémie Covid-19 l'enquête de 2020 a été postposée à 2021. L'indicateur est calculé par le BFP sur la base des données provenant d'ESS. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande.
+Pour cet indicateur les ventilations suivantes sont disponibles : sexe et revenu.
 Objectif: la part des personnes déclarant avoir des contacts sociaux au moins une fois par semaine ne peut pas diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent l'objectif suivant: "Promouvoir l’avènement de sociétés pacifiques et inclusives aux fins du développement durable, assurer l’accès de tous à la justice et mettre en place, à tous les niveaux, des institutions efficaces, responsables et ouvertes à tous" (objectif 16). Le support social, ou avoir de la famille et des amis, est une contribution importante aux sociétés pacifiques et ouvertes.
 La Vision stratégique fédérale à long terme de développement durable comprend dans le premier défi: "Une société qui promeut la cohésion sociale" (Moniteur belge, 08/10/2013). Pour contribuer à cette cohésion sociale il est considéré qu'il existe un objectif implicite selon lequel la part des personnes interrogées déclarant avoir des contacts sociaux au moins une fois par semaine, en tant que mesure du capital social, ne peut pas diminuer.
-Évolution: selon l'ESS cet indicateur est relativement stable entre 2002 et 2021, en passant de 67,7% à 68,3%. Il n'y a pas de tendance claire observée.
-[...3 lines deleted...]
-Ventilation selon la catégorie de revenu: cet indicateur montre des valeurs plus élevées pour les deux quintiles de revenu les plus haut par rapport aux trois quintiles de revenu les plus bas. Il y a donc un lien entre cet indicateur et le revenu: plus de répondants ayant un revenu élevé ont des contacts sociaux au moins une fois par semaine.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié à l'objectif 16. Le support social, ou avoir de la famille et des amis, est une contribution importante aux sociétés pacifiques et ouvertes.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital social, publié dans le rapport Indicateurs de développement durable.Sources
-[...6 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital social.
+Sources
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -206,51 +191,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L33"/>
+  <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
@@ -263,563 +248,600 @@
       </c>
       <c r="D4" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>67.73</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>71.14</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>68.89</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>69.01</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>70.74</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>65.15</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>68.01</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>67.79</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>68.19</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>68.31</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="n">
+        <v>66.63</v>
+      </c>
+      <c r="M5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>59.94</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>52.51</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>56.12</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>56.26</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>60.19</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>58.02</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>55.39</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>59.54</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>59.45</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>47.92</v>
       </c>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="n">
+        <v>58.48</v>
+      </c>
+      <c r="M6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
         <v>66.64</v>
       </c>
       <c r="C7" s="1" t="n">
         <v>67</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>66.19</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>67.78</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>65.27</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>67.23</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>65.17</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>69.76</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>67.73</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>67.82</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="1" t="n">
+        <v>71.75</v>
+      </c>
+      <c r="M7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="n">
         <v>71.85</v>
       </c>
       <c r="C8" s="1" t="n">
         <v>73.55</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>77.88</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>76.87</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>75.22</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>76.73</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>73.91</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>79.02</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>74.91</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>73.23</v>
       </c>
-      <c r="L8" s="1"/>
+      <c r="L8" s="1" t="n">
+        <v>75.17</v>
+      </c>
+      <c r="M8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
       <c r="B9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="0" t="s">
+      <c r="A11" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A15" s="0"/>
+      <c r="B15" s="1" t="n">
+        <v>2002</v>
+      </c>
+      <c r="C15" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E15" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="F15" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="J15" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="M15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="0"/>
+      <c r="A16" s="0" t="s">
+        <v>9</v>
+      </c>
       <c r="B16" s="1" t="n">
-        <v>2002</v>
+        <v>67.8</v>
       </c>
       <c r="C16" s="1" t="n">
-        <v>2004</v>
+        <v>71.32</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2006</v>
+        <v>69.44</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>2008</v>
+        <v>67.42</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2010</v>
+        <v>70.22</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2012</v>
+        <v>66.32</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2014</v>
+        <v>67.83</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>2016</v>
+        <v>68.96</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2018</v>
+        <v>68.46</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="L16" s="1"/>
+        <v>68.9</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>66.55</v>
+      </c>
+      <c r="M16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="n">
-        <v>67.8</v>
+        <v>67.55</v>
       </c>
       <c r="C17" s="1" t="n">
-        <v>71.32</v>
+        <v>70.94</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>69.44</v>
+        <v>68.3</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>67.42</v>
+        <v>70.7</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>70.22</v>
+        <v>71.3</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>66.32</v>
+        <v>63.89</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>67.83</v>
+        <v>68.2</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>68.96</v>
+        <v>66.56</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>68.46</v>
+        <v>67.91</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>68.9</v>
-[...1 lines deleted...]
-      <c r="L17" s="1"/>
+        <v>67.71</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>66.71</v>
+      </c>
+      <c r="M17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="0" t="s">
+      <c r="A18" s="0"/>
+      <c r="B18" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="n">
-[...41 lines deleted...]
-      <c r="A21" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="0"/>
+      <c r="B24" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="C24" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="E24" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="G24" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="H24" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="I24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0"/>
+      <c r="A25" s="0" t="s">
+        <v>12</v>
+      </c>
       <c r="B25" s="1" t="n">
-        <v>2010</v>
+        <v>65.15</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>2012</v>
+        <v>66.17</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2014</v>
+        <v>66.79</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>2016</v>
+        <v>64.87</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>2018</v>
+        <v>68.35</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="H25" s="1"/>
+        <v>62.95</v>
+      </c>
+      <c r="H25" s="1" t="n">
+        <v>59.85</v>
+      </c>
+      <c r="I25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B26" s="1" t="n">
-        <v>65.15</v>
+        <v>71.19</v>
       </c>
       <c r="C26" s="1" t="n">
-        <v>66.17</v>
+        <v>63.96</v>
       </c>
       <c r="D26" s="1" t="n">
-        <v>66.79</v>
+        <v>64.86</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>64.87</v>
+        <v>62.23</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>68.35</v>
+        <v>66.75</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>62.95</v>
-[...1 lines deleted...]
-      <c r="H26" s="1"/>
+        <v>70.58</v>
+      </c>
+      <c r="H26" s="1" t="n">
+        <v>60.54</v>
+      </c>
+      <c r="I26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B27" s="1" t="n">
-        <v>71.19</v>
+        <v>67.86</v>
       </c>
       <c r="C27" s="1" t="n">
-        <v>63.96</v>
+        <v>63.56</v>
       </c>
       <c r="D27" s="1" t="n">
-        <v>64.86</v>
+        <v>65.81</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>62.23</v>
+        <v>62.37</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>66.75</v>
+        <v>63.61</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>70.58</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>64.87</v>
+      </c>
+      <c r="H27" s="1" t="n">
+        <v>59.59</v>
+      </c>
+      <c r="I27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28" s="1" t="n">
-        <v>67.86</v>
+        <v>69.96</v>
       </c>
       <c r="C28" s="1" t="n">
-        <v>63.56</v>
+        <v>67.72</v>
       </c>
       <c r="D28" s="1" t="n">
-        <v>65.81</v>
+        <v>67.14</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>62.37</v>
+        <v>73.16</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>63.61</v>
+        <v>70.02</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>64.87</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>68</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>74.27</v>
+      </c>
+      <c r="I28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B29" s="1" t="n">
-        <v>69.96</v>
+        <v>74.46</v>
       </c>
       <c r="C29" s="1" t="n">
-        <v>67.72</v>
+        <v>64.45</v>
       </c>
       <c r="D29" s="1" t="n">
-        <v>67.14</v>
+        <v>65.96</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>73.16</v>
+        <v>77.53</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>70.02</v>
+        <v>72.6</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>72.76</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>73.34</v>
+      </c>
+      <c r="I29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="0" t="s">
-[...20 lines deleted...]
-      <c r="H30" s="1"/>
+      <c r="A30" s="0"/>
+      <c r="B30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="0"/>
-      <c r="B31" s="1"/>
+      <c r="A31" s="0" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="0" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="0"/>
+      <c r="A32" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>