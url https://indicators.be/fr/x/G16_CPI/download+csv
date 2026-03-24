--- v0 (2025-10-12)
+++ v1 (2026-03-24)
@@ -27,81 +27,72 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G16_CPI" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Indice de perception de corruption - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>score 0-100</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>Transparency international; Eurostat (2024), Corruption Perceptions Index [sdg_16_50], https://ec.europa.eu/eurostat (consulté le 03/09/2024).</t>
+    <t>Source: Eurostat (2025), Corruption Perceptions Index , sdg_16_50, https://ec.europa.eu/eurostat, dernière mise à jour des données 25/04/2025 23:00(consulté le 30/06/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G16_CPI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Indice de perception de corruption (i79)</t>
+    <t>Indice de perception de corruption (i80)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: l’indice de perception de corruption mesure la perception du degré de corruption du secteur public, sur une échelle de 0 (très corrompu) à 100 (exempt de corruption). Il s’agit d’un indicateur composite s’appuyant sur des enquêtes et des appréciations de la corruption réalisées auprès de 13 experts différents, sur la base desquelles une moyenne est ensuite calculée. Les données proviennent de Transparency International et publié par Eurostat.
 Objectif: l’indice de perception de corruption doit augmenter, l’augmentation traduisant une baisse de la corruption.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 16.5: "Réduire nettement la corruption et la pratique des pots-de-vin sous toutes leurs formes".
-Évolution: l’indice de perception de corruption était de 73 en 2023 en Belgique, pour un score maximum de 100 (pays exempt de corruption). Entre 2012 et 2020 le score de la Belgique a été relativement stable, autour de 75 ou légèrement plus élevé (76 en 2014 et 2020, 77 en 2015 et 2016), mais il diminue en 2021 jusqu'à 73 et reste à ce niveau en 2022 et 2023.
-[...8 lines deleted...]
-</t>
+Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur des SDG, mais est lié au sous-objectif 16.5. L’indicateur de Transparency International est un indicateur permettant de suivre mondialement l’évolution de la corruption.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -158,51 +149,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:O8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -216,135 +207,144 @@
       </c>
       <c r="F3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="N3" s="1"/>
+      <c r="N3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="O3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>76</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>77</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>77</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>75</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>76</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>73</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>73</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>73</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="N4" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="O4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>63</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>63</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>65</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="L5" s="1" t="n">
         <v>64</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>64</v>
       </c>
-      <c r="N5" s="1"/>
+      <c r="N5" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="O5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>