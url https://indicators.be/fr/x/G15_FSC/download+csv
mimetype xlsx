--- v0 (2025-10-16)
+++ v1 (2026-02-11)
@@ -24,100 +24,92 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G15_FSC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
   <si>
     <t>Forêts avec le label FSC ou PEFC - Belgique</t>
   </si>
   <si>
     <t>pourcentage de la surface forestière</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
-    <t>PEFC (2024), Communication directe 3/9/2024; FSC (2024), Communication directe 3/9/2024 et Statbel (2024), Utilisation du sol par commune et région, la Belqique (1834-2023), https://statbel.fgov.be/ (consultés le 16/9/2024).</t>
+    <t>Source: PEFC (2025), Communication directe 11/9/2025; FSC (2025), Communication directe 3/9/2025 et Statbel (2025), Utilisation du sol par commune et région, la Belqique (1834-2024), https://statbel.fgov.be/ (consultés le 19/9/2025).</t>
   </si>
   <si>
     <t>Forêts avec le label FSC ou PEFC selon la Région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G15_FSC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Forêts avec le label FSC ou PEFC (i72)</t>
+    <t>Forêts avec le label FSC ou PEFC (i73)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: cet indicateur exprime la part des forêts possédant le label du Forest Stewardship Council (FSC) ou le label PEFC (Programme for the Endorsement of Forest Certification Schemes) par rapport à la surface totale des forêts sur le territoire belge. Ces certifications forestières et leur évaluation reposent sur des principes et critères établis et leur respect est contrôlé par des organismes de certification indépendants garantissant le respect de ces normes. La surface totale des forêts comprend tous les types de forêts ainsi que les autres terres boisées. L'indicateur est calculé par le BFP sur la base des données du Forest Stewardship Council, du Programme for the Endorsement of Forest Certification Schemes et de Statistics Belgium.
+Pour cet indicateur la ventilation suivante est disponible : région.
 Objectif: la surface des forêts labellisées FSC ou PEFC doit augmenter.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 15.2: "D’ici à 2020, promouvoir la gestion durable de tous les types de forêt, mettre un terme à la déforestation, restaurer les forêts dégradées et accroître considérablement le boisement et le reboisement au niveau mondial".
 La Conférence des parties de la Convention sur la diversité biologique de l’ONU de décembre 2022 a adopté de nouveaux objectifs, parmi lesquels "Veiller à ce que les superficies consacrées à l'agriculture, à l'aquaculture, à la pêche et à la sylviculture soient gérées de manière durable" (cible 10; CBD, 2022).
 La Vision stratégique fédérale à long terme de développement durable inclut l’objectif 37: "Les biens et les services rendus par les écosystèmes seront restaurés, valorisés et utilisés avec précaution et de manière durable, contribuant ainsi directement à la préservation de la biodiversité" (Moniteur belge, 08/10/2013).
 La Stratégie nationale Biodiversité 2020 mentionne également comme objectif opérationnel 4f.1: "Promouvoir la conservation de la biodiversité forestière par le biais de systèmes de certification forestière indépendants et crédibles, garants d’une gestion forestière durable" (Point focal national belge pour la Convention sur la Diversité biologique, 2013).
-Évolution: la part de la surface des forêts labellisées FSC ou PEFC augmente légèrement allant de 51,8% en 2012 à 54,6% en 2023.
-[...1 lines deleted...]
-Ventilation selon la Région: la part de la surface des forêts labellisées FSC ou PEFC en 2023 est de 88,7% à Bruxelles, 27,2% en Flandre et 60,1% en Wallonie. Pour la Belgique, ce chiffre est de 54,6%.
 Indicateur ONU: l’indicateur choisi correspond à l'indicateur 15.2.1 - Progrès vers la gestion durable des forêts.
 Sources
-Générales
-[...4 lines deleted...]
-Spécifiques
 CBD (2022), Cadre Mondial de la biodiversité de Kunming à Montréal, CBD/COP/15/L.25.
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
-Point focal national belge pour la Convention sur la Diversité biologique (2013), Biodiversité 2020 – Actualisation de la Stratégie nationale de la Belgique, Institut royal des Sciences naturelles de Belgique, Bruxelles, http://www.biodiv.be/implementation/docs/stratactplan/biodiversity-strategy-2020 (consulté le 24/09/2020).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
+Point focal national belge pour la Convention sur la Diversité biologique (2013), Biodiversité 2020 – Actualisation de la Stratégie nationale de la Belgique, Institut royal des Sciences naturelles de Belgique, Bruxelles, https://www.cbd.int/doc/world/be/be-nbsap-v2-fr.pdf (consulté le 19/09/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -175,51 +167,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:O16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2012</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -233,93 +225,99 @@
       </c>
       <c r="F3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="N3" s="1"/>
+      <c r="N3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="O3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>51.7973419</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>52.4415203</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>51.44030475</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>52.92580749</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>53.19526226</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>53.46417906</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>54.0847729</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>54.79026919</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>56.79830247</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>53.65770772</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>52.43819916</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>54.56677752</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="N4" s="1" t="n">
+        <v>53.31938773</v>
+      </c>
+      <c r="O4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
@@ -337,177 +335,189 @@
       </c>
       <c r="F10" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="G10" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="H10" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="I10" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="J10" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="K10" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="L10" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="M10" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="N10" s="1"/>
+      <c r="N10" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="O10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="1" t="n">
         <v>89.82133189</v>
       </c>
       <c r="C11" s="1" t="n">
         <v>89.82133189</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>89.86998917</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>89.96746204</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>89.96746204</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>90.01627781</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>90.01627781</v>
       </c>
       <c r="I11" s="1" t="n">
         <v>90.01627781</v>
       </c>
       <c r="J11" s="1" t="n">
         <v>90.11406844</v>
       </c>
       <c r="K11" s="1" t="n">
         <v>90.11406844</v>
       </c>
       <c r="L11" s="1" t="n">
         <v>90.11406844</v>
       </c>
       <c r="M11" s="1" t="n">
         <v>88.7017925</v>
       </c>
-      <c r="N11" s="1"/>
+      <c r="N11" s="1" t="n">
+        <v>90.11406844</v>
+      </c>
+      <c r="O11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="1" t="n">
         <v>17.20855951</v>
       </c>
       <c r="C12" s="1" t="n">
         <v>18.69082117</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>19.94791426</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>19.96321627</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>19.98408689</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>20.66735518</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>22.5815303</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>25.18859039</v>
       </c>
       <c r="J12" s="1" t="n">
         <v>25.41695331</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>25.44202494</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>25.47711346</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>27.16434062</v>
       </c>
-      <c r="N12" s="1"/>
+      <c r="N12" s="1" t="n">
+        <v>28.27115668</v>
+      </c>
+      <c r="O12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>59.22128168</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>59.68766661</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>58.18298201</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>59.99200115</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>60.30781472</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>60.48246113</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>60.83628175</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>61.1440739</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>63.49702929</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>59.65185964</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>58.17404761</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>60.14184506</v>
       </c>
-      <c r="N13" s="1"/>
+      <c r="N13" s="1" t="n">
+        <v>58.60887193</v>
+      </c>
+      <c r="O13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0"/>
       <c r="B14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>