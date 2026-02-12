--- v0 (2025-10-21)
+++ v1 (2026-02-12)
@@ -24,102 +24,94 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G13_CCF" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="15">
   <si>
     <t>Contribution au financement climatique international - Belgique</t>
   </si>
   <si>
     <t>millions d'euros</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
-    <t>Commission nationale Climat (2024), Rapport sur le soutien financier et technologique apporté aux pays en développement, https://www.cnc-nkc.be/fr/reports (version corrigée consultée le 10/03/2025).</t>
+    <t>Source: Calculs BFP sur la base de la Commission nationale Climat (2025), Rapport sur le soutien financier et technologique apporté aux pays en développement, https://www.cnc-nkc.be/fr/reports (consulté le 9/10/2025).</t>
   </si>
   <si>
     <t>Contribution au financement climatique international selon la Région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
     <t>État fédéral</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G13_CCF</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Contribution au financement climatique international (i67)</t>
+    <t>Contribution au financement climatique international (i68)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: cet indicateur mesure la contribution publique de la Belgique au financement climatique international, comme décidé dans le cadre des négociations sous la Convention-cadre des Nations unies sur les changements climatiques (CCNUCC). Ce type de financement vise à soutenir les pays en développement dans leur lutte contre les changements climatiques et leurs effets. Cet indicateur n'inclut que les contributions publiques de la Belgique, provenant du budget de l'état fédéral et des Régions. Les données proviennent de la Commission nationale climat, qui les publie sur son propre site et sur le site EIONET de l'Agence européenne de l'environnement (EIONET, Greenhouse gas Monitoring Mechanism Regulation, Art. 16 - Financial and technology support provided to developing countries).
+Pour cet indicateur la ventilation suivante est disponible : région.
 Objectif: la contribution belge au financement climatique international doit augmenter, année après année jusqu'en 2020 puis ne pas diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 13.a: "Mettre en œuvre l’engagement que les pays développés parties à la Convention-cadre des Nations Unies sur les changements climatiques ont pris de mobiliser ensemble auprès de multiples sources 100 milliards de dollars par an d’ici à 2020 pour répondre aux besoins des pays en développement en ce qui concerne les mesures concrètes d’atténuation et la transparence de leur mise en œuvre et rendre le Fonds vert pour le climat pleinement opérationnel en le dotant dans les plus brefs délais des moyens financiers nécessaires".
 Lors de la 15ième conférence des parties de 2009 à Copenhague, les pays industrialisés se sont engagés à fournir ensemble 100 milliards de dollars par an à partir de 2020 pour aider les pays en développement à lutter contre les changements climatiques et leurs effets. Les pays industrialisés se sont également engagés à augmenter progressivement leur contribution entre 2010 et 2020.
 La répartition de cet objectif entre pays n'a pas fait l'objet de négociations. Il n'y a donc pas de critère reconnu pour attribuer un objectif à la Belgique. Toutefois, dans l'Accord politique sur le Burden-Sharing intra-belge du 4 décembre 2015, la Belgique s'engage à un financement annuel de 50 millions d'euros jusqu'en 2020 (Commission national climat, 2015). Ce financement est réparti entre le fédéral (25 millions) et les Régions (respectivement 14,5, 8,25 et 2,25 millions d'euros pour les Régions flamande, wallonne et de Bruxelles-capitale).
 L’objectif est de contribuer de manière équitable à la mobilisation commune de 100 milliards de dollars par an d’ici 2020. Pour contribuer à cet engagement, vu que ce flux annuel n'est pas encore atteint, les pays développés doivent augmenter, année après année, leur financement en vue d’atteindre ces 100 milliards en 2020 (UNFCCC, 2013 et 2018). L'objectif est donc d'augmenter la contribution belge année après année jusqu’en 2020, afin d’apporter une contribution belge équitable à l’objectif commun des 100 milliards d’US$.
-Évolution: la contribution belge au financement climatique international est passée de 63,2 millions d'euros en 2013 à plus de 100,9 millions en 2016, et jusque 248,0 millions en 2023. Elle est restée supérieure à l'engagement belge de 50 millions tout au long de la période.
-[...1 lines deleted...]
-Ventilation selon la Région: la contribution au financement climatique international en 2023 est de 3,0 millions d'euros à Bruxelles, 12,5 millions d'euros en Flandre et 16,4 millions en Wallonie. Pour l'État fédéral, ce chiffre est de 216,0 millions d'euros.
 Indicateur ONU: l’indicateur choisi correspond à l'indicateur 13.a.1 - Montant (en dollars des États-Unis) des ressources mobilisées chaque année à compter de 2020 au titre de l’engagement de 100 milliards de dollars.
 Sources
-Générales
-[...6 lines deleted...]
-UNFCCC (2013), Long term climate finance, Decision 3/CP.19, www.unfccc.int
+Commission nationale climat (2015), Accord politique sur le Burden-Sharing intra-belge, https://www.cnc-nkc.be/fr/cadre-legal/accords-de-cooperation-protocole-etc (consulté le 10/12/2025).
+UNFCCC (2013), Long term climate finance, Decision 3/CP.19, www.unfccc.int.
 UNFCCC (2018), Report of the Conference of the Parties on its twenty-fourth session, held in Katowice from 2 to 15December (Document FCCC/CP/2018/10/Add.1, decision 3/CP.24), www.unfccc.int.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -178,51 +170,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:M17"/>
+  <dimension ref="A1:N17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2013</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -233,260 +225,281 @@
       </c>
       <c r="E3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="G3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="M3" s="1"/>
+      <c r="M3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="N3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>63.220259</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>95.4017535</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>46.82464365</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>100.9154815</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>104.9243832</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>80.683</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>99.71411602</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>108.346872</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>124.899436</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>153.994775</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>247.9693175</v>
       </c>
-      <c r="M4" s="1"/>
+      <c r="M4" s="1" t="n">
+        <v>287.114946</v>
+      </c>
+      <c r="N4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0"/>
       <c r="B5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
       <c r="B10" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="C10" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="D10" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="E10" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="F10" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="G10" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="H10" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="I10" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="J10" s="1"/>
+      <c r="J10" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="K10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="1" t="n">
         <v>5.367</v>
       </c>
       <c r="C11" s="1" t="n">
         <v>1.056</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>1.667</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>1.156</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>2.080622</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>2.753294</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>2.75</v>
       </c>
       <c r="I11" s="1" t="n">
         <v>3.00000025</v>
       </c>
-      <c r="J11" s="1"/>
+      <c r="J11" s="1" t="n">
+        <v>3.000001</v>
+      </c>
+      <c r="K11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="1" t="n">
         <v>18.952</v>
       </c>
       <c r="C12" s="1" t="n">
         <v>5.691</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>5.964</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>15.48</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>26.599334</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>12.74977</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>5.849142</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>12.509029</v>
       </c>
-      <c r="J12" s="1"/>
+      <c r="J12" s="1" t="n">
+        <v>19.44303</v>
+      </c>
+      <c r="K12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>9.294</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>9.399</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>8.841</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>9.545</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>9.503835</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>9.547731</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>14.502928</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>16.4249632</v>
       </c>
-      <c r="J13" s="1"/>
+      <c r="J13" s="1" t="n">
+        <v>13.8579</v>
+      </c>
+      <c r="K13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>67.302</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>88.778</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>64.21</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>73.533</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>70.163082</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>99.848641</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>130.892705</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>216.0353251</v>
       </c>
-      <c r="J14" s="1"/>
+      <c r="J14" s="1" t="n">
+        <v>250.814015</v>
+      </c>
+      <c r="K14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>