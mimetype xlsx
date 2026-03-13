--- v0 (2025-11-23)
+++ v1 (2026-03-13)
@@ -27,81 +27,72 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G12_CMU" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Utilisation circulaire de matières - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage de l'utilisation globale des matières</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>Statbel; Eurostat (2024), Taux d'utilisation circulaire de matières [cei_srm030], https://ec.europa.eu/eurostat (consulté le 26/8/2024).</t>
+    <t>Source: Statbel; Eurostat (2025), Taux d'utilisation circulaire de matières, cei_srm030, https://ec.europa.eu/eurostat, dernière mise à jour des données 13/11/2024 23:00 (consulté le 01/07/2025).</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G12_CMU</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Utilisation circulaire de matières (i63)</t>
+    <t>Utilisation circulaire de matières (i64)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: la part des matériaux recyclés et réinjectés dans l'économie, rapportée à l'utilisation globale des matériaux. Le taux d'utilisation circulaire de matières, également connu sous le nom de taux de circularité, est défini comme le rapport entre l'utilisation circulaire de matières et l'utilisation globale de matières. L'utilisation circulaire de matières est approximée par la quantité de déchets recyclés dans les installations de valorisation nationales (voir indicateur recyclage des déchets) moins les déchets importés destinés à la valorisation nationale plus les déchets exportés destinés à la valorisation à l'étranger. L'utilisation globale de matières est mesurée en additionnant la consommation intérieure de matières et l'utilisation circulaire de matières. Les données proviennent d'Eurostat.
 Objectif: l'utilisation circulaire de matières doit augmenter.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 12.5: "D’ici à 2030, réduire nettement la production de déchets par la prévention, la réduction, le recyclage et la réutilisation".
-Évolution: la part d'utilisation circulaire de matières a augmenté progressivement, passant de 13,6% en 2010 à 23,7% en 2021. En 2022, elle redescend à 22,2%.
-[...8 lines deleted...]
-</t>
+Indicateur ONU: l’indicateur choisi est lié à l'indicateur 12.5.1 - Taux de recyclage national, tonnes de matériaux recyclés.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -158,51 +149,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:O8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2010</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -219,141 +210,150 @@
       </c>
       <c r="G3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="H3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="I3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="J3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="K3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="L3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="M3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="N3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="O3" s="1"/>
+      <c r="O3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="P3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>13.6</v>
+        <v>13.5</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>17.4</v>
+        <v>17.3</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>17.4</v>
+        <v>17.3</v>
       </c>
       <c r="F4" s="1" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="G4" s="1" t="n">
         <v>18</v>
       </c>
-      <c r="G4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H4" s="1" t="n">
-        <v>18.2</v>
+        <v>18</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>19.1</v>
+        <v>19</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>20.8</v>
+        <v>20.6</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>20.7</v>
+        <v>20.5</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>23</v>
+        <v>22.9</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>23.7</v>
+        <v>21.4</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>22.2</v>
-[...1 lines deleted...]
-      <c r="O4" s="1"/>
+        <v>18.3</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="P4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="C5" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>11</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>11.1</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>11.4</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>11.5</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>11.3</v>
+        <v>11.2</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>11.6</v>
+        <v>11.2</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>11.4</v>
+        <v>11.1</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>11.5</v>
       </c>
-      <c r="O5" s="1"/>
+      <c r="O5" s="1" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="P5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>