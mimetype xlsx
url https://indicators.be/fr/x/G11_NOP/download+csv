--- v0 (2025-10-03)
+++ v1 (2026-02-13)
@@ -13,227 +13,223 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G11_NOP" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="53">
   <si>
     <t>Pollution sonore - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage de la population</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: BE 2019; collecte des données BE 2020 impactée par la pandémie de Covid-19; EU27 estimation</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024) ; Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_mddw01, https://ec.europa.eu/eurostat (consulté le 14/10/2024)</t>
+    <t>Note: rupture de série: BE 2019; collecte des données BE 2020 impactée par la pandémie de Covid-19; EU27 estimation. L?intervalle de confiance à 95 % pour la part de personnes confrontée à une pollution sonore en 2024 est de 12.2% à 15.1% pour Belgique</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), Indicateurs-SILC-SDG 2004-2024, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 28/08/2025); Statbel (2025), communication directe 18/1/2025; Statbel; Eurostat (2025), Nuisances sonores provenant des voisins ou de la voie publique, ilc_mddw01 , https://ec.europa.eu/eurostat, dernière mise à jour des données 18/07/2025 23:00 (consulté le 28/08/2025)</t>
   </si>
   <si>
     <t>Pollution sonore selon la région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024)</t>
+    <t>Note: rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19. L?intervalle de confiance à 95 % pour la part de personnes confrontée à une noise pollution en 2024 est de 16.4% à 23.0% pour Bruxelles, de 10.1% à 14% pour Flandre et de 12.1% à 17.0% pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (consulté le 14/08/2025); Statbel (2025), communication directe 18/11/2025</t>
   </si>
   <si>
     <t>Pollution sonore selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
+    <t>Note: rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025)</t>
+  </si>
+  <si>
     <t>Pollution sonore selon l'âge - Belgique</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Pollution sonore selon l'éducation - Belgique</t>
   </si>
   <si>
     <t>maximum secondaire inférieur</t>
   </si>
   <si>
     <t>secondaire supérieur</t>
   </si>
   <si>
     <t>supérieur</t>
   </si>
   <si>
     <t>Pollution sonore selon le type de ménage - Belgique</t>
   </si>
   <si>
     <t>personne isolée</t>
   </si>
   <si>
     <t>famille monoparentale</t>
   </si>
   <si>
     <t>2 adultes &lt;65</t>
   </si>
   <si>
     <t>2 adultes, au moins 1 &gt;64</t>
   </si>
   <si>
-    <t>2 adultes, 1 enfant</t>
-[...5 lines deleted...]
-    <t>2 adultes, 3+ enfants</t>
+    <t>2 adultes, 1 ou plusieurs enfants</t>
   </si>
   <si>
     <t>Pollution sonore selon le statut d'activité - Belgique</t>
   </si>
   <si>
     <t>avec emploi</t>
   </si>
   <si>
     <t>au chômage</t>
   </si>
   <si>
     <t>pensionné</t>
   </si>
   <si>
     <t>autre inactif</t>
   </si>
   <si>
-    <t>rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.   </t>
+    <t>Note: rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.</t>
+  </si>
+  <si>
+    <t>Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (consulté le 14/08/2025); Statbel (2025), Microfichiers SILC 2024: SILC_2024_CI</t>
   </si>
   <si>
     <t>Pollution sonore selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (consulté le 14/08/2025)</t>
+  </si>
+  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G11_NOP</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Pollution sonore (i58)</t>
+    <t>Pollution sonore (i59)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: cet indicateur mesure la part de la population qui déclare être affectée par le bruit des voisins ou le bruit de la rue. La sensibilité au bruit est subjective. Une variation de l'indicateur peut être due aussi bien à un changement dans le niveau réel du bruit qu'à un changement dans la sensibilité au bruit des personnes interrogées.
 Les données relatives à cet indicateur sont basées sur l'enquête Statistics on Income and Living Conditions (EU-SILC) de l'Union européenne. Statistics Belgium organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. 2004 est la première année pour laquelle des données européennes harmonisées ont été collectées pour calculer l'indicateur. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Les intervalles de confiance correspondant à ces données sont disponibles sur demande auprès de Statistics Belgium.
 À partir de 2019, la méthodologie de l’enquête a été revue en profondeur pour une meilleure précision. En 2020, c’est la pandémie de Covid-19 qui a impacté la collecte des données. De ce fait, il est difficile de comparer les résultats de SILC 2020 avec ceux des années précédentes. (Statbel, 2021). En conséquence, ils ne sont pas utilisés pour calculer et évaluer la tendance à long terme.
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, revenu, âge, éducation, type de ménage et statut d’activité.
 Objectif: la part de la population affectée par le bruit doit diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent deux sous-objectifs évoquant l'accès à un logement adéquat (11.1 "D’ici à 2030, assurer l’accès de tous à un logement et des services de base adéquats et sûrs, à un coût abordable, et assainir les quartiers de taudis") et la réduction de l'impact environnemental des villes (11.6 "D’ici à 2030, réduire l’impact environnemental négatif des villes par habitant, y compris en accordant une attention particulière à la qualité de l’air et à la gestion, notamment municipale, des déchets").
 La Vision stratégique fédérale à long terme de développement durable inclut l'objectif 25 "l’utilisation des moyens de transport produira le plus faible niveau possible (…) de nuisances sonores". En outre, le préambule du premier défi mentionne le logement décent comme une des conditions préalables au bien-être.
-Enfin, l'OMS a publié en 2018 des Lignes directrices relatives au bruit dans l'environnement dans la région européenne (OMS, 2018), qui fournissent des recommandations en termes de niveau maximum de bruit auquel les populations devraient être exposées. L'OMS mentionne également que le "bruit est l’un des risques environnementaux majeurs pour la santé physique et mentale" (OMS, 2019).
+Enfin, l'OMS a publié en 2018 des Lignes directrices relatives au bruit dans l'environnement dans la région européenne (OMS, 2018), qui fournissent des recommandations en termes de niveau maximum de bruit auquel les populations devraient être exposées. L'OMS mentionne également que le "bruit est l'un des principaux risques environnementaux pour la santé physique et mentale et le bien-être" (OMS, 2024).
 Il est donc considéré que la part de la population qui déclare qu'elle est affectée par le bruit des voisins ou le bruit de la rue doit diminuer.
-Évolution: cet indicateur a régulièrement diminué, passant de 25% en 2004 à 14,4% en 2023 (avec la nouvelle méthodologie utilisée à partir de 2019).
-[...3 lines deleted...]
-Ventilation selon le revenu: la pollution sonore est particulièrement présente chez les personnes avec les revenus les plus faibles, mais reste présente dans tous les groupes de revenu. En 2023, avec la nouvelle méthodologie utilisée à partir de 2019, la part de la population affectée par le bruit était de 21,3% pour la population du quintile de revenu le plus bas. Pour les quatre autres quintiles de revenus, cette part est de l’ordre de 13%.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 11.6, qui demande de réduire l'impact environnemental négatif des villes, ce qui inclut les nuisances sonores.
 Sources
-Générales
-[...8 lines deleted...]
-Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 19/11/2021).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
+OMS (2018), Lignes directrices relatives au bruit dans l'environnement dans la région européenne, https://www.who.int/europe/publications/i/item/9789289053563 (consulté le 19/12/2025).
+WHO (2024), How much does environmental noise affect our health? WHO updates methods to assess health risks, https://www.who.int/europe/news/item/04-08-2024-how-much-does-environmental-noise-affect-our-health--who-updates-methods-to-assess-health-risks (consulté le 19/12/2025).
+Statbel (2021), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 19/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -291,51 +287,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V87"/>
+  <dimension ref="A1:W85"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -373,51 +369,54 @@
       </c>
       <c r="N3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V3" s="1"/>
+      <c r="V3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>25</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>22.5</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>22.8</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>20.9</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>19.4</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>18.8</v>
@@ -425,240 +424,258 @@
       <c r="I4" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>18</v>
       </c>
       <c r="N4" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>16</v>
+        <v>15.9</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>14.4</v>
+        <v>14.5</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>14.3</v>
+        <v>14.2</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>14.4</v>
-[...1 lines deleted...]
-      <c r="V4" s="1"/>
+        <v>14.3</v>
+      </c>
+      <c r="V4" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="W4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="H5" s="1" t="n">
-[...3 lines deleted...]
-        <v>19.7</v>
+      <c r="H5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I5" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="L5" s="1" t="n">
         <v>18.5</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="P5" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="Q5" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="R5" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="S5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="T5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="U5" s="1" t="n">
         <v>18.2</v>
       </c>
-      <c r="V5" s="1"/>
+      <c r="V5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G12" s="1"/>
+      <c r="G12" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
-        <v>24.8</v>
+        <v>24.7</v>
       </c>
       <c r="C13" s="1" t="n">
+        <v>21.3</v>
+      </c>
+      <c r="D13" s="1" t="n">
         <v>21.2</v>
       </c>
-      <c r="D13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="1" t="n">
-        <v>21</v>
+        <v>20.7</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>19.6</v>
-[...1 lines deleted...]
-      <c r="G13" s="1"/>
+        <v>19.1</v>
+      </c>
+      <c r="G13" s="1" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="H13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>14.8</v>
+        <v>14.7</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>11.4</v>
+        <v>11.2</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>11.4</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>12.8</v>
       </c>
-      <c r="G14" s="1"/>
+      <c r="G14" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="H14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>15.3</v>
+        <v>14.9</v>
       </c>
       <c r="C15" s="1" t="n">
         <v>15.9</v>
       </c>
       <c r="D15" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>15.5</v>
+        <v>15.4</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>15.5</v>
-[...1 lines deleted...]
-      <c r="G15" s="1"/>
+        <v>15.4</v>
+      </c>
+      <c r="G15" s="1" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="H15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -705,51 +722,54 @@
       </c>
       <c r="N22" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O22" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P22" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V22" s="1"/>
+      <c r="V22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>25.2</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>24</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>23.1</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>21</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>19.4</v>
@@ -757,65 +777,68 @@
       <c r="I23" s="1" t="n">
         <v>20.5</v>
       </c>
       <c r="J23" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="K23" s="1" t="n">
         <v>18</v>
       </c>
       <c r="L23" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="M23" s="1" t="n">
         <v>18.8</v>
       </c>
       <c r="N23" s="1" t="n">
         <v>16.4</v>
       </c>
       <c r="O23" s="1" t="n">
         <v>15.4</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="Q23" s="1" t="n">
-        <v>15.7</v>
+        <v>15.6</v>
       </c>
       <c r="R23" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="S23" s="1" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="T23" s="1" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="U23" s="1" t="n">
         <v>14.4</v>
       </c>
-      <c r="T23" s="1" t="n">
-[...5 lines deleted...]
-      <c r="V23" s="1"/>
+      <c r="V23" s="1" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="W23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>24.7</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>22.5</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>22.6</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>20.7</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>19</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>18.2</v>
@@ -823,86 +846,89 @@
       <c r="I24" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="J24" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="K24" s="1" t="n">
         <v>17.1</v>
       </c>
       <c r="L24" s="1" t="n">
         <v>18</v>
       </c>
       <c r="M24" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="N24" s="1" t="n">
         <v>15.2</v>
       </c>
       <c r="O24" s="1" t="n">
         <v>16</v>
       </c>
       <c r="P24" s="1" t="n">
         <v>18</v>
       </c>
       <c r="Q24" s="1" t="n">
-        <v>16.4</v>
+        <v>16.1</v>
       </c>
       <c r="R24" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="S24" s="1" t="n">
-        <v>14.2</v>
+        <v>14.1</v>
       </c>
       <c r="T24" s="1" t="n">
         <v>14</v>
       </c>
       <c r="U24" s="1" t="n">
-        <v>14.3</v>
-[...1 lines deleted...]
-      <c r="V24" s="1"/>
+        <v>14.2</v>
+      </c>
+      <c r="V24" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="W24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0"/>
       <c r="B25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0"/>
       <c r="B31" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C31" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D31" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E31" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="F31" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="G31" s="1" t="n">
@@ -928,319 +954,334 @@
       </c>
       <c r="N31" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O31" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P31" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q31" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R31" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S31" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T31" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U31" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V31" s="1"/>
+      <c r="V31" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B32" s="1" t="n">
         <v>25.6</v>
       </c>
       <c r="C32" s="1" t="n">
         <v>23.7</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>22.1</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>23.4</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="G32" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="H32" s="1" t="n">
         <v>19.2</v>
       </c>
       <c r="I32" s="1" t="n">
         <v>21.7</v>
       </c>
       <c r="J32" s="1" t="n">
         <v>17.4</v>
       </c>
       <c r="K32" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="L32" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="M32" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="N32" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="O32" s="1" t="n">
         <v>17</v>
       </c>
       <c r="P32" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="Q32" s="1" t="n">
-        <v>17</v>
+        <v>16.7</v>
       </c>
       <c r="R32" s="1" t="n">
-        <v>14.6</v>
+        <v>14.7</v>
       </c>
       <c r="S32" s="1" t="n">
-        <v>13.1</v>
+        <v>13</v>
       </c>
       <c r="T32" s="1" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="U32" s="1" t="n">
         <v>14.2</v>
       </c>
-      <c r="U32" s="1" t="n">
-[...2 lines deleted...]
-      <c r="V32" s="1"/>
+      <c r="V32" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="W32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
         <v>28.6</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>23.4</v>
       </c>
       <c r="D33" s="1" t="n">
         <v>23.1</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>24.7</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>22.7</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>19.6</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>19.2</v>
       </c>
       <c r="J33" s="1" t="n">
         <v>19.2</v>
       </c>
       <c r="K33" s="1" t="n">
         <v>19.8</v>
       </c>
       <c r="L33" s="1" t="n">
         <v>19.6</v>
       </c>
       <c r="M33" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="N33" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="O33" s="1" t="n">
         <v>16.1</v>
       </c>
       <c r="P33" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="Q33" s="1" t="n">
-        <v>14.7</v>
+        <v>14.3</v>
       </c>
       <c r="R33" s="1" t="n">
-        <v>16.7</v>
+        <v>16.2</v>
       </c>
       <c r="S33" s="1" t="n">
-        <v>15.3</v>
+        <v>15</v>
       </c>
       <c r="T33" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="U33" s="1" t="n">
         <v>15.7</v>
       </c>
-      <c r="U33" s="1" t="n">
-[...2 lines deleted...]
-      <c r="V33" s="1"/>
+      <c r="V33" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="W33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
         <v>25.6</v>
       </c>
       <c r="C34" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="D34" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="E34" s="1" t="n">
         <v>23.9</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>21.7</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>21.5</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>21.5</v>
       </c>
       <c r="J34" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>19</v>
       </c>
       <c r="L34" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="M34" s="1" t="n">
         <v>18.9</v>
       </c>
       <c r="N34" s="1" t="n">
         <v>16.9</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>16.5</v>
       </c>
       <c r="P34" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="Q34" s="1" t="n">
-        <v>16.9</v>
+        <v>16.8</v>
       </c>
       <c r="R34" s="1" t="n">
-        <v>15.5</v>
+        <v>15.6</v>
       </c>
       <c r="S34" s="1" t="n">
         <v>15.4</v>
       </c>
       <c r="T34" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="U34" s="1" t="n">
         <v>15.7</v>
       </c>
-      <c r="V34" s="1"/>
+      <c r="V34" s="1" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="W34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B35" s="1" t="n">
         <v>24.5</v>
       </c>
       <c r="C35" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="D35" s="1" t="n">
         <v>23.5</v>
       </c>
       <c r="E35" s="1" t="n">
         <v>23.1</v>
       </c>
       <c r="F35" s="1" t="n">
         <v>20.2</v>
       </c>
       <c r="G35" s="1" t="n">
         <v>18</v>
       </c>
       <c r="H35" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="I35" s="1" t="n">
         <v>17.7</v>
       </c>
       <c r="J35" s="1" t="n">
         <v>17.1</v>
       </c>
       <c r="K35" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="L35" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="M35" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="N35" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="O35" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="P35" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="Q35" s="1" t="n">
-        <v>16.3</v>
+        <v>16.2</v>
       </c>
       <c r="R35" s="1" t="n">
         <v>14.3</v>
       </c>
       <c r="S35" s="1" t="n">
-        <v>15.3</v>
+        <v>15</v>
       </c>
       <c r="T35" s="1" t="n">
         <v>14.2</v>
       </c>
       <c r="U35" s="1" t="n">
-        <v>14.5</v>
-[...1 lines deleted...]
-      <c r="V35" s="1"/>
+        <v>14.4</v>
+      </c>
+      <c r="V35" s="1" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="W35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B36" s="1" t="n">
         <v>21.2</v>
       </c>
       <c r="C36" s="1" t="n">
         <v>22.1</v>
       </c>
       <c r="D36" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="E36" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="F36" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="G36" s="1" t="n">
         <v>15.1</v>
       </c>
       <c r="H36" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="I36" s="1" t="n">
         <v>15.8</v>
       </c>
@@ -1253,77 +1294,80 @@
       <c r="L36" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="M36" s="1" t="n">
         <v>14.3</v>
       </c>
       <c r="N36" s="1" t="n">
         <v>11</v>
       </c>
       <c r="O36" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="P36" s="1" t="n">
         <v>15.4</v>
       </c>
       <c r="Q36" s="1" t="n">
         <v>13.5</v>
       </c>
       <c r="R36" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="S36" s="1" t="n">
         <v>12.4</v>
       </c>
       <c r="T36" s="1" t="n">
-        <v>10.1</v>
+        <v>10</v>
       </c>
       <c r="U36" s="1" t="n">
         <v>11.2</v>
       </c>
-      <c r="V36" s="1"/>
+      <c r="V36" s="1" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="W36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0"/>
       <c r="B37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0"/>
       <c r="B43" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C43" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D43" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="G43" s="1" t="n">
@@ -1349,270 +1393,282 @@
       </c>
       <c r="N43" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O43" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P43" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q43" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R43" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S43" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T43" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U43" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V43" s="1"/>
+      <c r="V43" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B44" s="1" t="n">
         <v>24.2</v>
       </c>
       <c r="C44" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="D44" s="1" t="n">
         <v>22.1</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>21</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>20.8</v>
       </c>
       <c r="G44" s="1" t="n">
         <v>19.4</v>
       </c>
       <c r="H44" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="I44" s="1" t="n">
         <v>21.1</v>
       </c>
       <c r="J44" s="1" t="n">
         <v>18.7</v>
       </c>
       <c r="K44" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="L44" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="M44" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="N44" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="O44" s="1" t="n">
         <v>16.9</v>
       </c>
       <c r="P44" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>16</v>
+        <v>15.7</v>
       </c>
       <c r="R44" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="S44" s="1" t="n">
-        <v>17.1</v>
+        <v>16.9</v>
       </c>
       <c r="T44" s="1" t="n">
-        <v>15.4</v>
+        <v>15</v>
       </c>
       <c r="U44" s="1" t="n">
-        <v>18.8</v>
-[...1 lines deleted...]
-      <c r="V44" s="1"/>
+        <v>18.7</v>
+      </c>
+      <c r="V44" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="W44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B45" s="1" t="n">
         <v>25.1</v>
       </c>
       <c r="C45" s="1" t="n">
         <v>22.3</v>
       </c>
       <c r="D45" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="E45" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="F45" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="G45" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="H45" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="I45" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="J45" s="1" t="n">
         <v>17.2</v>
       </c>
       <c r="K45" s="1" t="n">
         <v>18.6</v>
       </c>
       <c r="L45" s="1" t="n">
         <v>17.9</v>
       </c>
       <c r="M45" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="N45" s="1" t="n">
         <v>15.5</v>
       </c>
       <c r="O45" s="1" t="n">
         <v>14.1</v>
       </c>
       <c r="P45" s="1" t="n">
         <v>16.7</v>
       </c>
       <c r="Q45" s="1" t="n">
-        <v>15.7</v>
+        <v>15.6</v>
       </c>
       <c r="R45" s="1" t="n">
         <v>14.5</v>
       </c>
       <c r="S45" s="1" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="T45" s="1" t="n">
         <v>14</v>
       </c>
-      <c r="T45" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="U45" s="1" t="n">
-        <v>13.3</v>
-[...1 lines deleted...]
-      <c r="V45" s="1"/>
+        <v>13.2</v>
+      </c>
+      <c r="V45" s="1" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="W45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B46" s="1" t="n">
         <v>25.2</v>
       </c>
       <c r="C46" s="1" t="n">
         <v>23.8</v>
       </c>
       <c r="D46" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="E46" s="1" t="n">
         <v>24.4</v>
       </c>
       <c r="F46" s="1" t="n">
         <v>20.5</v>
       </c>
       <c r="G46" s="1" t="n">
         <v>19.2</v>
       </c>
       <c r="H46" s="1" t="n">
         <v>17.5</v>
       </c>
       <c r="I46" s="1" t="n">
         <v>18.1</v>
       </c>
       <c r="J46" s="1" t="n">
         <v>15.7</v>
       </c>
       <c r="K46" s="1" t="n">
         <v>16.6</v>
       </c>
       <c r="L46" s="1" t="n">
         <v>18.2</v>
       </c>
       <c r="M46" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="N46" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="O46" s="1" t="n">
         <v>14.8</v>
       </c>
       <c r="P46" s="1" t="n">
         <v>17.8</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>15.6</v>
+        <v>15.5</v>
       </c>
       <c r="R46" s="1" t="n">
         <v>14.4</v>
       </c>
       <c r="S46" s="1" t="n">
-        <v>13.7</v>
+        <v>13.6</v>
       </c>
       <c r="T46" s="1" t="n">
-        <v>12.6</v>
+        <v>12.7</v>
       </c>
       <c r="U46" s="1" t="n">
-        <v>13.1</v>
-[...1 lines deleted...]
-      <c r="V46" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="V46" s="1" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="W46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
       <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C53" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D53" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E53" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="G53" s="1" t="n">
@@ -1638,55 +1694,58 @@
       </c>
       <c r="N53" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O53" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P53" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q53" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R53" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S53" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T53" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U53" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V53" s="1"/>
+      <c r="V53" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B54" s="1" t="n">
         <v>24.8</v>
       </c>
       <c r="C54" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="D54" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="E54" s="1" t="n">
         <v>23</v>
       </c>
       <c r="F54" s="1" t="n">
         <v>23.7</v>
       </c>
       <c r="G54" s="1" t="n">
         <v>22.1</v>
       </c>
       <c r="H54" s="1" t="n">
         <v>22.8</v>
       </c>
       <c r="I54" s="1" t="n">
         <v>21.9</v>
       </c>
@@ -1696,1297 +1755,1213 @@
       <c r="K54" s="1" t="n">
         <v>20</v>
       </c>
       <c r="L54" s="1" t="n">
         <v>20.3</v>
       </c>
       <c r="M54" s="1" t="n">
         <v>21.3</v>
       </c>
       <c r="N54" s="1" t="n">
         <v>18.5</v>
       </c>
       <c r="O54" s="1" t="n">
         <v>17.9</v>
       </c>
       <c r="P54" s="1" t="n">
         <v>18.3</v>
       </c>
       <c r="Q54" s="1" t="n">
         <v>17</v>
       </c>
       <c r="R54" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="S54" s="1" t="n">
-        <v>17.5</v>
+        <v>17.6</v>
       </c>
       <c r="T54" s="1" t="n">
         <v>15</v>
       </c>
       <c r="U54" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="V54" s="1"/>
+      <c r="V54" s="1" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="W54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B55" s="1" t="n">
         <v>35.9</v>
       </c>
       <c r="C55" s="1" t="n">
         <v>30.1</v>
       </c>
       <c r="D55" s="1" t="n">
         <v>27.8</v>
       </c>
       <c r="E55" s="1" t="n">
         <v>28.1</v>
       </c>
       <c r="F55" s="1" t="n">
         <v>25.8</v>
       </c>
       <c r="G55" s="1" t="n">
         <v>29.3</v>
       </c>
       <c r="H55" s="1" t="n">
         <v>28.1</v>
       </c>
       <c r="I55" s="1" t="n">
         <v>24.3</v>
       </c>
       <c r="J55" s="1" t="n">
         <v>22.9</v>
       </c>
       <c r="K55" s="1" t="n">
         <v>24</v>
       </c>
       <c r="L55" s="1" t="n">
         <v>22.4</v>
       </c>
       <c r="M55" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="N55" s="1" t="n">
         <v>25.8</v>
       </c>
       <c r="O55" s="1" t="n">
         <v>23.1</v>
       </c>
       <c r="P55" s="1" t="n">
         <v>21.2</v>
       </c>
       <c r="Q55" s="1" t="n">
-        <v>19.7</v>
+        <v>19.2</v>
       </c>
       <c r="R55" s="1" t="n">
-        <v>20.4</v>
+        <v>20.5</v>
       </c>
       <c r="S55" s="1" t="n">
-        <v>21</v>
+        <v>21.1</v>
       </c>
       <c r="T55" s="1" t="n">
-        <v>21.7</v>
+        <v>21.6</v>
       </c>
       <c r="U55" s="1" t="n">
-        <v>26.3</v>
-[...1 lines deleted...]
-      <c r="V55" s="1"/>
+        <v>25.7</v>
+      </c>
+      <c r="V55" s="1" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="W55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B56" s="1" t="n">
         <v>26</v>
       </c>
       <c r="C56" s="1" t="n">
         <v>21.1</v>
       </c>
       <c r="D56" s="1" t="n">
         <v>25.1</v>
       </c>
       <c r="E56" s="1" t="n">
         <v>24</v>
       </c>
       <c r="F56" s="1" t="n">
         <v>21.4</v>
       </c>
       <c r="G56" s="1" t="n">
         <v>20.2</v>
       </c>
       <c r="H56" s="1" t="n">
         <v>19.9</v>
       </c>
       <c r="I56" s="1" t="n">
         <v>19.3</v>
       </c>
       <c r="J56" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="K56" s="1" t="n">
         <v>20.6</v>
       </c>
       <c r="L56" s="1" t="n">
         <v>20.2</v>
       </c>
       <c r="M56" s="1" t="n">
         <v>19.4</v>
       </c>
       <c r="N56" s="1" t="n">
         <v>15.8</v>
       </c>
       <c r="O56" s="1" t="n">
         <v>17.3</v>
       </c>
       <c r="P56" s="1" t="n">
         <v>19.1</v>
       </c>
       <c r="Q56" s="1" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="R56" s="1" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="S56" s="1" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="T56" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="U56" s="1" t="n">
         <v>16.2</v>
       </c>
-      <c r="R56" s="1" t="n">
-[...11 lines deleted...]
-      <c r="V56" s="1"/>
+      <c r="V56" s="1" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="W56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B57" s="1" t="n">
         <v>20.8</v>
       </c>
       <c r="C57" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="D57" s="1" t="n">
         <v>23.6</v>
       </c>
       <c r="E57" s="1" t="n">
         <v>20.4</v>
       </c>
       <c r="F57" s="1" t="n">
         <v>17.6</v>
       </c>
       <c r="G57" s="1" t="n">
         <v>16.3</v>
       </c>
       <c r="H57" s="1" t="n">
         <v>13.9</v>
       </c>
       <c r="I57" s="1" t="n">
         <v>16</v>
       </c>
       <c r="J57" s="1" t="n">
         <v>13.7</v>
       </c>
       <c r="K57" s="1" t="n">
         <v>12.1</v>
       </c>
       <c r="L57" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="M57" s="1" t="n">
         <v>14.6</v>
       </c>
       <c r="N57" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="O57" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="P57" s="1" t="n">
         <v>16</v>
       </c>
       <c r="Q57" s="1" t="n">
         <v>14</v>
       </c>
       <c r="R57" s="1" t="n">
-        <v>10.9</v>
+        <v>11</v>
       </c>
       <c r="S57" s="1" t="n">
-        <v>12.1</v>
+        <v>12</v>
       </c>
       <c r="T57" s="1" t="n">
-        <v>8.9</v>
+        <v>8.6</v>
       </c>
       <c r="U57" s="1" t="n">
         <v>9.2</v>
       </c>
-      <c r="V57" s="1"/>
+      <c r="V57" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="W57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B58" s="1" t="n">
-        <v>27.9</v>
+        <v>24.6</v>
       </c>
       <c r="C58" s="1" t="n">
-        <v>24.8</v>
+        <v>23.3</v>
       </c>
       <c r="D58" s="1" t="n">
-        <v>23.6</v>
+        <v>21.8</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>27.1</v>
+        <v>23.7</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>20.2</v>
+        <v>20.4</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>19.2</v>
+        <v>18.2</v>
       </c>
       <c r="H58" s="1" t="n">
-        <v>18</v>
+        <v>16.3</v>
       </c>
       <c r="I58" s="1" t="n">
-        <v>18.4</v>
+        <v>19.6</v>
       </c>
       <c r="J58" s="1" t="n">
-        <v>15.8</v>
+        <v>15.9</v>
       </c>
       <c r="K58" s="1" t="n">
-        <v>19.3</v>
+        <v>16.9</v>
       </c>
       <c r="L58" s="1" t="n">
-        <v>19</v>
+        <v>17.5</v>
       </c>
       <c r="M58" s="1" t="n">
-        <v>17.3</v>
+        <v>16.9</v>
       </c>
       <c r="N58" s="1" t="n">
-        <v>16.2</v>
+        <v>14.2</v>
       </c>
       <c r="O58" s="1" t="n">
-        <v>15.3</v>
+        <v>14.8</v>
       </c>
       <c r="P58" s="1" t="n">
-        <v>17.1</v>
+        <v>17.9</v>
       </c>
       <c r="Q58" s="1" t="n">
-        <v>17.3</v>
+        <v>16</v>
       </c>
       <c r="R58" s="1" t="n">
-        <v>13.4</v>
-[...5 lines deleted...]
-        <f>=NA()</f>
+        <v>12.9</v>
+      </c>
+      <c r="S58" s="1" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="T58" s="1" t="n">
+        <v>12.6</v>
       </c>
       <c r="U58" s="1" t="n">
-        <v>14.9</v>
-[...1 lines deleted...]
-      <c r="V58" s="1"/>
+        <v>12.5</v>
+      </c>
+      <c r="V58" s="1" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="W58" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V59" s="1"/>
+      <c r="A59" s="0"/>
+      <c r="B59" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
-        <v>32</v>
-[...19 lines deleted...]
-      <c r="H60" s="1" t="n">
         <v>15</v>
       </c>
-      <c r="I60" s="1" t="n">
-[...5 lines deleted...]
-      <c r="K60" s="1" t="n">
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="L60" s="1" t="n">
-[...33 lines deleted...]
-      <c r="B61" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A62" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="0"/>
+      <c r="A64" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A65" s="0"/>
+      <c r="B65" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C65" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D65" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E65" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F65" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G65" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H65" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I65" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J65" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K65" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L65" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M65" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N65" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O65" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P65" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q65" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R65" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S65" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T65" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U65" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V65" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W65" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>34</v>
+      </c>
+      <c r="B66" s="1" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="C66" s="1" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="D66" s="1" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="E66" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="F66" s="1" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="G66" s="1" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="H66" s="1" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="I66" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="J66" s="1" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="K66" s="1" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="L66" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="M66" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="N66" s="1" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="O66" s="1" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="P66" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="Q66" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="R66" s="1" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="S66" s="1" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="T66" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="U66" s="1" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="V66" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="W66" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="0"/>
+      <c r="A67" s="0" t="s">
+        <v>35</v>
+      </c>
       <c r="B67" s="1" t="n">
-        <v>2004</v>
+        <v>30.5</v>
       </c>
       <c r="C67" s="1" t="n">
-        <v>2005</v>
+        <v>25.5</v>
       </c>
       <c r="D67" s="1" t="n">
-        <v>2006</v>
+        <v>26.7</v>
       </c>
       <c r="E67" s="1" t="n">
-        <v>2007</v>
+        <v>28.8</v>
       </c>
       <c r="F67" s="1" t="n">
-        <v>2008</v>
+        <v>27.6</v>
       </c>
       <c r="G67" s="1" t="n">
-        <v>2009</v>
+        <v>24.7</v>
       </c>
       <c r="H67" s="1" t="n">
-        <v>2010</v>
+        <v>26.6</v>
       </c>
       <c r="I67" s="1" t="n">
-        <v>2011</v>
+        <v>26.5</v>
       </c>
       <c r="J67" s="1" t="n">
-        <v>2012</v>
+        <v>22.8</v>
       </c>
       <c r="K67" s="1" t="n">
-        <v>2013</v>
+        <v>22</v>
       </c>
       <c r="L67" s="1" t="n">
-        <v>2014</v>
+        <v>24.5</v>
       </c>
       <c r="M67" s="1" t="n">
-        <v>2015</v>
+        <v>27.4</v>
       </c>
       <c r="N67" s="1" t="n">
-        <v>2016</v>
+        <v>20</v>
       </c>
       <c r="O67" s="1" t="n">
-        <v>2017</v>
+        <v>21.4</v>
       </c>
       <c r="P67" s="1" t="n">
-        <v>2018</v>
+        <v>23.1</v>
       </c>
       <c r="Q67" s="1" t="n">
-        <v>2019</v>
+        <v>21.4</v>
       </c>
       <c r="R67" s="1" t="n">
-        <v>2020</v>
+        <v>20</v>
       </c>
       <c r="S67" s="1" t="n">
-        <v>2021</v>
+        <v>21.8</v>
       </c>
       <c r="T67" s="1" t="n">
-        <v>2022</v>
+        <v>21.1</v>
       </c>
       <c r="U67" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V67" s="1"/>
+        <v>21.7</v>
+      </c>
+      <c r="V67" s="1" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="W67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B68" s="1" t="n">
-        <v>24.5</v>
+        <v>22.1</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>22.3</v>
+        <v>22.4</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>22.2</v>
+        <v>21.3</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>23</v>
+        <v>18.6</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>19.8</v>
+        <v>18.4</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>19.7</v>
+        <v>15.3</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>18.3</v>
+        <v>15.2</v>
       </c>
       <c r="I68" s="1" t="n">
-        <v>18</v>
+        <v>15.8</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>16.5</v>
+        <v>13.7</v>
       </c>
       <c r="K68" s="1" t="n">
-        <v>17.9</v>
+        <v>13.7</v>
       </c>
       <c r="L68" s="1" t="n">
-        <v>18</v>
+        <v>14.3</v>
       </c>
       <c r="M68" s="1" t="n">
-        <v>17.1</v>
+        <v>14.5</v>
       </c>
       <c r="N68" s="1" t="n">
-        <v>15.1</v>
+        <v>12.4</v>
       </c>
       <c r="O68" s="1" t="n">
-        <v>14.2</v>
+        <v>13.4</v>
       </c>
       <c r="P68" s="1" t="n">
-        <v>16.6</v>
+        <v>15.8</v>
       </c>
       <c r="Q68" s="1" t="n">
-        <v>15.6</v>
+        <v>13.8</v>
       </c>
       <c r="R68" s="1" t="n">
-        <v>14.3</v>
+        <v>12</v>
       </c>
       <c r="S68" s="1" t="n">
-        <v>13.8</v>
+        <v>13</v>
       </c>
       <c r="T68" s="1" t="n">
-        <v>13.3</v>
+        <v>10.4</v>
       </c>
       <c r="U68" s="1" t="n">
-        <v>14.3</v>
-[...1 lines deleted...]
-      <c r="V68" s="1"/>
+        <v>11.4</v>
+      </c>
+      <c r="V68" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="W68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B69" s="1" t="n">
-        <v>30.5</v>
+        <v>26.2</v>
       </c>
       <c r="C69" s="1" t="n">
-        <v>25.5</v>
+        <v>23.5</v>
       </c>
       <c r="D69" s="1" t="n">
-        <v>26.7</v>
+        <v>22.4</v>
       </c>
       <c r="E69" s="1" t="n">
-        <v>28.8</v>
+        <v>22.9</v>
       </c>
       <c r="F69" s="1" t="n">
-        <v>27.6</v>
+        <v>22.8</v>
       </c>
       <c r="G69" s="1" t="n">
-        <v>24.7</v>
+        <v>20.3</v>
       </c>
       <c r="H69" s="1" t="n">
-        <v>26.6</v>
+        <v>20.3</v>
       </c>
       <c r="I69" s="1" t="n">
-        <v>26.5</v>
+        <v>21.7</v>
       </c>
       <c r="J69" s="1" t="n">
-        <v>22.8</v>
+        <v>20.6</v>
       </c>
       <c r="K69" s="1" t="n">
-        <v>22</v>
+        <v>19.8</v>
       </c>
       <c r="L69" s="1" t="n">
-        <v>24.5</v>
+        <v>21.2</v>
       </c>
       <c r="M69" s="1" t="n">
-        <v>27.4</v>
+        <v>21.8</v>
       </c>
       <c r="N69" s="1" t="n">
-        <v>20</v>
+        <v>18.6</v>
       </c>
       <c r="O69" s="1" t="n">
-        <v>21.4</v>
+        <v>18.1</v>
       </c>
       <c r="P69" s="1" t="n">
-        <v>23.1</v>
+        <v>20.6</v>
       </c>
       <c r="Q69" s="1" t="n">
-        <v>21.3</v>
+        <v>16.8</v>
       </c>
       <c r="R69" s="1" t="n">
-        <v>20.2</v>
+        <v>16.9</v>
       </c>
       <c r="S69" s="1" t="n">
-        <v>22.1</v>
+        <v>16.3</v>
       </c>
       <c r="T69" s="1" t="n">
-        <v>21.5</v>
+        <v>16.3</v>
       </c>
       <c r="U69" s="1" t="n">
-        <v>21.3</v>
-[...1 lines deleted...]
-      <c r="V69" s="1"/>
+        <v>16.7</v>
+      </c>
+      <c r="V69" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="W69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V70" s="1"/>
+      <c r="A70" s="0"/>
+      <c r="B70" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="s">
-        <v>37</v>
-[...61 lines deleted...]
-      <c r="V71" s="1"/>
+        <v>38</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="0"/>
-      <c r="B72" s="1"/>
+      <c r="A72" s="0" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A73" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="0"/>
+      <c r="A75" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A76" s="0"/>
+      <c r="B76" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C76" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D76" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F76" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G76" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H76" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I76" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J76" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K76" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L76" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M76" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N76" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O76" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P76" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q76" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R76" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S76" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T76" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U76" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V76" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W76" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="s">
-        <v>1</v>
-      </c>
+        <v>41</v>
+      </c>
+      <c r="B77" s="1" t="n">
+        <v>30.3</v>
+      </c>
+      <c r="C77" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="D77" s="1" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="E77" s="1" t="n">
+        <v>26.6</v>
+      </c>
+      <c r="F77" s="1" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="G77" s="1" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="H77" s="1" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="I77" s="1" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="J77" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="K77" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="L77" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="M77" s="1" t="n">
+        <v>24.9</v>
+      </c>
+      <c r="N77" s="1" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="O77" s="1" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="P77" s="1" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="Q77" s="1" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="R77" s="1" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="S77" s="1" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="T77" s="1" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="U77" s="1" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="V77" s="1" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="W77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="0"/>
+      <c r="A78" s="0" t="s">
+        <v>42</v>
+      </c>
       <c r="B78" s="1" t="n">
-        <v>2004</v>
+        <v>24.4</v>
       </c>
       <c r="C78" s="1" t="n">
-        <v>2005</v>
+        <v>24.1</v>
       </c>
       <c r="D78" s="1" t="n">
-        <v>2006</v>
+        <v>22.6</v>
       </c>
       <c r="E78" s="1" t="n">
-        <v>2007</v>
+        <v>22.7</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>2008</v>
+        <v>23.3</v>
       </c>
       <c r="G78" s="1" t="n">
-        <v>2009</v>
+        <v>18.9</v>
       </c>
       <c r="H78" s="1" t="n">
-        <v>2010</v>
+        <v>19</v>
       </c>
       <c r="I78" s="1" t="n">
-        <v>2011</v>
+        <v>21.5</v>
       </c>
       <c r="J78" s="1" t="n">
-        <v>2012</v>
+        <v>19.7</v>
       </c>
       <c r="K78" s="1" t="n">
-        <v>2013</v>
+        <v>19.8</v>
       </c>
       <c r="L78" s="1" t="n">
-        <v>2014</v>
+        <v>19.4</v>
       </c>
       <c r="M78" s="1" t="n">
-        <v>2015</v>
+        <v>18.6</v>
       </c>
       <c r="N78" s="1" t="n">
-        <v>2016</v>
+        <v>17.5</v>
       </c>
       <c r="O78" s="1" t="n">
-        <v>2017</v>
+        <v>16</v>
       </c>
       <c r="P78" s="1" t="n">
-        <v>2018</v>
+        <v>17.3</v>
       </c>
       <c r="Q78" s="1" t="n">
-        <v>2019</v>
+        <v>16.3</v>
       </c>
       <c r="R78" s="1" t="n">
-        <v>2020</v>
+        <v>15.9</v>
       </c>
       <c r="S78" s="1" t="n">
-        <v>2021</v>
+        <v>15.7</v>
       </c>
       <c r="T78" s="1" t="n">
-        <v>2022</v>
+        <v>12.2</v>
       </c>
       <c r="U78" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V78" s="1"/>
+        <v>15.2</v>
+      </c>
+      <c r="V78" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="W78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B79" s="1" t="n">
-        <v>30.3</v>
+        <v>23.5</v>
       </c>
       <c r="C79" s="1" t="n">
-        <v>27.7</v>
+        <v>22.6</v>
       </c>
       <c r="D79" s="1" t="n">
-        <v>26.3</v>
+        <v>23.2</v>
       </c>
       <c r="E79" s="1" t="n">
-        <v>26.6</v>
+        <v>21.2</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>26.7</v>
+        <v>18.5</v>
       </c>
       <c r="G79" s="1" t="n">
-        <v>24.8</v>
+        <v>19.9</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>25.1</v>
+        <v>19.7</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>26.5</v>
+        <v>17.6</v>
       </c>
       <c r="J79" s="1" t="n">
-        <v>23</v>
+        <v>16.2</v>
       </c>
       <c r="K79" s="1" t="n">
-        <v>22</v>
+        <v>15.7</v>
       </c>
       <c r="L79" s="1" t="n">
-        <v>24</v>
+        <v>15.2</v>
       </c>
       <c r="M79" s="1" t="n">
-        <v>24.9</v>
+        <v>18.2</v>
       </c>
       <c r="N79" s="1" t="n">
-        <v>21.6</v>
+        <v>15.1</v>
       </c>
       <c r="O79" s="1" t="n">
-        <v>23.7</v>
+        <v>13.9</v>
       </c>
       <c r="P79" s="1" t="n">
-        <v>22.3</v>
+        <v>18.5</v>
       </c>
       <c r="Q79" s="1" t="n">
-        <v>19.1</v>
+        <v>16.6</v>
       </c>
       <c r="R79" s="1" t="n">
-        <v>17.5</v>
+        <v>15.2</v>
       </c>
       <c r="S79" s="1" t="n">
-        <v>18.6</v>
+        <v>13.1</v>
       </c>
       <c r="T79" s="1" t="n">
-        <v>20.3</v>
+        <v>12.4</v>
       </c>
       <c r="U79" s="1" t="n">
-        <v>21.3</v>
-[...1 lines deleted...]
-      <c r="V79" s="1"/>
+        <v>11.4</v>
+      </c>
+      <c r="V79" s="1" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="W79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B80" s="1" t="n">
-        <v>24.4</v>
+        <v>21.8</v>
       </c>
       <c r="C80" s="1" t="n">
-        <v>24.1</v>
+        <v>21.4</v>
       </c>
       <c r="D80" s="1" t="n">
-        <v>22.6</v>
+        <v>21</v>
       </c>
       <c r="E80" s="1" t="n">
-        <v>22.7</v>
+        <v>22.5</v>
       </c>
       <c r="F80" s="1" t="n">
-        <v>23.3</v>
+        <v>19.2</v>
       </c>
       <c r="G80" s="1" t="n">
-        <v>18.9</v>
+        <v>17.3</v>
       </c>
       <c r="H80" s="1" t="n">
-        <v>19</v>
+        <v>16.8</v>
       </c>
       <c r="I80" s="1" t="n">
-        <v>21.5</v>
+        <v>17.6</v>
       </c>
       <c r="J80" s="1" t="n">
-        <v>19.7</v>
+        <v>13.4</v>
       </c>
       <c r="K80" s="1" t="n">
-        <v>19.8</v>
+        <v>14.2</v>
       </c>
       <c r="L80" s="1" t="n">
-        <v>19.4</v>
+        <v>15.2</v>
       </c>
       <c r="M80" s="1" t="n">
-        <v>18.6</v>
+        <v>14.1</v>
       </c>
       <c r="N80" s="1" t="n">
-        <v>17.5</v>
+        <v>12.7</v>
       </c>
       <c r="O80" s="1" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="P80" s="1" t="n">
         <v>16</v>
       </c>
-      <c r="P80" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q80" s="1" t="n">
-        <v>16.6</v>
+        <v>13.1</v>
       </c>
       <c r="R80" s="1" t="n">
-        <v>15.7</v>
+        <v>11.5</v>
       </c>
       <c r="S80" s="1" t="n">
-        <v>15.9</v>
+        <v>12.8</v>
       </c>
       <c r="T80" s="1" t="n">
-        <v>12.2</v>
+        <v>12</v>
       </c>
       <c r="U80" s="1" t="n">
-        <v>14.9</v>
-[...1 lines deleted...]
-      <c r="V80" s="1"/>
+        <v>11.7</v>
+      </c>
+      <c r="V80" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="W80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B81" s="1" t="n">
-        <v>23.5</v>
+        <v>24.9</v>
       </c>
       <c r="C81" s="1" t="n">
-        <v>22.6</v>
+        <v>20.6</v>
       </c>
       <c r="D81" s="1" t="n">
-        <v>23.2</v>
+        <v>19.4</v>
       </c>
       <c r="E81" s="1" t="n">
         <v>21.2</v>
       </c>
       <c r="F81" s="1" t="n">
-        <v>18.5</v>
+        <v>16.8</v>
       </c>
       <c r="G81" s="1" t="n">
-        <v>19.9</v>
+        <v>15.9</v>
       </c>
       <c r="H81" s="1" t="n">
-        <v>19.7</v>
+        <v>13.6</v>
       </c>
       <c r="I81" s="1" t="n">
-        <v>17.6</v>
+        <v>15.2</v>
       </c>
       <c r="J81" s="1" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="K81" s="1" t="n">
         <v>16.2</v>
       </c>
-      <c r="K81" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L81" s="1" t="n">
-        <v>15.2</v>
+        <v>16.9</v>
       </c>
       <c r="M81" s="1" t="n">
-        <v>18.2</v>
+        <v>14.5</v>
       </c>
       <c r="N81" s="1" t="n">
-        <v>15.1</v>
+        <v>12.1</v>
       </c>
       <c r="O81" s="1" t="n">
-        <v>13.9</v>
+        <v>11.3</v>
       </c>
       <c r="P81" s="1" t="n">
-        <v>18.5</v>
+        <v>14.7</v>
       </c>
       <c r="Q81" s="1" t="n">
-        <v>16.9</v>
+        <v>14.1</v>
       </c>
       <c r="R81" s="1" t="n">
-        <v>15.2</v>
+        <v>12.2</v>
       </c>
       <c r="S81" s="1" t="n">
-        <v>13.2</v>
+        <v>10.7</v>
       </c>
       <c r="T81" s="1" t="n">
-        <v>12</v>
+        <v>12.5</v>
       </c>
       <c r="U81" s="1" t="n">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="V81" s="1"/>
+        <v>11.9</v>
+      </c>
+      <c r="V81" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="W81" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V82" s="1"/>
+      <c r="A82" s="0"/>
+      <c r="B82" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="s">
-        <v>44</v>
-[...61 lines deleted...]
-      <c r="V83" s="1"/>
+        <v>15</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="0"/>
-      <c r="B84" s="1"/>
+      <c r="A84" s="0" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="0" t="s">
-[...9 lines deleted...]
-      <c r="A87" s="0"/>
+      <c r="A85" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>