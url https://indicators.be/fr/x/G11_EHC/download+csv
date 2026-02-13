--- v0 (2025-12-14)
+++ v1 (2026-02-13)
@@ -13,288 +13,257 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G11_EHC" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="64">
   <si>
     <t>Coûts de logement excessifs - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage de la population</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07c, https://ec.europa.eu/eurostat (consulté le 14/10/2024); calculs BFP.</t>
+    <t>Note: rupture de série: 2019; collecte des données 2020 impactée par la pandémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 10/10/2025);</t>
   </si>
   <si>
     <t>Coûts de logement excessifs - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>rupture de série: EU 2020, BE 2019; EU27 2014-2019, estimation</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024) ; Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07c, https://ec.europa.eu/eurostat (consulté le 14/10/2024).</t>
+    <t>Note: rupture de série: EU 2020, BE 2019; EU27 2014-2019, estimation. L?intervalle de confiance à 95 % pour la part de personnes ayant des coûts de logement excessifs en 2024 est de 6.1% à 7.4% pour Belgique.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 10/10/2025); Statbel (2025), communication directe  18/11/2025;  Statbel; Eurostat (2025), Taux de surcharge des coûts du logement par type de ménage,  ilc_lvho07a , https://ec.europa.eu/eurostat, dernière mise à jour des données 10/10/2025 11:00 (consulté le 10/10/2025)</t>
   </si>
   <si>
     <t>Coûts de logement excessifs selon la région - Belgique</t>
   </si>
   <si>
-    <t>pourcentage de la population </t>
-[...1 lines deleted...]
-  <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2019 </t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC 2019-2023, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 14/10/2024) </t>
+    <t>Note: Rupture de série: 2019. L?intervalle de confiance à 95 % pour la part de personnes ayant des excessive housing costs en 2024 est de 14.3% à 19.0% pour Bruxelles, de 3.9% à 5.7% pour Flandre et de 6.0% à 8.0% pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025); Statbel (2025), communication directe  18/11/2025</t>
   </si>
   <si>
     <t>Coûts de logement excessifs selon le sexe - Belgique</t>
   </si>
   <si>
     <t>femmes</t>
   </si>
   <si>
     <t>hommes</t>
   </si>
   <si>
-    <t>rupture de série: 2019 </t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC 2019-2023, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 14/10/2024) ; Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07a, https://ec.europa.eu/eurostat (consulté le 14/10/2024)</t>
+    <t>Note: rupture de série: 2019</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 06/10/2025)</t>
   </si>
   <si>
     <t>Coûts de logement excessifs selon l'âge - Belgique</t>
   </si>
   <si>
     <t>&lt;18</t>
   </si>
   <si>
     <t>18-24</t>
   </si>
   <si>
     <t>25-49</t>
   </si>
   <si>
     <t>50-64</t>
   </si>
   <si>
     <t>&gt;64</t>
   </si>
   <si>
     <t>Coûts de logement excessifs selon l'éducation - Belgique</t>
   </si>
   <si>
     <t>maximum secondaire inférieur</t>
   </si>
   <si>
     <t>secondaire supérieur</t>
   </si>
   <si>
     <t>supérieur</t>
   </si>
   <si>
     <t>Coûts de logement excessifs selon le type de ménage - Belgique</t>
   </si>
   <si>
     <t>personne isolée</t>
   </si>
   <si>
     <t>famille monoparentale</t>
   </si>
   <si>
     <t>2 adultes &lt;65</t>
   </si>
   <si>
     <t>2 adultes, au moins 1 &gt;64</t>
   </si>
   <si>
-    <t>2 adultes, 1 enfant</t>
-[...8 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC 2019-2023, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 14/10/2024) ; Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07e, https://ec.europa.eu/eurostat (consulté le 14/10/2024)</t>
+    <t>2 adultes, 1 ou plusieurs enfants</t>
   </si>
   <si>
     <t>Coûts de logement excessifs selon le statut d'activité - Belgique</t>
   </si>
   <si>
     <t>pourcentage des 18 ans et plus</t>
   </si>
   <si>
     <t>avec emploi</t>
   </si>
   <si>
     <t>au chômage</t>
   </si>
   <si>
     <t>pensionné</t>
   </si>
   <si>
-    <t>autre</t>
-[...2 lines deleted...]
-    <t>rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.   </t>
+    <t>autre inactif</t>
+  </si>
+  <si>
+    <t>Note: rupture de série: 2019; en raison du recours massif au chômage temporaire pendant la pandémie de COVID-19, la catégorie « chômeurs » de SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires.</t>
   </si>
   <si>
     <t>Coûts de logement excessifs selon le revenu - Belgique</t>
   </si>
   <si>
     <t>quintile 1</t>
   </si>
   <si>
     <t>quintile 2</t>
   </si>
   <si>
     <t>quintile 3</t>
   </si>
   <si>
     <t>quintile 4</t>
   </si>
   <si>
     <t>quintile 5</t>
   </si>
   <si>
-    <t>Statbel (2024), Indicateurs-SILC 2019-2023, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale (consulté le 14/10/2024) ; Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07b, https://ec.europa.eu/eurostat (consulté le 14/10/2024)</t>
-[...1 lines deleted...]
-  <si>
     <t>Coûts de logement excessifs selon le statut résidentiel - Belgique</t>
   </si>
   <si>
     <t>propriétaire, avec hypothèque ou prêt</t>
   </si>
   <si>
     <t>propriétaire, pas d'hypothèque ou de prêt au logement en cours</t>
   </si>
   <si>
     <t>locataire, au prix du marché</t>
   </si>
   <si>
     <t>locataire, à prix réduit ou gratuite</t>
   </si>
   <si>
-    <t>rupture de série: 2020</t>
-[...2 lines deleted...]
-    <t>Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_lvho07ctespm140, https://ec.europa.eu/eurostat (consulté le 14/10/2024)</t>
+    <t>Source: Statbel (2025),communication directe 20/11/2025</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G11_EHC</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Coûts de logement excessifs (i55)</t>
+    <t>Coûts de logement excessifs (i56)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: une personne a des coûts de logement excessifs si elle fait partie d'un ménage dont les coûts de logement totaux dépassent 40% du revenu disponible. Les allocations de logement sont exclues ici.
 Les coûts de logement font référence aux dépenses mensuelles liées au droit de vivre dans un logement. Seuls les coûts de logement effectivement payés sont pris en compte, quelle que soit la personne qui les prend en charge. Cela comprend les dépenses telles que l'assurance structurelle, les services et charges obligatoires (par exemple, l'évacuation des eaux usées et le ramassage des ordures), l'entretien et les réparations régulières, les impôts et le coût des services publics (eau, électricité, gaz et chauffage). Pour les propriétaires, le calcul de l'allocation de logement comprend les intérêts hypothécaires nets de toute déduction fiscale et sans les aides au logement. Pour les locataires, le calcul comprend les loyers bruts des aides au loyer. Pour les propriétaires et les locataires, cela signifie que les aides au loyer ne peuvent pas être déduites du coût total du logement (Eurostat, 2024).
 Les données relatives aux coûts de logement excessifs présentées ici sont basées sur l'enquête Statistics on Income and Living Conditions (EU-SILC) de l'Union européenne, où les données sur les revenus se rapportent toujours à ceux de l'année qui précède l'année de l'enquête. Cela signifie, par exemple, pour l'année d'enquête 2020 ce sont les revenus de 2019, qui n'ont pas été affectés par la crise de la Covid-19, qui ont été utilisés pour le calcul de cet indicateur (Statbel, 2021a).
 Statbel organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. L’année 2004 est la première année pour laquelle des données harmonisées à l’échelle européenne ont été collectées pour calculer l’indicateur. Les données utilisées ici proviennent d'Eurostat qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statbel.
 À partir de 2019, la méthodologie de l’enquête a été revue en profondeur pour une meilleure précision. Dès lors, les données récoltées jusqu’en 2018 ne sont pas comparables avec celles collectées à partir de 2019. En 2020, c’est la pandémie de Covid-19 qui a impacté la collecte des données. De ce fait, il est difficile de comparer les résultats de SILC 2020 avec ceux des années précédentes. (Statbel, 2021b). En conséquence, ils ne sont pas utilisés pour calculer et évaluer la tendance à long terme. Il convient également de noter qu'en raison de la généralisation du chômage temporaire pendant la pandémie de Covid-19, la catégorie des "chômeurs" dans SILC 2021 comprend non seulement les chômeurs de longue durée, mais aussi les personnes qui ont été temporairement au chômage pendant plus de 6 mois et qui vivent généralement dans des conditions moins précaires (Statbel, 2022).
+Pour cet indicateur les ventilations suivantes sont disponibles : région, sexe, revenu, âge, éducation, type de ménage, statut d’activité et statut residentiel.
 Objectif: la part de la population ayant des coûts de logement excessifs doit être ramenée à zéro pourcent en 2030.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 11.1: "D’ici à 2030, assurer l’accès de tous à un logement et des services de base adéquats et sûrs, à un coût abordable, et assainir les quartiers de taudis". La part de la population ayant des coûts de logement excessifs devrait donc tendre vers zéro.
 La Vision stratégique fédérale à long terme de développement durable pose que: "Les conditions préalables au bien-être des citoyens seront réunies, à savoir: (…) le logement décent" (introduction du défi Une société qui promeut la cohésion sociale; Moniteur Belge, 08/10/2013).
-Évolution: la part de la population ayant des coûts de logement excessifs est passée de 12,6% en 2004 à 7,7% en 2023, en tenant compte de la nouvelle méthodologie utilisée à partir de 2019.
-[...6 lines deleted...]
-Ventilation selon le statut d'activité: en 2023, la part des personnes ayant des coûts de logement excessifs parmi la population âgée d'au moins 18 ans est la plus élevée chez les chômeurs (21%) et la plus faible chez les personnes ayant un emploi (4,6%), compte tenu de la nouvelle méthodologie utilisée à partir de 2019. Pour les pensionnés et autres inactifs, cet indicateur est d'environ 12%. Sur la période 2019-2023, cet indicateur est passé de 26,5% à 21% chez les chômeurs et de 14% à 11,8% dans la catégorie des autres inactifs.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 11.1 car l'accessibilité au logement en est un aspect.
 Sources
-Générales
-[...9 lines deleted...]
-Statbel (2022), Risque de pauvreté ou d'exclusion sociale – indicateurs SILC 2019-2021, https://statbel.fgov.be/sites/default/files/files/documents/Huishoudens/10.7%20Inkomen%20en%20levensomstandigheden/10.7.1%20Armoederisico/Publication_Silc_STATBEL_NL.xlsx (consulté le 15/06/2022).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
+Eurostat (2024), Glossary:Housing cost overburden rate, https://ec.europa.eu/eurostat/statistics-explained/index.php?title=Glossary:Housing_cost_overburden_rate (consulté le 19/12/2025).
+Statbel (2021a), Chiffres clés 2021, p. 31, https://statbel.fgov.be/fr/nouvelles/chiffres-cles-2021 (consulté le 19/12/2025)
+Statbel (2021b), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 19/12/2025).
+Statbel (2022), Risque de pauvreté ou d'exclusion sociale – indicateurs SILC 2019-2021, https://statbel.fgov.be/sites/default/files/files/documents/Huishoudens/10.7%20Inkomen%20en%20levensomstandigheden/10.7.1%20Armoederisico/Publication_Silc_STATBEL_NL.xlsx (consulté le 19/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -352,51 +321,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AG108"/>
+  <dimension ref="A1:AG106"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -486,228 +455,228 @@
       <c r="AE3" s="1" t="n">
         <v>2029</v>
       </c>
       <c r="AF3" s="1" t="n">
         <v>2030</v>
       </c>
       <c r="AG3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F4" s="1" t="n">
-        <v>12.6</v>
+        <v>13</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>9.8</v>
+        <v>9.3</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>10.1</v>
+        <v>9.6</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>10.6</v>
       </c>
       <c r="N4" s="1" t="n">
         <v>11</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>9.6</v>
+        <v>9.5</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="R4" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>8.3</v>
+        <v>8.4</v>
       </c>
       <c r="V4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="W4" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="X4" s="1" t="n">
         <v>7.5</v>
       </c>
-      <c r="X4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Y4" s="1" t="n">
-        <v>7.7</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>7.8</v>
+      </c>
+      <c r="Z4" s="1" t="n">
+        <v>6.7</v>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="n">
-        <v>10.59439906</v>
+        <v>10.51652265</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>10.48058279</v>
+        <v>10.38916449</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>10.38597997</v>
+        <v>10.28513023</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>10.30757594</v>
+        <v>10.20609413</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>10.23657041</v>
+        <v>10.14361059</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>10.16236507</v>
+        <v>10.08336595</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>10.09481927</v>
+        <v>10.03234283</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>10.02794751</v>
+        <v>9.98265646</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>9.943391177</v>
+        <v>9.91470366</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>9.828927382</v>
+        <v>9.815371143</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>9.682903352</v>
+        <v>9.682371513</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>9.501875352</v>
+        <v>9.510812283</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>9.289749246</v>
+        <v>9.303313725</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>9.04960116</v>
+        <v>9.061797486</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>8.789370009</v>
+        <v>8.793180585</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>8.519732834</v>
+        <v>8.507266664</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>8.251359466</v>
+        <v>8.214032436</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>7.991609313</v>
+        <v>7.921362472</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>7.74356782</v>
+        <v>7.634148318</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>7.505148379</v>
+        <v>7.353579612</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>7.29717759</v>
+        <v>7.079421561</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>7.115190546</v>
+        <v>6.841878429</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>6.95548699</v>
+        <v>6.635263093</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>6.814979947</v>
+        <v>6.454924844</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>6.691078143</v>
+        <v>6.297031658</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>6.581593893</v>
+        <v>6.158403781</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>6.484670385</v>
+        <v>6.036385374</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>0</v>
       </c>
@@ -855,117 +824,123 @@
       </c>
       <c r="N13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V13" s="1"/>
+      <c r="V13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>12.6</v>
+        <v>13</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>8.6</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>9.8</v>
+        <v>9.3</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>10.1</v>
+        <v>9.6</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>12.5</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>10.6</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>11</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>9.6</v>
+        <v>9.5</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="P14" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>8.3</v>
+        <v>8.4</v>
       </c>
       <c r="R14" s="1" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="S14" s="1" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="T14" s="1" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="U14" s="1" t="n">
         <v>7.8</v>
       </c>
-      <c r="S14" s="1" t="n">
-[...8 lines deleted...]
-      <c r="V14" s="1"/>
+      <c r="V14" s="1" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="W14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H15" s="1" t="n">
         <v>10</v>
@@ -985,188 +960,203 @@
       <c r="M15" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>10.9</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="Q15" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="R15" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="S15" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="T15" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>8.9</v>
-[...1 lines deleted...]
-      <c r="V15" s="1"/>
+        <v>8.8</v>
+      </c>
+      <c r="V15" s="1" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="W15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0"/>
       <c r="B22" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C22" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G22" s="1"/>
+      <c r="G22" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
-        <v>19.5</v>
+        <v>19.7</v>
       </c>
       <c r="C23" s="1" t="n">
         <v>15.3</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>15.5</v>
+        <v>15.7</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>17.8</v>
+        <v>17.3</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>15.8</v>
-[...1 lines deleted...]
-      <c r="G23" s="1"/>
+        <v>15.9</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="H23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>6</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>5.3</v>
+        <v>5</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>5.7</v>
       </c>
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="H24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B25" s="1" t="n">
-        <v>9</v>
+        <v>8.9</v>
       </c>
       <c r="C25" s="1" t="n">
-        <v>9</v>
+        <v>8.9</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>8.5</v>
+        <v>8.4</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>8.8</v>
       </c>
-      <c r="G25" s="1"/>
+      <c r="G25" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="H25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0"/>
       <c r="B32" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C32" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D32" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="G32" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="H32" s="1" t="n">
         <v>2010</v>
       </c>
@@ -1187,209 +1177,218 @@
       </c>
       <c r="N32" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O32" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P32" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q32" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R32" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S32" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T32" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U32" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V32" s="1"/>
+      <c r="V32" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B33" s="1" t="n">
-        <v>13.6</v>
+        <v>14</v>
       </c>
       <c r="C33" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="D33" s="1" t="n">
-        <v>10.6</v>
+        <v>10</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>10.7</v>
+        <v>10.3</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>13.4</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>9.4</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>11.3</v>
       </c>
       <c r="J33" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="K33" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="L33" s="1" t="n">
         <v>11</v>
       </c>
       <c r="M33" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="N33" s="1" t="n">
         <v>10.4</v>
       </c>
       <c r="O33" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="P33" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="Q33" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="R33" s="1" t="n">
         <v>8.3</v>
       </c>
       <c r="S33" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="T33" s="1" t="n">
-        <v>7.9</v>
+        <v>7.7</v>
       </c>
       <c r="U33" s="1" t="n">
         <v>8.1</v>
       </c>
-      <c r="V33" s="1"/>
+      <c r="V33" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="W33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B34" s="1" t="n">
-        <v>11.6</v>
+        <v>12.1</v>
       </c>
       <c r="C34" s="1" t="n">
-        <v>7.8</v>
+        <v>7.9</v>
       </c>
       <c r="D34" s="1" t="n">
-        <v>8.9</v>
+        <v>8.5</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>9.4</v>
+        <v>9</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>11.6</v>
       </c>
       <c r="G34" s="1" t="n">
         <v>8.2</v>
       </c>
       <c r="H34" s="1" t="n">
         <v>8.4</v>
       </c>
       <c r="I34" s="1" t="n">
         <v>9.8</v>
       </c>
       <c r="J34" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="K34" s="1" t="n">
         <v>8.9</v>
       </c>
       <c r="L34" s="1" t="n">
-        <v>9.8</v>
+        <v>9.7</v>
       </c>
       <c r="M34" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="N34" s="1" t="n">
         <v>9.2</v>
       </c>
       <c r="O34" s="1" t="n">
         <v>8.7</v>
       </c>
       <c r="P34" s="1" t="n">
         <v>8</v>
       </c>
       <c r="Q34" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="R34" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="S34" s="1" t="n">
         <v>7.3</v>
       </c>
       <c r="T34" s="1" t="n">
-        <v>7.4</v>
+        <v>7.2</v>
       </c>
       <c r="U34" s="1" t="n">
         <v>7.4</v>
       </c>
-      <c r="V34" s="1"/>
+      <c r="V34" s="1" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="W34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0"/>
       <c r="B35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
       <c r="B41" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C41" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D41" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="G41" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="H41" s="1" t="n">
         <v>2010</v>
       </c>
@@ -1410,516 +1409,726 @@
       </c>
       <c r="N41" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O41" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P41" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q41" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R41" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S41" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T41" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U41" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V41" s="1"/>
+      <c r="V41" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B42" s="1" t="n">
-        <v>10.9</v>
+        <v>11.5</v>
       </c>
       <c r="C42" s="1" t="n">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
       <c r="D42" s="1" t="n">
-        <v>8</v>
+        <v>7.4</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>8.7</v>
+        <v>8.1</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>9.9</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>6.8</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="J42" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="K42" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="L42" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="M42" s="1" t="n">
         <v>6.6</v>
       </c>
       <c r="N42" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="O42" s="1" t="n">
         <v>7.9</v>
       </c>
       <c r="P42" s="1" t="n">
         <v>7.4</v>
       </c>
       <c r="Q42" s="1" t="n">
-        <v>6.3</v>
+        <v>6.5</v>
       </c>
       <c r="R42" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="S42" s="1" t="n">
-        <v>4.3</v>
+        <v>4.4</v>
       </c>
       <c r="T42" s="1" t="n">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="U42" s="1" t="n">
-        <v>4.5</v>
-[...1 lines deleted...]
-      <c r="V42" s="1"/>
+        <v>4.6</v>
+      </c>
+      <c r="V42" s="1" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="W42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B43" s="1" t="n">
-        <v>12.7</v>
+        <v>13.3</v>
       </c>
       <c r="C43" s="1" t="n">
-        <v>9.8</v>
+        <v>9.3</v>
       </c>
       <c r="D43" s="1" t="n">
-        <v>9.8</v>
+        <v>9.2</v>
       </c>
       <c r="E43" s="1" t="n">
-        <v>11.2</v>
+        <v>10.6</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>10.9</v>
       </c>
       <c r="G43" s="1" t="n">
-        <v>10.2</v>
+        <v>10.1</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>8.1</v>
       </c>
       <c r="I43" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="J43" s="1" t="n">
-        <v>11</v>
+        <v>11.1</v>
       </c>
       <c r="K43" s="1" t="n">
-        <v>9.8</v>
+        <v>9.9</v>
       </c>
       <c r="L43" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="M43" s="1" t="n">
         <v>9.6</v>
       </c>
       <c r="N43" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="O43" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="P43" s="1" t="n">
         <v>8.5</v>
       </c>
       <c r="Q43" s="1" t="n">
-        <v>6.5</v>
+        <v>6.1</v>
       </c>
       <c r="R43" s="1" t="n">
-        <v>5</v>
+        <v>4.9</v>
       </c>
       <c r="S43" s="1" t="n">
-        <v>7.2</v>
+        <v>7</v>
       </c>
       <c r="T43" s="1" t="n">
-        <v>6.7</v>
+        <v>6</v>
       </c>
       <c r="U43" s="1" t="n">
-        <v>5.2</v>
-[...1 lines deleted...]
-      <c r="V43" s="1"/>
+        <v>5.1</v>
+      </c>
+      <c r="V43" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="W43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>27</v>
-[...44 lines deleted...]
-        <f>=NA()</f>
+        <v>26</v>
+      </c>
+      <c r="B44" s="1" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="C44" s="1" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="D44" s="1" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="E44" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="F44" s="1" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="G44" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="H44" s="1" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="I44" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="J44" s="1" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="L44" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="M44" s="1" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="N44" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="O44" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="P44" s="1" t="n">
+        <v>9.6</v>
       </c>
       <c r="Q44" s="1" t="n">
-        <v>8.8</v>
+        <v>8.9</v>
       </c>
       <c r="R44" s="1" t="n">
         <v>8</v>
       </c>
       <c r="S44" s="1" t="n">
-        <v>7.2</v>
+        <v>7.3</v>
       </c>
       <c r="T44" s="1" t="n">
-        <v>7.1</v>
+        <v>7</v>
       </c>
       <c r="U44" s="1" t="n">
-        <v>7.7</v>
-[...1 lines deleted...]
-      <c r="V44" s="1"/>
+        <v>7.8</v>
+      </c>
+      <c r="V44" s="1" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="W44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>28</v>
-[...44 lines deleted...]
-        <f>=NA()</f>
+        <v>27</v>
+      </c>
+      <c r="B45" s="1" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="C45" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="D45" s="1" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="E45" s="1" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="F45" s="1" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="G45" s="1" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="H45" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="I45" s="1" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="J45" s="1" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="K45" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="L45" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="M45" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="N45" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="O45" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="P45" s="1" t="n">
+        <v>8.5</v>
       </c>
       <c r="Q45" s="1" t="n">
         <v>8.2</v>
       </c>
       <c r="R45" s="1" t="n">
-        <v>8.2</v>
+        <v>8.1</v>
       </c>
       <c r="S45" s="1" t="n">
-        <v>8.7</v>
+        <v>8.6</v>
       </c>
       <c r="T45" s="1" t="n">
-        <v>7.9</v>
+        <v>7.7</v>
       </c>
       <c r="U45" s="1" t="n">
-        <v>7.3</v>
-[...1 lines deleted...]
-      <c r="V45" s="1"/>
+        <v>7.2</v>
+      </c>
+      <c r="V45" s="1" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="W45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B46" s="1" t="n">
-        <v>15.3</v>
+        <v>14.8</v>
       </c>
       <c r="C46" s="1" t="n">
-        <v>10.6</v>
+        <v>10.1</v>
       </c>
       <c r="D46" s="1" t="n">
-        <v>13.9</v>
+        <v>13.1</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>11.4</v>
+        <v>11.2</v>
       </c>
       <c r="F46" s="1" t="n">
         <v>19.7</v>
       </c>
       <c r="G46" s="1" t="n">
         <v>11.4</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>11.9</v>
+        <v>11.8</v>
       </c>
       <c r="I46" s="1" t="n">
         <v>12.9</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>14.5</v>
+        <v>14.4</v>
       </c>
       <c r="K46" s="1" t="n">
         <v>11.2</v>
       </c>
       <c r="L46" s="1" t="n">
         <v>11.9</v>
       </c>
       <c r="M46" s="1" t="n">
         <v>11.3</v>
       </c>
       <c r="N46" s="1" t="n">
         <v>10.1</v>
       </c>
       <c r="O46" s="1" t="n">
         <v>10.2</v>
       </c>
       <c r="P46" s="1" t="n">
         <v>10</v>
       </c>
       <c r="Q46" s="1" t="n">
         <v>10.8</v>
       </c>
       <c r="R46" s="1" t="n">
-        <v>11.4</v>
+        <v>11.5</v>
       </c>
       <c r="S46" s="1" t="n">
         <v>10.7</v>
       </c>
       <c r="T46" s="1" t="n">
-        <v>12.4</v>
+        <v>12.2</v>
       </c>
       <c r="U46" s="1" t="n">
-        <v>13.1</v>
-[...1 lines deleted...]
-      <c r="V46" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="V46" s="1" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="W46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0"/>
       <c r="B47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0"/>
       <c r="B53" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C53" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D53" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E53" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G53" s="1"/>
+      <c r="G53" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H53" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="I53" s="1" t="n">
+        <v>2026</v>
+      </c>
+      <c r="J53" s="1" t="n">
+        <v>2027</v>
+      </c>
+      <c r="K53" s="1" t="n">
+        <v>2028</v>
+      </c>
+      <c r="L53" s="1" t="n">
+        <v>2029</v>
+      </c>
+      <c r="M53" s="1" t="n">
+        <v>2030</v>
+      </c>
+      <c r="N53" s="1" t="n">
+        <v>2031</v>
+      </c>
+      <c r="O53" s="1" t="n">
+        <v>2032</v>
+      </c>
+      <c r="P53" s="1" t="n">
+        <v>2033</v>
+      </c>
+      <c r="Q53" s="1" t="n">
+        <v>2034</v>
+      </c>
+      <c r="R53" s="1" t="n">
+        <v>2035</v>
+      </c>
+      <c r="S53" s="1" t="n">
+        <v>2036</v>
+      </c>
+      <c r="T53" s="1" t="n">
+        <v>2037</v>
+      </c>
+      <c r="U53" s="1" t="n">
+        <v>2038</v>
+      </c>
+      <c r="V53" s="1" t="n">
+        <v>2039</v>
+      </c>
+      <c r="W53" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B54" s="1" t="n">
-        <v>13.2</v>
+        <v>13.1</v>
       </c>
       <c r="C54" s="1" t="n">
-        <v>13.4</v>
+        <v>13.3</v>
       </c>
       <c r="D54" s="1" t="n">
-        <v>12.8</v>
+        <v>12.6</v>
       </c>
       <c r="E54" s="1" t="n">
-        <v>13.7</v>
+        <v>13.3</v>
       </c>
       <c r="F54" s="1" t="n">
         <v>13.2</v>
       </c>
-      <c r="G54" s="1"/>
+      <c r="G54" s="1" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="N54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="O54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="R54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="S54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="T54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V54" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W54" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B55" s="1" t="n">
-        <v>9</v>
+        <v>8.9</v>
       </c>
       <c r="C55" s="1" t="n">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="n">
-        <v>8.2</v>
+        <v>8.1</v>
       </c>
       <c r="E55" s="1" t="n">
-        <v>8.7</v>
+        <v>8.3</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>8.6</v>
-[...1 lines deleted...]
-      <c r="G55" s="1"/>
+        <v>8.5</v>
+      </c>
+      <c r="G55" s="1" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="N55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="O55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="R55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="S55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="T55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V55" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W55" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B56" s="1" t="n">
         <v>5.3</v>
       </c>
       <c r="C56" s="1" t="n">
-        <v>5.6</v>
+        <v>5.5</v>
       </c>
       <c r="D56" s="1" t="n">
         <v>6</v>
       </c>
       <c r="E56" s="1" t="n">
-        <v>5.5</v>
+        <v>5.4</v>
       </c>
       <c r="F56" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="G56" s="1"/>
+      <c r="G56" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="I56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="J56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="K56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="L56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="M56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="N56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="O56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="P56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="Q56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="R56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="S56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="T56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="U56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="V56" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="W56" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0"/>
       <c r="B57" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0"/>
       <c r="B63" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C63" s="1" t="n">
         <v>2005</v>
       </c>
       <c r="D63" s="1" t="n">
         <v>2006</v>
       </c>
       <c r="E63" s="1" t="n">
         <v>2007</v>
       </c>
       <c r="F63" s="1" t="n">
         <v>2008</v>
       </c>
       <c r="G63" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="H63" s="1" t="n">
         <v>2010</v>
       </c>
@@ -1940,1485 +2149,1644 @@
       </c>
       <c r="N63" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O63" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P63" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q63" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R63" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S63" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T63" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U63" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V63" s="1"/>
+      <c r="V63" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W63" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B64" s="1" t="n">
-        <v>31.8</v>
+        <v>30.6</v>
       </c>
       <c r="C64" s="1" t="n">
-        <v>28.4</v>
+        <v>25.3</v>
       </c>
       <c r="D64" s="1" t="n">
-        <v>29.4</v>
+        <v>26.8</v>
       </c>
       <c r="E64" s="1" t="n">
-        <v>28.4</v>
+        <v>27.2</v>
       </c>
       <c r="F64" s="1" t="n">
         <v>31.8</v>
       </c>
       <c r="G64" s="1" t="n">
-        <v>25.5</v>
+        <v>25.3</v>
       </c>
       <c r="H64" s="1" t="n">
-        <v>23.3</v>
+        <v>23.2</v>
       </c>
       <c r="I64" s="1" t="n">
-        <v>27.5</v>
+        <v>27.4</v>
       </c>
       <c r="J64" s="1" t="n">
-        <v>29</v>
+        <v>28.9</v>
       </c>
       <c r="K64" s="1" t="n">
-        <v>28.5</v>
+        <v>28.4</v>
       </c>
       <c r="L64" s="1" t="n">
-        <v>28.7</v>
+        <v>28.6</v>
       </c>
       <c r="M64" s="1" t="n">
-        <v>27.9</v>
+        <v>27.8</v>
       </c>
       <c r="N64" s="1" t="n">
-        <v>27.7</v>
+        <v>27.6</v>
       </c>
       <c r="O64" s="1" t="n">
         <v>27.6</v>
       </c>
       <c r="P64" s="1" t="n">
         <v>25.7</v>
       </c>
       <c r="Q64" s="1" t="n">
-        <v>26.8</v>
+        <v>26.9</v>
       </c>
       <c r="R64" s="1" t="n">
         <v>27.3</v>
       </c>
       <c r="S64" s="1" t="n">
         <v>27.2</v>
       </c>
       <c r="T64" s="1" t="n">
-        <v>27.9</v>
+        <v>27.8</v>
       </c>
       <c r="U64" s="1" t="n">
         <v>26.9</v>
       </c>
-      <c r="V64" s="1"/>
+      <c r="V64" s="1" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="W64" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B65" s="1" t="n">
-        <v>29.6</v>
+        <v>29.3</v>
       </c>
       <c r="C65" s="1" t="n">
-        <v>22.6</v>
+        <v>20.4</v>
       </c>
       <c r="D65" s="1" t="n">
-        <v>26</v>
+        <v>23.7</v>
       </c>
       <c r="E65" s="1" t="n">
-        <v>28.5</v>
+        <v>27.9</v>
       </c>
       <c r="F65" s="1" t="n">
-        <v>27.6</v>
+        <v>28</v>
       </c>
       <c r="G65" s="1" t="n">
         <v>21</v>
       </c>
       <c r="H65" s="1" t="n">
-        <v>18.4</v>
+        <v>18.3</v>
       </c>
       <c r="I65" s="1" t="n">
         <v>30.2</v>
       </c>
       <c r="J65" s="1" t="n">
         <v>28.1</v>
       </c>
       <c r="K65" s="1" t="n">
         <v>21.8</v>
       </c>
       <c r="L65" s="1" t="n">
         <v>23.9</v>
       </c>
       <c r="M65" s="1" t="n">
         <v>19.6</v>
       </c>
       <c r="N65" s="1" t="n">
         <v>23.2</v>
       </c>
       <c r="O65" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="P65" s="1" t="n">
         <v>21.9</v>
       </c>
       <c r="Q65" s="1" t="n">
-        <v>20.1</v>
+        <v>19.8</v>
       </c>
       <c r="R65" s="1" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="S65" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="T65" s="1" t="n">
         <v>14.5</v>
       </c>
-      <c r="S65" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="U65" s="1" t="n">
-        <v>14.4</v>
-[...1 lines deleted...]
-      <c r="V65" s="1"/>
+        <v>13.5</v>
+      </c>
+      <c r="V65" s="1" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="W65" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B66" s="1" t="n">
-        <v>11.9</v>
+        <v>12.4</v>
       </c>
       <c r="C66" s="1" t="n">
-        <v>7</v>
+        <v>7.4</v>
       </c>
       <c r="D66" s="1" t="n">
-        <v>7.3</v>
+        <v>7.1</v>
       </c>
       <c r="E66" s="1" t="n">
-        <v>7.9</v>
+        <v>7.6</v>
       </c>
       <c r="F66" s="1" t="n">
         <v>9.3</v>
       </c>
       <c r="G66" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="H66" s="1" t="n">
         <v>7.8</v>
       </c>
       <c r="I66" s="1" t="n">
         <v>7.7</v>
       </c>
       <c r="J66" s="1" t="n">
         <v>6.7</v>
       </c>
       <c r="K66" s="1" t="n">
         <v>6.2</v>
       </c>
       <c r="L66" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="M66" s="1" t="n">
         <v>7.6</v>
       </c>
       <c r="N66" s="1" t="n">
         <v>9.1</v>
       </c>
       <c r="O66" s="1" t="n">
         <v>6.9</v>
       </c>
       <c r="P66" s="1" t="n">
         <v>7.5</v>
       </c>
       <c r="Q66" s="1" t="n">
-        <v>4.9</v>
+        <v>5</v>
       </c>
       <c r="R66" s="1" t="n">
-        <v>4.9</v>
+        <v>5</v>
       </c>
       <c r="S66" s="1" t="n">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="T66" s="1" t="n">
         <v>3.5</v>
       </c>
       <c r="U66" s="1" t="n">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="V66" s="1"/>
+        <v>3.1</v>
+      </c>
+      <c r="V66" s="1" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="W66" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B67" s="1" t="n">
-        <v>10.7</v>
+        <v>10.5</v>
       </c>
       <c r="C67" s="1" t="n">
-        <v>4.8</v>
+        <v>5.2</v>
       </c>
       <c r="D67" s="1" t="n">
         <v>6.3</v>
       </c>
       <c r="E67" s="1" t="n">
         <v>4.8</v>
       </c>
       <c r="F67" s="1" t="n">
         <v>12.2</v>
       </c>
       <c r="G67" s="1" t="n">
         <v>5</v>
       </c>
       <c r="H67" s="1" t="n">
         <v>6.4</v>
       </c>
       <c r="I67" s="1" t="n">
         <v>7.2</v>
       </c>
       <c r="J67" s="1" t="n">
         <v>9.7</v>
       </c>
       <c r="K67" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="L67" s="1" t="n">
         <v>6.1</v>
       </c>
       <c r="M67" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="N67" s="1" t="n">
         <v>5.6</v>
       </c>
       <c r="O67" s="1" t="n">
         <v>4.9</v>
       </c>
       <c r="P67" s="1" t="n">
         <v>5.7</v>
       </c>
       <c r="Q67" s="1" t="n">
         <v>5.4</v>
       </c>
       <c r="R67" s="1" t="n">
         <v>5</v>
       </c>
       <c r="S67" s="1" t="n">
-        <v>4.6</v>
+        <v>4.5</v>
       </c>
       <c r="T67" s="1" t="n">
-        <v>5.3</v>
+        <v>5.2</v>
       </c>
       <c r="U67" s="1" t="n">
         <v>6.7</v>
       </c>
-      <c r="V67" s="1"/>
+      <c r="V67" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="W67" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B68" s="1" t="n">
-        <v>9.7</v>
+        <v>7.7</v>
       </c>
       <c r="C68" s="1" t="n">
-        <v>6.1</v>
+        <v>3.7</v>
       </c>
       <c r="D68" s="1" t="n">
-        <v>6.6</v>
+        <v>4.5</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>6.4</v>
+        <v>4.8</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>7.7</v>
+        <v>6.3</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>5.4</v>
+        <v>4.4</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>6.3</v>
+        <v>4.9</v>
       </c>
       <c r="I68" s="1" t="n">
-        <v>5.5</v>
+        <v>5.7</v>
       </c>
       <c r="J68" s="1" t="n">
-        <v>9.2</v>
+        <v>5.7</v>
       </c>
       <c r="K68" s="1" t="n">
-        <v>8.3</v>
+        <v>5.2</v>
       </c>
       <c r="L68" s="1" t="n">
-        <v>7.1</v>
+        <v>6</v>
       </c>
       <c r="M68" s="1" t="n">
-        <v>6.3</v>
+        <v>4.4</v>
       </c>
       <c r="N68" s="1" t="n">
-        <v>8.3</v>
+        <v>5.1</v>
       </c>
       <c r="O68" s="1" t="n">
-        <v>7.2</v>
+        <v>4.7</v>
       </c>
       <c r="P68" s="1" t="n">
-        <v>7.3</v>
+        <v>4.5</v>
       </c>
       <c r="Q68" s="1" t="n">
-        <v>5.4</v>
+        <v>3.4</v>
       </c>
       <c r="R68" s="1" t="n">
-        <v>4.4</v>
+        <v>2.5</v>
       </c>
       <c r="S68" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="T68" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="U68" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="T68" s="1" t="n">
-[...5 lines deleted...]
-      <c r="V68" s="1"/>
+      <c r="V68" s="1" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="W68" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V69" s="1"/>
+      <c r="A69" s="0"/>
+      <c r="B69" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>41</v>
-[...61 lines deleted...]
-      <c r="V70" s="1"/>
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="0"/>
-      <c r="B71" s="1"/>
+      <c r="A71" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A72" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="0"/>
+      <c r="A74" s="0" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A75" s="0"/>
+      <c r="B75" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C75" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D75" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E75" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F75" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G75" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H75" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I75" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J75" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K75" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L75" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M75" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N75" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O75" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P75" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q75" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R75" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S75" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T75" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U75" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V75" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W75" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="s">
-        <v>44</v>
-      </c>
+        <v>41</v>
+      </c>
+      <c r="B76" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="C76" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="D76" s="1" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="F76" s="1" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="G76" s="1" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="H76" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="I76" s="1" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="J76" s="1" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="K76" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="L76" s="1" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="M76" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="N76" s="1" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="O76" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="P76" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="Q76" s="1" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="R76" s="1" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="S76" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="T76" s="1" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="U76" s="1" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="V76" s="1" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="W76" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="0"/>
+      <c r="A77" s="0" t="s">
+        <v>42</v>
+      </c>
       <c r="B77" s="1" t="n">
-        <v>2019</v>
+        <v>25.7</v>
       </c>
       <c r="C77" s="1" t="n">
-        <v>2020</v>
+        <v>19.9</v>
       </c>
       <c r="D77" s="1" t="n">
-        <v>2021</v>
+        <v>18.8</v>
       </c>
       <c r="E77" s="1" t="n">
-        <v>2022</v>
+        <v>22.1</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="G77" s="1"/>
+        <v>23.2</v>
+      </c>
+      <c r="G77" s="1" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="H77" s="1" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="I77" s="1" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="J77" s="1" t="n">
+        <v>23.9</v>
+      </c>
+      <c r="K77" s="1" t="n">
+        <v>28.1</v>
+      </c>
+      <c r="L77" s="1" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="M77" s="1" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="N77" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="O77" s="1" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="P77" s="1" t="n">
+        <v>26.9</v>
+      </c>
+      <c r="Q77" s="1" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="R77" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="S77" s="1" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="T77" s="1" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="U77" s="1" t="n">
+        <v>20.9</v>
+      </c>
+      <c r="V77" s="1" t="n">
+        <v>22.1</v>
+      </c>
+      <c r="W77" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B78" s="1" t="n">
-        <v>4.8</v>
+        <v>14.8</v>
       </c>
       <c r="C78" s="1" t="n">
-        <v>4.2</v>
+        <v>10.8</v>
       </c>
       <c r="D78" s="1" t="n">
-        <v>3.9</v>
+        <v>13</v>
       </c>
       <c r="E78" s="1" t="n">
-        <v>4</v>
+        <v>10.9</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>4.6</v>
-[...1 lines deleted...]
-      <c r="G78" s="1"/>
+        <v>18.9</v>
+      </c>
+      <c r="G78" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="H78" s="1" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="I78" s="1" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="J78" s="1" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="K78" s="1" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="L78" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="M78" s="1" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="N78" s="1" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="O78" s="1" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="P78" s="1" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="Q78" s="1" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="R78" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="S78" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="T78" s="1" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="U78" s="1" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="V78" s="1" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="W78" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B79" s="1" t="n">
-        <v>26.5</v>
+        <v>17</v>
       </c>
       <c r="C79" s="1" t="n">
-        <v>28.1</v>
+        <v>10.5</v>
       </c>
       <c r="D79" s="1" t="n">
-        <v>24</v>
+        <v>13.4</v>
       </c>
       <c r="E79" s="1" t="n">
-        <v>24.8</v>
+        <v>13.2</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="G79" s="1"/>
+        <v>15</v>
+      </c>
+      <c r="G79" s="1" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="H79" s="1" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="I79" s="1" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="J79" s="1" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="K79" s="1" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="L79" s="1" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="M79" s="1" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="N79" s="1" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="O79" s="1" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="P79" s="1" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="Q79" s="1" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="R79" s="1" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="S79" s="1" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="T79" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="U79" s="1" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="V79" s="1" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="W79" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="0" t="s">
-[...17 lines deleted...]
-      <c r="G80" s="1"/>
+      <c r="A80" s="0"/>
+      <c r="B80" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
-        <v>48</v>
-[...16 lines deleted...]
-      <c r="G81" s="1"/>
+        <v>45</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="0"/>
-      <c r="B82" s="1"/>
+      <c r="A82" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A83" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="0"/>
+      <c r="A85" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A86" s="0"/>
+      <c r="B86" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C86" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D86" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E86" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F86" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G86" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H86" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I86" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J86" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K86" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L86" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M86" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N86" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O86" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P86" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q86" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R86" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S86" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T86" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U86" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V86" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W86" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B87" s="1" t="n">
+        <v>41.8</v>
+      </c>
+      <c r="C87" s="1" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="D87" s="1" t="n">
+        <v>33.1</v>
+      </c>
+      <c r="E87" s="1" t="n">
+        <v>31.8</v>
+      </c>
+      <c r="F87" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="G87" s="1" t="n">
+        <v>31.3</v>
+      </c>
+      <c r="H87" s="1" t="n">
+        <v>32.7</v>
+      </c>
+      <c r="I87" s="1" t="n">
+        <v>36.8</v>
+      </c>
+      <c r="J87" s="1" t="n">
+        <v>38.4</v>
+      </c>
+      <c r="K87" s="1" t="n">
+        <v>33.2</v>
+      </c>
+      <c r="L87" s="1" t="n">
+        <v>36.6</v>
+      </c>
+      <c r="M87" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="N87" s="1" t="n">
+        <v>34.2</v>
+      </c>
+      <c r="O87" s="1" t="n">
+        <v>32.4</v>
+      </c>
+      <c r="P87" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="Q87" s="1" t="n">
+        <v>29.2</v>
+      </c>
+      <c r="R87" s="1" t="n">
+        <v>28.2</v>
+      </c>
+      <c r="S87" s="1" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="T87" s="1" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="U87" s="1" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="V87" s="1" t="n">
+        <v>24.9</v>
+      </c>
+      <c r="W87" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B88" s="1" t="n">
         <v>13</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      </c>
       <c r="C88" s="1" t="n">
-        <v>2005</v>
+        <v>9.9</v>
       </c>
       <c r="D88" s="1" t="n">
-        <v>2006</v>
+        <v>8.7</v>
       </c>
       <c r="E88" s="1" t="n">
-        <v>2007</v>
+        <v>11.4</v>
       </c>
       <c r="F88" s="1" t="n">
-        <v>2008</v>
+        <v>13.4</v>
       </c>
       <c r="G88" s="1" t="n">
-        <v>2009</v>
+        <v>7.9</v>
       </c>
       <c r="H88" s="1" t="n">
-        <v>2010</v>
+        <v>8.3</v>
       </c>
       <c r="I88" s="1" t="n">
-        <v>2011</v>
+        <v>11.4</v>
       </c>
       <c r="J88" s="1" t="n">
-        <v>2012</v>
+        <v>11.3</v>
       </c>
       <c r="K88" s="1" t="n">
-        <v>2013</v>
+        <v>9.3</v>
       </c>
       <c r="L88" s="1" t="n">
-        <v>2014</v>
+        <v>9.9</v>
       </c>
       <c r="M88" s="1" t="n">
-        <v>2015</v>
+        <v>10.8</v>
       </c>
       <c r="N88" s="1" t="n">
-        <v>2016</v>
+        <v>9.9</v>
       </c>
       <c r="O88" s="1" t="n">
-        <v>2017</v>
+        <v>9.5</v>
       </c>
       <c r="P88" s="1" t="n">
-        <v>2018</v>
+        <v>8.2</v>
       </c>
       <c r="Q88" s="1" t="n">
-        <v>2019</v>
+        <v>9</v>
       </c>
       <c r="R88" s="1" t="n">
-        <v>2020</v>
+        <v>7.6</v>
       </c>
       <c r="S88" s="1" t="n">
-        <v>2021</v>
+        <v>7.6</v>
       </c>
       <c r="T88" s="1" t="n">
-        <v>2022</v>
+        <v>7.8</v>
       </c>
       <c r="U88" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V88" s="1"/>
+        <v>8.4</v>
+      </c>
+      <c r="V88" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="W88" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B89" s="1" t="n">
-        <v>41.5</v>
+        <v>5.1</v>
       </c>
       <c r="C89" s="1" t="n">
-        <v>28.3</v>
+        <v>3.7</v>
       </c>
       <c r="D89" s="1" t="n">
-        <v>35.3</v>
+        <v>3.2</v>
       </c>
       <c r="E89" s="1" t="n">
-        <v>33.4</v>
+        <v>3.2</v>
       </c>
       <c r="F89" s="1" t="n">
-        <v>37.9</v>
+        <v>6</v>
       </c>
       <c r="G89" s="1" t="n">
-        <v>31.5</v>
+        <v>3.1</v>
       </c>
       <c r="H89" s="1" t="n">
-        <v>32.9</v>
+        <v>1.9</v>
       </c>
       <c r="I89" s="1" t="n">
-        <v>36.9</v>
+        <v>3.3</v>
       </c>
       <c r="J89" s="1" t="n">
-        <v>38.5</v>
+        <v>4</v>
       </c>
       <c r="K89" s="1" t="n">
-        <v>33.4</v>
+        <v>4.1</v>
       </c>
       <c r="L89" s="1" t="n">
-        <v>36.7</v>
+        <v>3.6</v>
       </c>
       <c r="M89" s="1" t="n">
-        <v>32.1</v>
+        <v>3.4</v>
       </c>
       <c r="N89" s="1" t="n">
-        <v>34.3</v>
+        <v>3.3</v>
       </c>
       <c r="O89" s="1" t="n">
-        <v>32.4</v>
+        <v>3.6</v>
       </c>
       <c r="P89" s="1" t="n">
-        <v>32.9</v>
+        <v>2.5</v>
       </c>
       <c r="Q89" s="1" t="n">
-        <v>29.2</v>
+        <v>2.9</v>
       </c>
       <c r="R89" s="1" t="n">
-        <v>28.2</v>
+        <v>2.2</v>
       </c>
       <c r="S89" s="1" t="n">
-        <v>27.4</v>
+        <v>2.1</v>
       </c>
       <c r="T89" s="1" t="n">
-        <v>27.1</v>
+        <v>2.1</v>
       </c>
       <c r="U89" s="1" t="n">
-        <v>27.3</v>
-[...1 lines deleted...]
-      <c r="V89" s="1"/>
+        <v>2</v>
+      </c>
+      <c r="V89" s="1" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="W89" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B90" s="1" t="n">
-        <v>12.3</v>
+        <v>3.1</v>
       </c>
       <c r="C90" s="1" t="n">
-        <v>10.1</v>
+        <v>1.4</v>
       </c>
       <c r="D90" s="1" t="n">
-        <v>9.4</v>
+        <v>1.1</v>
       </c>
       <c r="E90" s="1" t="n">
-        <v>11.9</v>
+        <v>0.9</v>
       </c>
       <c r="F90" s="1" t="n">
-        <v>13.2</v>
+        <v>3.5</v>
       </c>
       <c r="G90" s="1" t="n">
-        <v>7.9</v>
+        <v>1.1</v>
       </c>
       <c r="H90" s="1" t="n">
-        <v>8.4</v>
+        <v>0.9</v>
       </c>
       <c r="I90" s="1" t="n">
-        <v>11.5</v>
+        <v>0.9</v>
       </c>
       <c r="J90" s="1" t="n">
-        <v>11.3</v>
+        <v>1.2</v>
       </c>
       <c r="K90" s="1" t="n">
-        <v>9.4</v>
+        <v>0.8</v>
       </c>
       <c r="L90" s="1" t="n">
-        <v>10</v>
+        <v>1.1</v>
       </c>
       <c r="M90" s="1" t="n">
-        <v>10.8</v>
+        <v>0.7</v>
       </c>
       <c r="N90" s="1" t="n">
-        <v>9.9</v>
+        <v>1.1</v>
       </c>
       <c r="O90" s="1" t="n">
-        <v>9.5</v>
+        <v>1.1</v>
       </c>
       <c r="P90" s="1" t="n">
-        <v>8.2</v>
+        <v>0.7</v>
       </c>
       <c r="Q90" s="1" t="n">
-        <v>8.9</v>
+        <v>0.6</v>
       </c>
       <c r="R90" s="1" t="n">
-        <v>7.6</v>
+        <v>0.4</v>
       </c>
       <c r="S90" s="1" t="n">
-        <v>7.6</v>
+        <v>0.4</v>
       </c>
       <c r="T90" s="1" t="n">
-        <v>8.4</v>
+        <v>0.7</v>
       </c>
       <c r="U90" s="1" t="n">
-        <v>8.2</v>
-[...1 lines deleted...]
-      <c r="V90" s="1"/>
+        <v>1.1</v>
+      </c>
+      <c r="V90" s="1" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="W90" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B91" s="1" t="n">
-        <v>5.3</v>
+        <v>2.2</v>
       </c>
       <c r="C91" s="1" t="n">
-        <v>3.4</v>
+        <v>0.5</v>
       </c>
       <c r="D91" s="1" t="n">
-        <v>3.6</v>
+        <v>0.3</v>
       </c>
       <c r="E91" s="1" t="n">
-        <v>3.3</v>
+        <v>0.8</v>
       </c>
       <c r="F91" s="1" t="n">
-        <v>6</v>
+        <v>1.8</v>
       </c>
       <c r="G91" s="1" t="n">
-        <v>3.1</v>
+        <v>0.2</v>
       </c>
       <c r="H91" s="1" t="n">
-        <v>1.9</v>
+        <v>0.6</v>
       </c>
       <c r="I91" s="1" t="n">
-        <v>3.3</v>
+        <v>0.5</v>
       </c>
       <c r="J91" s="1" t="n">
-        <v>4</v>
+        <v>0.3</v>
       </c>
       <c r="K91" s="1" t="n">
-        <v>4.1</v>
+        <v>0.2</v>
       </c>
       <c r="L91" s="1" t="n">
-        <v>3.6</v>
+        <v>0.6</v>
       </c>
       <c r="M91" s="1" t="n">
-        <v>3.4</v>
+        <v>0.2</v>
       </c>
       <c r="N91" s="1" t="n">
-        <v>3.3</v>
+        <v>0.3</v>
       </c>
       <c r="O91" s="1" t="n">
-        <v>3.6</v>
+        <v>0.7</v>
       </c>
       <c r="P91" s="1" t="n">
-        <v>2.5</v>
+        <v>0.3</v>
       </c>
       <c r="Q91" s="1" t="n">
-        <v>2.9</v>
+        <v>0.2</v>
       </c>
       <c r="R91" s="1" t="n">
-        <v>2.3</v>
+        <v>0.3</v>
       </c>
       <c r="S91" s="1" t="n">
-        <v>2.1</v>
+        <v>0.3</v>
       </c>
       <c r="T91" s="1" t="n">
-        <v>2.1</v>
+        <v>0.1</v>
       </c>
       <c r="U91" s="1" t="n">
-        <v>2.1</v>
-[...1 lines deleted...]
-      <c r="V91" s="1"/>
+        <v>0.2</v>
+      </c>
+      <c r="V91" s="1" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="W91" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V92" s="1"/>
+      <c r="A92" s="0"/>
+      <c r="B92" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
-        <v>55</v>
-[...61 lines deleted...]
-      <c r="V93" s="1"/>
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="0"/>
-      <c r="B94" s="1"/>
+      <c r="A94" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A95" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="0"/>
+      <c r="A97" s="0" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A98" s="0"/>
+      <c r="B98" s="1" t="n">
+        <v>2004</v>
+      </c>
+      <c r="C98" s="1" t="n">
+        <v>2005</v>
+      </c>
+      <c r="D98" s="1" t="n">
+        <v>2006</v>
+      </c>
+      <c r="E98" s="1" t="n">
+        <v>2007</v>
+      </c>
+      <c r="F98" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="G98" s="1" t="n">
+        <v>2009</v>
+      </c>
+      <c r="H98" s="1" t="n">
+        <v>2010</v>
+      </c>
+      <c r="I98" s="1" t="n">
+        <v>2011</v>
+      </c>
+      <c r="J98" s="1" t="n">
+        <v>2012</v>
+      </c>
+      <c r="K98" s="1" t="n">
+        <v>2013</v>
+      </c>
+      <c r="L98" s="1" t="n">
+        <v>2014</v>
+      </c>
+      <c r="M98" s="1" t="n">
+        <v>2015</v>
+      </c>
+      <c r="N98" s="1" t="n">
+        <v>2016</v>
+      </c>
+      <c r="O98" s="1" t="n">
+        <v>2017</v>
+      </c>
+      <c r="P98" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="Q98" s="1" t="n">
+        <v>2019</v>
+      </c>
+      <c r="R98" s="1" t="n">
+        <v>2020</v>
+      </c>
+      <c r="S98" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="T98" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="U98" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="V98" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W98" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="s">
-        <v>13</v>
-      </c>
+        <v>53</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G99" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="H99" s="1" t="n">
+        <v>3.14894</v>
+      </c>
+      <c r="I99" s="1" t="n">
+        <v>3.26833</v>
+      </c>
+      <c r="J99" s="1" t="n">
+        <v>3.55512</v>
+      </c>
+      <c r="K99" s="1" t="n">
+        <v>3.82624</v>
+      </c>
+      <c r="L99" s="1" t="n">
+        <v>3.11135</v>
+      </c>
+      <c r="M99" s="1" t="n">
+        <v>2.42661</v>
+      </c>
+      <c r="N99" s="1" t="n">
+        <v>2.49582</v>
+      </c>
+      <c r="O99" s="1" t="n">
+        <v>2.84946</v>
+      </c>
+      <c r="P99" s="1" t="n">
+        <v>1.21693</v>
+      </c>
+      <c r="Q99" s="1" t="n">
+        <v>0.86613</v>
+      </c>
+      <c r="R99" s="1" t="n">
+        <v>1.05983</v>
+      </c>
+      <c r="S99" s="1" t="n">
+        <v>0.84633</v>
+      </c>
+      <c r="T99" s="1" t="n">
+        <v>0.60124</v>
+      </c>
+      <c r="U99" s="1" t="n">
+        <v>0.84278</v>
+      </c>
+      <c r="V99" s="1" t="n">
+        <v>1.04845</v>
+      </c>
+      <c r="W99" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="0"/>
-[...16 lines deleted...]
-        <v>2009</v>
+      <c r="A100" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F100" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G100" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="H100" s="1" t="n">
-        <v>2010</v>
+        <v>3.11536</v>
       </c>
       <c r="I100" s="1" t="n">
-        <v>2011</v>
+        <v>2.3582</v>
       </c>
       <c r="J100" s="1" t="n">
-        <v>2012</v>
+        <v>4.14144</v>
       </c>
       <c r="K100" s="1" t="n">
-        <v>2013</v>
+        <v>1.5938</v>
       </c>
       <c r="L100" s="1" t="n">
-        <v>2014</v>
+        <v>1.78728</v>
       </c>
       <c r="M100" s="1" t="n">
-        <v>2015</v>
+        <v>1.76367</v>
       </c>
       <c r="N100" s="1" t="n">
-        <v>2016</v>
+        <v>1.34763</v>
       </c>
       <c r="O100" s="1" t="n">
-        <v>2017</v>
+        <v>1.95687</v>
       </c>
       <c r="P100" s="1" t="n">
-        <v>2018</v>
+        <v>1.61689</v>
       </c>
       <c r="Q100" s="1" t="n">
-        <v>2019</v>
+        <v>1.87884</v>
       </c>
       <c r="R100" s="1" t="n">
-        <v>2020</v>
+        <v>1.87485</v>
       </c>
       <c r="S100" s="1" t="n">
-        <v>2021</v>
+        <v>2.02639</v>
       </c>
       <c r="T100" s="1" t="n">
-        <v>2022</v>
+        <v>2.26982</v>
       </c>
       <c r="U100" s="1" t="n">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="V100" s="1"/>
+        <v>2.71383</v>
+      </c>
+      <c r="V100" s="1" t="n">
+        <v>2.25945</v>
+      </c>
+      <c r="W100" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="0" t="s">
-        <v>58</v>
-[...17 lines deleted...]
-        <v>2.5</v>
+        <v>55</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F101" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G101" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="H101" s="1" t="n">
-        <v>3.1</v>
+        <v>28.57835</v>
       </c>
       <c r="I101" s="1" t="n">
-        <v>3.3</v>
+        <v>38.01354</v>
       </c>
       <c r="J101" s="1" t="n">
-        <v>3.6</v>
+        <v>37.10608</v>
       </c>
       <c r="K101" s="1" t="n">
-        <v>3.8</v>
+        <v>34.02754</v>
       </c>
       <c r="L101" s="1" t="n">
-        <v>3.1</v>
+        <v>38.07607</v>
       </c>
       <c r="M101" s="1" t="n">
-        <v>2.4</v>
+        <v>33.72481</v>
       </c>
       <c r="N101" s="1" t="n">
-        <v>2.5</v>
+        <v>35.96129</v>
       </c>
       <c r="O101" s="1" t="n">
-        <v>2.8</v>
+        <v>34.86917</v>
       </c>
       <c r="P101" s="1" t="n">
-        <v>1.2</v>
+        <v>34.76932</v>
       </c>
       <c r="Q101" s="1" t="n">
-        <v>0.9</v>
+        <v>30.68629</v>
       </c>
       <c r="R101" s="1" t="n">
-        <v>1.1</v>
+        <v>29.35169</v>
       </c>
       <c r="S101" s="1" t="n">
-        <v>0.9</v>
+        <v>30.21313</v>
       </c>
       <c r="T101" s="1" t="n">
-        <v>0.7</v>
+        <v>31.21136</v>
       </c>
       <c r="U101" s="1" t="n">
-        <v>0.8</v>
-[...1 lines deleted...]
-      <c r="V101" s="1"/>
+        <v>29.8163</v>
+      </c>
+      <c r="V101" s="1" t="n">
+        <v>24.28448</v>
+      </c>
+      <c r="W101" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="s">
-        <v>59</v>
-[...17 lines deleted...]
-        <v>2.9</v>
+        <v>56</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="C102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="D102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="E102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="F102" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="G102" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="H102" s="1" t="n">
-        <v>3.1</v>
+        <v>12.18586</v>
       </c>
       <c r="I102" s="1" t="n">
-        <v>2.4</v>
+        <v>14.77835</v>
       </c>
       <c r="J102" s="1" t="n">
-        <v>4.1</v>
+        <v>15.31011</v>
       </c>
       <c r="K102" s="1" t="n">
-        <v>1.6</v>
+        <v>12.70522</v>
       </c>
       <c r="L102" s="1" t="n">
-        <v>1.8</v>
+        <v>13.13261</v>
       </c>
       <c r="M102" s="1" t="n">
-        <v>1.8</v>
+        <v>13.78574</v>
       </c>
       <c r="N102" s="1" t="n">
-        <v>1.3</v>
+        <v>11.95986</v>
       </c>
       <c r="O102" s="1" t="n">
-        <v>2</v>
+        <v>12.09364</v>
       </c>
       <c r="P102" s="1" t="n">
-        <v>1.6</v>
+        <v>14.48062</v>
       </c>
       <c r="Q102" s="1" t="n">
-        <v>1.9</v>
+        <v>14.93102</v>
       </c>
       <c r="R102" s="1" t="n">
-        <v>1.9</v>
+        <v>11.00889</v>
       </c>
       <c r="S102" s="1" t="n">
-        <v>2</v>
+        <v>7.09972</v>
       </c>
       <c r="T102" s="1" t="n">
-        <v>2.2</v>
+        <v>7.62686</v>
       </c>
       <c r="U102" s="1" t="n">
-        <v>2.7</v>
-[...1 lines deleted...]
-      <c r="V102" s="1"/>
+        <v>9.60206</v>
+      </c>
+      <c r="V102" s="1" t="n">
+        <v>7.72522</v>
+      </c>
+      <c r="W102" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="0" t="s">
-[...62 lines deleted...]
-      <c r="V103" s="1"/>
+      <c r="A103" s="0"/>
+      <c r="B103" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="0" t="s">
-        <v>61</v>
-[...61 lines deleted...]
-      <c r="V104" s="1"/>
+        <v>21</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="0"/>
-      <c r="B105" s="1"/>
+      <c r="A105" s="0" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="0" t="s">
-[...9 lines deleted...]
-      <c r="A108" s="0"/>
+      <c r="A106" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="B1" s="0" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>