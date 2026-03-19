--- v0 (2025-11-16)
+++ v1 (2026-03-19)
@@ -27,130 +27,119 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G10_GIN" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
   <si>
     <t>Indice de Gini du revenu disponible équivalent - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>échelle 0-100</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>estimation: EU 2014-2019, rupture de série: EU 2020, BE 2019 - données jusqu'en 2018 pas comparables avec celles à partir de 2019</t>
-[...2 lines deleted...]
-    <t> Statbel; Eurostat (2024), European Union Statistics on Income and Living Conditions (EU-SILC), ilc_di12, https://ec.europa.eu/eurostat (consulté le 14/10/2024), Statbel (2022), communication directe, 20/09/2022 et Statbel (2023), communication directe, 17/02/2023.</t>
+    <t>Note: estimation: EU 2014-2019, rupture de série: EU 2020, BE 2019 - données jusqu'en 2018 pas comparables avec celles à partir de 2019. L'intervalle de confiance à 95 % pour l'indice de Gini en 2024 est de 23.7% à 25.5% pour Belgique.</t>
+  </si>
+  <si>
+    <t>Source: Statbel (2025), Indicateurs-SILC-SDG 2004-2024, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 28/08/2025); Statbel (2025), Microfichiers SILC 2024: SILC_2024_CI; Statbel; Eurostat (2025), Coefficient de Gini du revenu disponible équivalent par âge,  ilc_di12, https://ec.europa.eu/eurostat, dernière mise à jour des données 24/07/2025  23:00:00 (consulté le 28/08/2025)</t>
   </si>
   <si>
     <t>Indice de Gini du revenu disponible équivalent avant et après transferts sociaux (pensions exclues) - Belgique</t>
   </si>
   <si>
     <t>après transferts</t>
   </si>
   <si>
     <t>avant transferts</t>
   </si>
   <si>
-    <t>rupture de série: 2019, 2022 - données jusqu'en 2018 pas comparables avec celles à partir de 2019</t>
-[...5 lines deleted...]
-    <t>Indice de Gini du revenu disponible équivalent selon la région - Belgique </t>
+    <t>Note: rupture de série: 2019, 2022 - données jusqu'en 2018 pas comparables avec celles à partir de 2019</t>
+  </si>
+  <si>
+    <t>Source: Statbel; Eurostat (2025), Coefficient de Gini du revenu disponible équivalent avant transferts sociaux (pensions exclues dans les transferts sociaux),  ilc_di12c https://ec.europa.eu/eurostat, dernière mise à jour des données 24/07/2025  23:00:00 (consulté le 28/08/2025)</t>
+  </si>
+  <si>
+    <t>Indice de Gini du revenu disponible équivalent selon la région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>La marge d'incertitude de cet indicateur est indiquée dans le texte pour la dernière année. Rupture de série: 2019 - gegevens tot en met 2018 niet vergelijkbaar met gegevens vanaf 2019</t>
-[...2 lines deleted...]
-    <t>Statbel (2024), Indicateurs-SILC-SDG 2004-2023, https://Statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/risque-de-pauvrete-ou-dexclusion-sociale#figures (consulté le 14/10/2024), Statbel (2024), communication directe, 07/06/2024.</t>
+    <t>Note: Rupture de série: 2019 - gegevens tot en met 2018 niet vergelijkbaar met gegevens vanaf 2019. L?intervalle de confiance à 95 % de l'indice de Gini en 2024 est de 29.5 à 33.9 pour Bruxelles, de 22.2 à 24.8 pour Flandre et de 22.0 à 24.8 pour la Wallonie.</t>
+  </si>
+  <si>
+    <t>Statbel (2025),  Indicateurs-SILC-SDG 2004-2024, https://statbel.fgov.be/nl/themas/huishoudens/armoede-en-levensomstandigheden/risico-op-armoede-sociale-uitsluiting#figures (consulté le 14/08/2025); Statbel (2025), Microfichiers SILC 2024: SILC_2024_CI</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G10_GIN</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Inégalités de revenu: indice de Gini (i53)</t>
+    <t>Inégalités de revenu: indice de Gini (i54)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: l’indice de Gini mesure l’inégalité des revenus. Sa valeur varie entre 0 et 100. L’indice de Gini est égal à 0 dans une situation d’égalité parfaite, quand tout le monde perçoit le même revenu. La valeur de 100 correspond à une inégalité absolue, une personne bénéficiant de tous les revenus et les autres d’aucun revenu. Le revenu équivalent net disponible est utilisé pour calculer cet indicateur. Le revenu net disponible est égal à la somme des revenus bruts de tous les membres du ménage, moins les impôts, les cotisations sociales et les transferts entre ménages (CE, 2016). Pour obtenir le revenu équivalent net disponible, le revenu net disponible est divisé par un facteur d'équivalence (l'échelle d'équivalence modifiée de l'OCDE). Un adulte a un facteur de 1, chaque personne supplémentaire à partir de l'âge de 14 ans un facteur de 0,5 et chaque personne supplémentaire de moins de 14 ans un facteur de 0,3. Le revenu équivalent net disponible permet de comparer le niveau de vie des personnes, en tenant compte des économies d'échelle résultant d'un ménage commun et de la composition de la famille.
 Les données relatives au revenu présentées ici sont basées sur l'enquête Statistics on Income and Living Conditions (EU-SILC) de l'Union européenne, où les données sur les revenus se rapportent toujours à ceux de l'année qui précède l'année de l'enquête. Cela signifie, par exemple, pour l'année d'enquête 2020 ce sont les revenus de 2019, qui n'ont pas été affectés par la crise de la Covid-19, qui ont été utilisés pour le calcul de cet indicateur (Statbel 2021a).
 Statbel organise en Belgique cette enquête harmonisée au niveau de l'UE et en met les résultats à disposition, notamment d'Eurostat. L’année 2004 est la première année pour laquelle des données harmonisées à l’échelle européenne ont été collectées pour calculer l’indicateur. Les données utilisées ici proviennent de Eurostat, qui publie des résultats détaillés et comparables entre les États membres de l'UE. Comme ces données sont basées sur des enquêtes, il faut tenir compte d’une marge d’incertitude. Cette marge d'incertitude augmente à mesure que l'indicateur est calculé pour des sous-populations plus petites. Les intervalles de confiance (IC) correspondant à ces données sont disponibles sur demande auprès de Statbel.
 À partir de 2019, la méthodologie de l’enquête a été revue en profondeur pour une meilleure précision. Dès lors, les données récoltées jusqu’en 2018 ne sont pas comparables avec celles collectées à partir de 2019. En 2020, c’est la pandémie de Covid-19 qui a impacté la collecte des données. De ce fait, il est difficile de comparer les résultats de SILC 2020 avec ceux des années précédentes. (Statbel, 2021b). En conséquence, ils ne sont pas utilisés pour calculer et évaluer la tendance à long terme.
+Pour cet indicateur la ventilation suivante est disponible : région.
 Objectif: l'indice de Gini ne peut pas augmenter.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 10.4: et "Adopter des politiques, notamment sur les plans budgétaire, salarial et dans le domaine de la protection sociale, afin de parvenir progressivement à une plus grande égalité".
 La vision stratégique fédérale à long terme de développement durable pose que "Favorisant le bien-être de chaque individu, il sera essentiel qu’une société inclusive lutte contre la pauvreté et les inégalités sociales" (introduction du défi "Une société qui promeut la cohésion sociale"; Moniteur belge 08/10/2013).
 Étant donné qu'en comparaison des autres états membres de l'UE, l'inégalité de revenu en Belgique est basse et est de plus restée stable depuis 2004, il peut être considéré que pour contribuer au défi de la vision stratégique fédérale et au sous-objectif des SDG, l'indice de Gini, en tant que mesure de l'inégalité de revenu, ne peut pas augmenter.
-Evolution: entre 2004 et 2009 l'indice de Gini fluctue entre 26,1 et 28. A partir de 2010 cela fluctue moins. En 2010 l'indice de Gini était de 26,6. En 2018 il atteignait 25,7. Sur la base de ces données, une légère diminution de l'indice de Gini peut être observé. En 2019, avec la nouvelle méthodologie utilisée à partir de 2019, l'indice de Gini était de 25,1. En 2023 il atteignait 24,2.
-[...3 lines deleted...]
-Ventilation selon la Région: l'indice de Gini en 2023 est, avec la nouvelle méthodologie utilisée à partir de 2019, de 31,9 à Bruxelles (IC95% 29,4 – 34,4), de 22 en Flandre (IC95% 20,7 – 23,3), de 24,6 en Wallonie (IC95% 22,5 – 26,7) et de 24,2 en Belgique (IC95% 23,2 – 25,2). La comparaison entre Régions et l’analyse de l’évolution dans le temps de ces indicateurs doit prendre en compte l’amplitude des intervalles de confiance.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 10.4. L'indice de Gini reflète, en effet, le degré d'inégalité des revenus, qui est, entre autres, déterminé par les politiques fiscale, salariale et de protection sociale.
 Sources
-Générales
-[...4 lines deleted...]
-Spécifiques
 EC (2016), Methodological guidelines and description of EU-SILC - Target Variables -015 operation (Version August 2016), DocSILC065 (2015 operation).
-Federal Public Service Social Security (2023), Analysis of the evolution of the social situation and social protection in Belgium, https://socialsecurity.belgium.be/fr/publications/analyse-de-levolution-de-la-situation-sociale-et-de-la-protection-sociale-en-belgique.
-[...2 lines deleted...]
-Statbel (2021b), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 19/11/2021
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
+Statbel (2021a), Chiffres clés 2021, p. 31, https://statbel.fgov.be/fr/nouvelles/chiffres-cles-2021 (consulté le 19/12/2025)
+Statbel (2021b), SILC FAQ, https://statbel.fgov.be/fr/themes/menages/pauvrete-et-conditions-de-vie/faq, voir en particulier "Y a-t-il des ruptures de séries dans la chronologie de l'enquête SILC ?" (consulté le 19/12/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -208,51 +197,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V28"/>
+  <dimension ref="A1:W28"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2004</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -290,51 +279,54 @@
       </c>
       <c r="N3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="O3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="P3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Q3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="R3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="S3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="T3" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="U3" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="V3" s="1"/>
+      <c r="V3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="W3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
         <v>26.1</v>
       </c>
       <c r="C4" s="1" t="n">
         <v>28</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>27.8</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>26.3</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>27.5</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>26.4</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>26.6</v>
@@ -345,460 +337,388 @@
       <c r="J4" s="1" t="n">
         <v>26.5</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>25.9</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>25.9</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>26.2</v>
       </c>
       <c r="N4" s="1" t="n">
         <v>26.3</v>
       </c>
       <c r="O4" s="1" t="n">
         <v>26.1</v>
       </c>
       <c r="P4" s="1" t="n">
         <v>25.7</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>25.1</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>25.4</v>
+        <v>25.3</v>
       </c>
       <c r="S4" s="1" t="n">
         <v>24.1</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>24.9</v>
+        <v>24.7</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>24.2</v>
-[...1 lines deleted...]
-      <c r="V4" s="1"/>
+        <v>24.3</v>
+      </c>
+      <c r="V4" s="1" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="W4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="I5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="J5" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="K5" s="1" t="s">
         <f>=NA()</f>
       </c>
-      <c r="L5" s="1" t="n">
-        <v>30.9</v>
+      <c r="L5" s="1" t="s">
+        <f>=NA()</f>
       </c>
       <c r="M5" s="1" t="n">
         <v>30.8</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>30.6</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>30.3</v>
       </c>
       <c r="P5" s="1" t="n">
         <v>30.4</v>
       </c>
       <c r="Q5" s="1" t="n">
         <v>30.2</v>
       </c>
       <c r="R5" s="1" t="n">
         <v>30</v>
       </c>
       <c r="S5" s="1" t="n">
         <v>30.2</v>
       </c>
       <c r="T5" s="1" t="n">
         <v>29.6</v>
       </c>
       <c r="U5" s="1" t="n">
         <v>29.6</v>
       </c>
-      <c r="V5" s="1"/>
+      <c r="V5" s="1" t="n">
+        <v>29.4</v>
+      </c>
+      <c r="W5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0"/>
       <c r="B6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0"/>
       <c r="B12" s="1" t="n">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="C12" s="1" t="n">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>2013</v>
-[...31 lines deleted...]
-      <c r="V12" s="1"/>
+        <v>2024</v>
+      </c>
+      <c r="L12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="C13" s="1" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="D13" s="1" t="n">
         <v>26.1</v>
       </c>
-      <c r="C13" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="1" t="n">
-        <v>26.3</v>
+        <v>25.7</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>27.5</v>
+        <v>25.1</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>26.4</v>
+        <v>25.3</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>26.6</v>
+        <v>24.1</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>26.3</v>
+        <v>24.7</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>26.5</v>
+        <v>24.3</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>25.9</v>
-[...31 lines deleted...]
-      <c r="V13" s="1"/>
+        <v>24.6</v>
+      </c>
+      <c r="L13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>35.2</v>
+        <v>34.6</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>37.7</v>
+        <v>34.4</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>34.6</v>
+        <v>32.7</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>35.6</v>
+        <v>32.7</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>34.3</v>
+        <v>32.7</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>34.8</v>
+        <v>32.9</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>34.8</v>
+        <v>33</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>35.1</v>
+        <v>31.9</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>34</v>
-[...31 lines deleted...]
-      <c r="V14" s="1"/>
+        <v>32.6</v>
+      </c>
+      <c r="L14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0"/>
       <c r="B21" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="C21" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="D21" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>2022</v>
       </c>
       <c r="F21" s="1" t="n">
         <v>2023</v>
       </c>
-      <c r="G21" s="1"/>
+      <c r="G21" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="H21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="1" t="n">
         <v>31.2</v>
       </c>
       <c r="C22" s="1" t="n">
-        <v>33.2</v>
+        <v>33.1</v>
       </c>
       <c r="D22" s="1" t="n">
-        <v>30.3</v>
+        <v>30.1</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>34.5</v>
+        <v>34</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>31.9</v>
-[...1 lines deleted...]
-      <c r="G22" s="1"/>
+        <v>32.4</v>
+      </c>
+      <c r="G22" s="1" t="n">
+        <v>31.6</v>
+      </c>
+      <c r="H22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="1" t="n">
         <v>23.3</v>
       </c>
       <c r="C23" s="1" t="n">
-        <v>23.7</v>
+        <v>23.6</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>22.6</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>22.6</v>
+        <v>22.5</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="G23" s="1"/>
+        <v>21.9</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="H23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>25.1</v>
       </c>
       <c r="C24" s="1" t="n">
-        <v>24.6</v>
+        <v>24.5</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>23.6</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>24.2</v>
+        <v>24</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>24.6</v>
       </c>
-      <c r="G24" s="1"/>
+      <c r="G24" s="1" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="H24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0"/>
       <c r="B25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>