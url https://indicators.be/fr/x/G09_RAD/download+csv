--- v0 (2025-11-18)
+++ v1 (2026-03-11)
@@ -13,138 +13,127 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="G09_RAD" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="22">
   <si>
     <t>Recherche et développement - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage du produit intérieur brut</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
-    <t>tendance et extrapolation (novembre 2024)</t>
+    <t>tendance et extrapolation (novembre 2025)</t>
   </si>
   <si>
     <t>objectif 2020 et au-delà</t>
   </si>
   <si>
-    <t>2022 données éstimées</t>
-[...2 lines deleted...]
-    <t>Eurostat (2024), Dépenses intra-muros de R&amp;D par secteur d'exécution [rd_e_gerdtot], https://ec.europa.eu/eurostat (consulté le 08/10/2024) &amp; calculs BFP.</t>
+    <t>Note: 2022 données éstimées, 2023 données provisoires</t>
+  </si>
+  <si>
+    <t>Source: Eurostat (2025), Dépenses intra-muros de R&amp;D par secteur d'exécution, rd_e_gerdtot, https://ec.europa.eu/eurostat, dernière mise à jour des données 02/05/2025 11:00 (consulté le 30/06/2025)</t>
   </si>
   <si>
     <t>Recherche et développement - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>UE: données éstimées, sauf pour 2015 et 2017</t>
-[...2 lines deleted...]
-    <t>Eurostat (2024), Dépenses intra-muros de R&amp;D par secteur d'exécution [rd_e_gerdtot], https://ec.europa.eu/eurostat (consulté le 08/10/2024).</t>
+    <t>Note: Pour l'UE, les données sont éstimées, sauf pour 2015 et 2017. Pour la Belgique, les données sont estimées pour 2022 et provisoires pour 2023.</t>
+  </si>
+  <si>
+    <t>Source: Eurostat (2024), Dépenses intra-muros de R&amp;D par secteur d'exécution, rd_e_gerdtot, https://ec.europa.eu/eurostat, dernière mise à jour des données 02/05/2025 11:00 (consulté le 30/06/2025).</t>
   </si>
   <si>
     <t>Recherche et développement selon la Région - Belgique</t>
   </si>
   <si>
     <t>Région de Bruxelles-Capitale</t>
   </si>
   <si>
     <t>Région flamande</t>
   </si>
   <si>
     <t>Région wallonne</t>
   </si>
   <si>
-    <t>Eurostat (2024), Dépenses intra-muros de R&amp;D par secteur d'exécution [rd_e_gerdreg], https://ec.europa.eu/eurostat (consulté le 08/10/2024).</t>
-[...1 lines deleted...]
-  <si>
     <t>Code</t>
   </si>
   <si>
     <t>G09_RAD</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Recherche et développement (i49)</t>
+    <t>Recherche et développement (i50)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: l'indicateur mesure les dépenses domestiques brutes en recherche et développement (R&amp;amp;D), publiques et privées, en pourcentage du PIB. Ces dépenses concernent les travaux entrepris de façon systématique en vue d'accroître la somme des connaissances, ainsi que l'utilisation de cette somme de connaissances pour de nouvelles applications. Les données proviennent d’Eurostat.
+Pour cet indicateur la ventilation suivante est disponible : région.
 Objectif: la part des dépenses R&amp;amp;D doit atteindre 3% du PIB à partir de 2020.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 9.5: "Renforcer la recherche scientifique, perfectionner les capacités technologiques des secteurs industriels de tous les pays, en particulier des pays en développement, notamment en encourageant l’innovation et en augmentant nettement le nombre de personnes travaillant dans le secteur de la recherche et du développement pour 1 million d’habitants et en accroissant les dépenses publiques et privées consacrées à la recherche et au développement d’ici à 2030".
 La Vision stratégique fédérale à long terme de développement durable inclut l'objectif: "Les budgets de recherche &amp;amp; développement atteindront au moins les 3% du PIB et augmenteront d’année en année" (objectif 49; Moniteur belge, 08/10/2013).
 Etant donné que cet engagement fixe un objectif de 3% pour 2050, cet objectif est également celui considéré pour 2030.
-Évolution: en Belgique, les dépenses intérieures brutes de R&amp;amp;D, en euros, ont presque toujours augmenté entre 1995 et 2022, excepté entre 2001 et 2003 et en 2022. En 2022, ces dépenses s’élèvent à 3,35% du PIB.
-[...1 lines deleted...]
-Ventilation selon la Région: les dépenses intérieures brutes de R&amp;amp;D en 2021 sont de 2,49% à Bruxelles, 3,4% en Flandre et 3,65% en Wallonie. Pour la Belgique, ce chiffre était de 3,43% en 2021.
 Indicateur ONU: l’indicateur choisi correspond à l'indicateur 9.5.1 - Dépenses de recherche-développement en proportion du PIB.
 Sources
-Générales
-[...8 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Commission européenne (2010), Europe 2020, Une stratégie pour une croissance intelligente, durable et inclusive, p. 8; http://ec.europa.eu/archives/commission_2010-2014/president/news/documents/pdf/20100303_1_fr.pdf (consulté le 02/10/2025).
+Conseil européen (2002), Conclusions de la présidence, Conseil européen de Barcelone, 15 et 16 mars 2002, p. 20, https://www.consilium.europa.eu/media/20935/71026.pdf (consulté le 02/10/2025).
+Gouvernement fédéral (2011), Programme national de réforme 2011, p. 25, https://www.be2020.eu/uploaded/uploaded/201105201047030.PNR_2011_fr.pdf (consulté le 02/10/2025).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -351,213 +340,213 @@
       <c r="C4" s="1" t="n">
         <v>2.03</v>
       </c>
       <c r="D4" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>1.84</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>1.79</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>1.85</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>1.94</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>2</v>
+        <v>1.99</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>2.06</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>2.17</v>
+        <v>2.16</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>2.28</v>
+        <v>2.27</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>2.33</v>
+        <v>2.32</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>2.37</v>
+        <v>2.36</v>
       </c>
       <c r="Q4" s="1" t="n">
         <v>2.43</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>2.52</v>
+        <v>2.53</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>2.67</v>
+        <v>2.68</v>
       </c>
       <c r="T4" s="1" t="n">
         <v>2.86</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>3.16</v>
+        <v>3.15</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>3.397</v>
+        <v>3.37</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>3.43</v>
+        <v>3.41</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>3.35</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>3.29</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>3.32</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>1.881229904</v>
+        <v>1.881028374</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>1.874872587</v>
+        <v>1.874657524</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>1.869111646</v>
+        <v>1.868885075</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>1.865997972</v>
+        <v>1.865765769</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>1.867882514</v>
+        <v>1.867656611</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>1.876892944</v>
+        <v>1.876693905</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>1.894773547</v>
+        <v>1.894633572</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>1.922531373</v>
+        <v>1.922497774</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>1.960574976</v>
+        <v>1.960713856</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>2.008703982</v>
+        <v>2.009103579</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>2.066586763</v>
+        <v>2.067359625</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>2.133833139</v>
+        <v>2.13500891</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>2.209970135</v>
+        <v>2.211475781</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>2.294851101</v>
+        <v>2.296375659</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>2.389039235</v>
+        <v>2.389872803</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>2.493545138</v>
+        <v>2.492384537</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>2.609312761</v>
+        <v>2.604032466</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>2.73670291</v>
+        <v>2.724215218</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>2.875068431</v>
+        <v>2.851329704</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>3.022783023</v>
+        <v>2.982913977</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>3.177608862</v>
+        <v>3.116095336</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>3.338241844</v>
+        <v>3.249253592</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>3.505405154</v>
+        <v>3.383184503</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>3.663385801</v>
+        <v>3.520570201</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>3.811976225</v>
+        <v>3.649238438</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>3.951131875</v>
+        <v>3.769272106</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>4.080943828</v>
+        <v>3.880855824</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>4.201612984</v>
+        <v>3.98425411</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>4.313426474</v>
+        <v>4.079791938</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>4.416736638</v>
+        <v>4.167837778</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>4.511942712</v>
+        <v>4.248789136</v>
       </c>
       <c r="AG5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="C6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>3</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>3</v>
       </c>
@@ -729,231 +718,240 @@
       </c>
       <c r="V13" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="X13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Y13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Z13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AD13" s="1"/>
+      <c r="AD13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AE13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
         <v>1.65</v>
       </c>
       <c r="C14" s="1" t="n">
         <v>1.74</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>1.81</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>1.84</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>1.91</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>1.94</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>2.03</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>1.84</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>1.79</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>1.85</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>1.94</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>2</v>
+        <v>1.99</v>
       </c>
       <c r="Q14" s="1" t="n">
         <v>2.06</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>2.17</v>
+        <v>2.16</v>
       </c>
       <c r="S14" s="1" t="n">
-        <v>2.28</v>
+        <v>2.27</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>2.33</v>
+        <v>2.32</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>2.37</v>
+        <v>2.36</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>2.43</v>
       </c>
       <c r="W14" s="1" t="n">
-        <v>2.52</v>
+        <v>2.53</v>
       </c>
       <c r="X14" s="1" t="n">
-        <v>2.67</v>
+        <v>2.68</v>
       </c>
       <c r="Y14" s="1" t="n">
         <v>2.86</v>
       </c>
       <c r="Z14" s="1" t="n">
-        <v>3.16</v>
+        <v>3.15</v>
       </c>
       <c r="AA14" s="1" t="n">
-        <v>3.397</v>
+        <v>3.37</v>
       </c>
       <c r="AB14" s="1" t="n">
-        <v>3.43</v>
+        <v>3.41</v>
       </c>
       <c r="AC14" s="1" t="n">
-        <v>3.35</v>
-[...1 lines deleted...]
-      <c r="AD14" s="1"/>
+        <v>3.29</v>
+      </c>
+      <c r="AD14" s="1" t="n">
+        <v>3.32</v>
+      </c>
+      <c r="AE14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F15" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G15" s="1" t="n">
         <v>1.81</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>1.82</v>
       </c>
       <c r="I15" s="1" t="n">
         <v>1.83</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>1.83</v>
+        <v>1.82</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>1.8</v>
+        <v>1.79</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>1.78</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>1.8</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>1.8</v>
+        <v>1.79</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>1.87</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>1.97</v>
+        <v>1.96</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>1.97</v>
+        <v>1.96</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>2.02</v>
+        <v>2</v>
       </c>
       <c r="S15" s="1" t="n">
+        <v>2.06</v>
+      </c>
+      <c r="T15" s="1" t="n">
         <v>2.08</v>
       </c>
-      <c r="T15" s="1" t="n">
+      <c r="U15" s="1" t="n">
+        <v>2.09</v>
+      </c>
+      <c r="V15" s="1" t="n">
         <v>2.1</v>
       </c>
-      <c r="U15" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="W15" s="1" t="n">
-        <v>2.12</v>
+        <v>2.1</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>2.15</v>
+        <v>2.14</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>2.19</v>
+        <v>2.17</v>
       </c>
       <c r="Z15" s="1" t="n">
+        <v>2.21</v>
+      </c>
+      <c r="AA15" s="1" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="AB15" s="1" t="n">
+        <v>2.24</v>
+      </c>
+      <c r="AC15" s="1" t="n">
         <v>2.23</v>
       </c>
-      <c r="AA15" s="1" t="n">
-[...8 lines deleted...]
-      <c r="AD15" s="1"/>
+      <c r="AD15" s="1" t="n">
+        <v>2.24</v>
+      </c>
+      <c r="AE15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
@@ -1058,54 +1056,54 @@
       <c r="K23" s="1" t="n">
         <v>1.34</v>
       </c>
       <c r="L23" s="1" t="n">
         <v>1.4</v>
       </c>
       <c r="M23" s="1" t="n">
         <v>1.47</v>
       </c>
       <c r="N23" s="1" t="n">
         <v>1.62</v>
       </c>
       <c r="O23" s="1" t="n">
         <v>1.7</v>
       </c>
       <c r="P23" s="1" t="n">
         <v>1.9</v>
       </c>
       <c r="Q23" s="1" t="n">
         <v>2.04</v>
       </c>
       <c r="R23" s="1" t="n">
         <v>2.25</v>
       </c>
       <c r="S23" s="1" t="n">
-        <v>2.32</v>
-[...2 lines deleted...]
-        <f>=NA()</f>
+        <v>2.33</v>
+      </c>
+      <c r="T23" s="1" t="n">
+        <v>2.51</v>
       </c>
       <c r="U23" s="1" t="n">
         <v>2.49</v>
       </c>
       <c r="V23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="1" t="n">
         <v>2.14</v>
       </c>
       <c r="C24" s="1" t="n">
         <v>2.04</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>1.99</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>2.02</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>1.92</v>
       </c>
@@ -1206,104 +1204,104 @@
         <v>2.49</v>
       </c>
       <c r="Q25" s="1" t="n">
         <v>2.66</v>
       </c>
       <c r="R25" s="1" t="n">
         <v>3.15</v>
       </c>
       <c r="S25" s="1" t="n">
         <v>3.34</v>
       </c>
       <c r="T25" s="1" t="n">
         <v>3.66</v>
       </c>
       <c r="U25" s="1" t="n">
         <v>3.61</v>
       </c>
       <c r="V25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0"/>
       <c r="B26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="0" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="0" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>cic bfp</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>