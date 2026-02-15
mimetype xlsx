--- v0 (2025-10-19)
+++ v1 (2026-02-15)
@@ -30,96 +30,87 @@
     <sheet name="G09_FTR" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="MetaData" sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="16">
   <si>
     <t>Transport de marchandises par la route - Belgique - évaluation de la tendance</t>
   </si>
   <si>
     <t>pourcentage du trafic en tonnes-kilomètres</t>
   </si>
   <si>
     <t>observations</t>
   </si>
   <si>
     <t>projection (avril 2022)</t>
   </si>
   <si>
     <t>objectif 2030</t>
   </si>
   <si>
-    <t>European Commission (2023), European transport in figures 2023, http://ec.europa.eu/transport/facts-fundings/statistics_en (consulté le 30/09/2024); calculs BFP sur la base de BFP et SPF Mobilité et Transports (2022), Perspectives de l'évolution de la demande de transport en Belgique à l'horizon 2040.</t>
+    <t>Source: Calculs BFP sur la base de European Commission (2025), European transport in figures 2025, http://ec.europa.eu/transport/facts-fundings/statistics_en (consulté le 30/09/2025); Calculs BFP sur la base de BFP et SPF Mobilité et Transports (2022), Perspectives de l'évolution de la demande de transport en Belgique à l'horizon 2040.</t>
   </si>
   <si>
     <t>Transport de marchandises par la route - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>UE27</t>
   </si>
   <si>
-    <t>European Commission (2023), European transport in figures 2023, http://ec.europa.eu/transport/facts-fundings/statistics_en (consulté le 30/09/2024).</t>
+    <t>Source: Calculs BFP sur la base de European Commission (2025), European transport in figures 2025, http://ec.europa.eu/transport/facts-fundings/statistics_en (consulté le 30/09/2025)</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G09_FTR</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Transport de marchandises par la route (i47)</t>
+    <t>Transport de marchandises par la route (i48)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
-    <t>Définition: la part modale de la route dans le transport de marchandises est la part du trafic total réalisé en camion et en camionnette. Les autres modes de transport considérés sont le chemin de fer et la voie d’eau. Le trafic est mesuré en tonnes-kilomètres, obtenues en multipliant, pour chaque déplacement, le nombre de tonnes embarquées par le nombre de kilomètres parcourus. Les données proviennent de la Commission européenne, DG MOVE. Dans les cas du trafic routier en Belgique, pour lequel la DG Transport ne fournit des données qu’à partir de 2005, l’indicateur a été rétropolé jusqu’en 1990, à partir des données du BFP. Celles-ci sont calculées à partir de données collectées auprès de différentes sources (Publications du SPF Mobilité et Transport, SPF Économie, PME, Classes moyennes et Énergie - Direction générale Statistique; rapports annuels SNCB).
+    <t>Définition: la part modale de la route dans le transport de marchandises est la part du trafic total réalisé en camion et en camionnette. Les autres modes de transport considérés sont le chemin de fer et la voie d’eau. Le trafic est mesuré en tonnes-kilomètres, obtenues en multipliant, pour chaque déplacement, le nombre de tonnes embarquées par le nombre de kilomètres parcourus. Les données proviennent de la Commission européenne, DG MOVE. Dans les cas du trafic routier en Belgique, pour lequel la DG Transport ne fournit des données qu’à partir de 2005, l’indicateur a été rétropolé jusqu’en 1990, à partir des données du BFP. Celles-ci sont calculées à partir de données collectées auprès de différentes sources (Publications du SPF Mobilité et Transport, SPF Économie, PME, Classes moyennes et Énergie - Direction générale Statistique; rapports annuels SNCB). Dans le cas du trafic ferroviaire, les données ont été recalculées par le BFP à partir de 2011 en raison d’une rupture de série constatée dans les données belges publiées par la Commission européenne dans les éditions 2024 et 2025 de European Transport in Figures.
 Objectif: la part modale de la route dans le transport de marchandises doit être de 63,7% pour 2030.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 9.1: "Mettre en place une infrastructure de qualité, fiable, durable et résiliente, y compris une infrastructure régionale et transfrontière, pour favoriser le développement économique et le bien-être de l’être humain, en privilégiant un accès universel, financièrement abordable et équitable".
 La Vision stratégique fédérale à long terme de développement durable inclut l’objectif 23: "Pour le transport de marchandises, les transports ferroviaires et fluviaux seront les plus utilisés" (Moniteur belge, 08/10/2013), ce qui peut être interprété comme une diminution de la part modale des transports routier en-dessous de 50%. La part modale des transports routier étant en 2015 de 74,0%, une interpolation linéaire entre 2015 et 2050 donne un objectif de 63,7% pour 2030.
-Évolution: entre 1990 et 1995, la part modale de la route dans le transport de marchandises (camions et camionnettes) a augmenté de 64% à 73%. Depuis 1995, la part de la route est restée relativement stable, aux environs de 74%. La valeur élevée de 2009 est due au fait que la crise économique et financière a eu un impact beaucoup plus marqué sur les transports ferroviaires et fluviaux que sur le transport par route. Il faut toutefois observer l’augmentation régulière de cet indicateur depuis 2018. Il atteint 78,6% en 2021.
-[...1 lines deleted...]
-Ventilation selon la Région: ne peut pas être présentée car des données comparables ne sont actuellement pas disponibles.
 Indicateur ONU: l’indicateur choisi correspond à l'indicateur 9.1.2 Nombre de passagers et volume de fret transportés, par mode de transport.
 Sources
-Générales
-[...5 lines deleted...]
-Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm (consulté le 24/09/2020).
+Moniteur belge: http://www.ejustice.just.fgov.be/cgi/welcome.pl; recherche sur http://www.ejustice.just.fgov.be/doc/rech_f.htm.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -177,51 +168,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AH17"/>
+  <dimension ref="A1:AJ17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>2000</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -335,84 +326,84 @@
       <c r="F4" s="1" t="n">
         <v>74.33745298</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>73.69010494</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>73.29010454</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>72.86818211</v>
       </c>
       <c r="J4" s="1" t="n">
         <v>72.69797807</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>76.74604118</v>
       </c>
       <c r="L4" s="1" t="n">
         <v>73.38885101</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>73.01152185</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>72.14757124</v>
+        <v>72.71616068</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>72.95473335</v>
+        <v>73.96627479</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>73.00493211</v>
+        <v>73.86167384</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>74.03093025</v>
+        <v>74.56120754</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>74.82197957</v>
+        <v>75.1738971</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>73.50154408</v>
+        <v>73.88095762</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>76.67946691</v>
+        <v>77.06304402</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>77.56493699</v>
+        <v>77.99132573</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>78.66585901</v>
+        <v>79.02592577</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>78.550029</v>
-[...5 lines deleted...]
-        <f>=NA()</f>
+        <v>78.7800206</v>
+      </c>
+      <c r="X4" s="1" t="n">
+        <v>79.33538553</v>
+      </c>
+      <c r="Y4" s="1" t="n">
+        <v>79.97254214</v>
       </c>
       <c r="Z4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AA4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AB4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AC4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AD4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AE4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AF4" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="AG4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
@@ -711,51 +702,57 @@
       </c>
       <c r="Z12" s="1" t="n">
         <v>2014</v>
       </c>
       <c r="AA12" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="AB12" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="AC12" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="AD12" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="AE12" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AF12" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AG12" s="1" t="n">
         <v>2021</v>
       </c>
-      <c r="AH12" s="1"/>
+      <c r="AH12" s="1" t="n">
+        <v>2022</v>
+      </c>
+      <c r="AI12" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AJ12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="n">
         <v>64.17613911</v>
       </c>
       <c r="C13" s="1" t="n">
         <v>65.94669211</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>67.79226777</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>70.39946277</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>71.41772602</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>73.20639968</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>72.38026238</v>
@@ -784,80 +781,86 @@
       <c r="P13" s="1" t="n">
         <v>74.33745298</v>
       </c>
       <c r="Q13" s="1" t="n">
         <v>73.69010494</v>
       </c>
       <c r="R13" s="1" t="n">
         <v>73.29010454</v>
       </c>
       <c r="S13" s="1" t="n">
         <v>72.86818211</v>
       </c>
       <c r="T13" s="1" t="n">
         <v>72.69797807</v>
       </c>
       <c r="U13" s="1" t="n">
         <v>76.74604118</v>
       </c>
       <c r="V13" s="1" t="n">
         <v>73.38885101</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>73.01152185</v>
       </c>
       <c r="X13" s="1" t="n">
-        <v>72.14757124</v>
+        <v>72.71616068</v>
       </c>
       <c r="Y13" s="1" t="n">
-        <v>72.95473335</v>
+        <v>73.96627479</v>
       </c>
       <c r="Z13" s="1" t="n">
-        <v>73.00493211</v>
+        <v>73.86167384</v>
       </c>
       <c r="AA13" s="1" t="n">
-        <v>74.03093025</v>
+        <v>74.56120754</v>
       </c>
       <c r="AB13" s="1" t="n">
-        <v>74.82197957</v>
+        <v>75.1738971</v>
       </c>
       <c r="AC13" s="1" t="n">
-        <v>73.50154408</v>
+        <v>73.88095762</v>
       </c>
       <c r="AD13" s="1" t="n">
-        <v>76.67946691</v>
+        <v>77.06304402</v>
       </c>
       <c r="AE13" s="1" t="n">
-        <v>77.56493699</v>
+        <v>77.99132573</v>
       </c>
       <c r="AF13" s="1" t="n">
-        <v>78.66585901</v>
+        <v>79.02592577</v>
       </c>
       <c r="AG13" s="1" t="n">
-        <v>78.550029</v>
-[...1 lines deleted...]
-      <c r="AH13" s="1"/>
+        <v>78.7800206</v>
+      </c>
+      <c r="AH13" s="1" t="n">
+        <v>79.33538553</v>
+      </c>
+      <c r="AI13" s="1" t="n">
+        <v>79.97254214</v>
+      </c>
+      <c r="AJ13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="C14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="D14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="E14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="F14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="G14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="H14" s="1" t="s">
         <f>=NA()</f>
@@ -874,92 +877,98 @@
       <c r="L14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="M14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="N14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="O14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="P14" s="1" t="s">
         <f>=NA()</f>
       </c>
       <c r="Q14" s="1" t="n">
         <v>74.86482909</v>
       </c>
       <c r="R14" s="1" t="n">
         <v>74.7128469</v>
       </c>
       <c r="S14" s="1" t="n">
         <v>74.66208147</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>74.67366706</v>
+        <v>74.66312466</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>76.05897634</v>
+        <v>76.06592512</v>
       </c>
       <c r="V14" s="1" t="n">
         <v>74.60898126</v>
       </c>
       <c r="W14" s="1" t="n">
-        <v>73.95410735</v>
+        <v>73.95967762</v>
       </c>
       <c r="X14" s="1" t="n">
-        <v>73.470986</v>
+        <v>73.48909353</v>
       </c>
       <c r="Y14" s="1" t="n">
-        <v>73.85128239</v>
+        <v>73.95394136</v>
       </c>
       <c r="Z14" s="1" t="n">
-        <v>73.89357622</v>
+        <v>73.92082145</v>
       </c>
       <c r="AA14" s="1" t="n">
-        <v>74.10316065</v>
+        <v>74.20087814</v>
       </c>
       <c r="AB14" s="1" t="n">
-        <v>74.51176532</v>
+        <v>74.21084927</v>
       </c>
       <c r="AC14" s="1" t="n">
-        <v>75.35097593</v>
+        <v>75.05362902</v>
       </c>
       <c r="AD14" s="1" t="n">
-        <v>75.64956509</v>
+        <v>75.34421519</v>
       </c>
       <c r="AE14" s="1" t="n">
-        <v>76.31825899</v>
+        <v>76.0242297</v>
       </c>
       <c r="AF14" s="1" t="n">
-        <v>77.41960061</v>
+        <v>77.43893565</v>
       </c>
       <c r="AG14" s="1" t="n">
-        <v>77.34173366</v>
-[...1 lines deleted...]
-      <c r="AH14" s="1"/>
+        <v>77.34530958</v>
+      </c>
+      <c r="AH14" s="1" t="n">
+        <v>77.84228771</v>
+      </c>
+      <c r="AI14" s="1" t="n">
+        <v>78.128994</v>
+      </c>
+      <c r="AJ14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0"/>
       <c r="B15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>