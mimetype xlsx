--- v0 (2025-10-21)
+++ v1 (2026-02-15)
@@ -33,96 +33,87 @@
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="16">
   <si>
     <t>Stock de capital - Belgique et comparaison internationale</t>
   </si>
   <si>
     <t>pourcentage du produit intérieur brut</t>
   </si>
   <si>
     <t>Belgique</t>
   </si>
   <si>
     <t>Allemagne</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Pays-Bas</t>
   </si>
   <si>
-    <t>ICN; Eurostat (2024), Compte de patrimoine non financier [nama_10_nfa_bs] et PIB et principaux composants (production, dépense et revenu) [nama_10_gdp], https://ec.europa.eu/eurostat (consultés le 31/10/2024); calculs BFP.</t>
+    <t>Source: Calculs BFP sur la base d' ICN; Eurostat (2025), Balance sheets for non-financial assets et GDP,  nama_10_nfa_bs et nama_10_gdp, https://ec.europa.eu/eurostat, dernière mise à jour des données 17/10/2025 23:00 et 21/10/2025 11:00 (consultés le 27/10/2025)</t>
   </si>
   <si>
     <t>Stock de capital selon le type - Belgique</t>
   </si>
   <si>
     <t>physique</t>
   </si>
   <si>
     <t>intellectuel</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>G09_CST</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
-    <t>Stock de capital (i48)</t>
+    <t>Stock de capital (i49)</t>
   </si>
   <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Définition: le stock de capital est la somme de tous les actifs économiques qui sont utilisés de manière récurrente ou continue dans le processus de production pendant plus d'un an (section AN.11 des comptes nationaux; Eurostat, 2013). L'indicateur mesure le stock net de capital (machines, bâtiments, infrastructures de transport et de communication etc.). Il est calculé en retranchant du stock brut de capital, où tous les actifs sont valorisés aux prix qu'il faudrait payer si les actifs étaient achetés maintenant, la valeur cumulée des amortissements et en ajoutant les investissements bruts. L'indicateur est exprimé en pourcentage du PIB. L'Institut des comptes nationaux calcule l’indicateur pour la Belgique. Afin de pouvoir comparer la Belgique et ses pays voisins, les données utilisées proviennent d’Eurostat.
+Pour cet indicateur la ventilation suivante est disponible : type de capital.
 Objectif: le stock de capital ne doit pas diminuer.
 Les objectifs de développement durable ou SDG adoptés par l'ONU en 2015 comprennent le sous-objectif 9.1: "Mettre en place une infrastructure de qualité, fiable, durable et résiliente, y compris une infrastructure régionale et transfrontière, pour favoriser le développement économique et le bien-être de l’être humain, en privilégiant un accès universel, financièrement abordable et équitable".
 Le stock de capital "permet le report de valeur d’une période comptable à l’autre" (Eurostat, 2013, p.184). Le stock de capital peut donc être utilisé par les générations futures et contribuer à leur bien-être. Dans une perspective future, il est estimé que le stock de capital doit être maintenu (UNECE, 2014, p.29). Il est dès lors considéré qu'il existe un objectif implicite selon lequel le stock net de capital ne doit pas diminuer.
-Évolution: le stock net de capital (en volume) dans l’économie belge est en augmentation constante depuis 1995. Ramené en pourcentage du PIB, ce stock a globalement baissé entre 1995 et 2004 avant de croître jusqu’en 2009. Entre 2009 et 2016, l’indicateur a sensiblement diminué. À partir de 2017, l’indicateur repart à la hausse. En 2020, l’indicateur atteint son point le plus haut (309,7%). Ce résultat découle de la forte contraction de l’activité économique et donc du PIB durant la pandémie de Covid-19. L’indicateur étant rapporté au PIB, il augmente donc logiquement en 2020. En 2022, l’indicateur baisse (305,6%) car l’activité économique croît proportionnellement plus que le stock de capital.
-[...2 lines deleted...]
-Ventilation selon la Région : ne peut pas être présentée car des données comparables ne sont actuellement pas disponibles.
 Indicateur ONU: l’indicateur choisi ne correspond à aucun indicateur de suivi des SDG, mais est relié au sous-objectif 9.1. En effet, accroître le stock de capital permet d'avoir les infrastructures nécessaires au développement économique.
-Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital économique, publié dans le rapport Indicateurs de développement durable.
+Cet indicateur est utilisé pour le calcul de l'indicateur composite Capital économique.
 Sources
-Générales
-[...4 lines deleted...]
-Spécifiques
 Eurostat (2013), Système européen des comptes, SEC 2010, Luxembourg: Office des publications de l’Union européenne, 2013.
-UNECE (2014), Conference of European Statisticians Recommendations on Measuring Sustainable Development, http://www.unece.org/publications/ces_sust_development.html (consulté le 24/09/2020).
+UNECE (2014), Conference of European Statisticians Recommendations on Measuring Sustainable Development, https://unece.org/statistics/publications/conference-european-statisticians-recommendations-measuring-sustainable (consulted on 3/11/2025).
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode=""/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -180,51 +171,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:AD18"/>
+  <dimension ref="A1:AF18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0"/>
       <c r="B3" s="1" t="n">
         <v>1995</v>
       </c>
       <c r="C3" s="1" t="n">
@@ -286,411 +277,441 @@
       </c>
       <c r="V3" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="W3" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="X3" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Y3" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Z3" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AA3" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AB3" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AC3" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AD3" s="1"/>
+      <c r="AD3" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AE3" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AF3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="n">
-        <v>290.0699428</v>
+        <v>295.0454367</v>
       </c>
       <c r="C4" s="1" t="n">
-        <v>292.2199092</v>
+        <v>297.1472319</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>288.8624404</v>
+        <v>293.8266452</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>287.8727723</v>
+        <v>292.8568491</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>288.3423797</v>
+        <v>293.5657404</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>284.2695349</v>
+        <v>289.9947109</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>285.6235026</v>
+        <v>291.0688297</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>281.7517938</v>
+        <v>287.3791563</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>284.8885598</v>
+        <v>290.7609241</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>282.3797747</v>
+        <v>288.6803335</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>282.7369971</v>
+        <v>289.5814895</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>286.4795334</v>
+        <v>294.0641516</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>286.2064921</v>
+        <v>294.5405215</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>298.5288411</v>
+        <v>307.9419895</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>302.2940177</v>
+        <v>306.9856664</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>298.5920696</v>
+        <v>303.8907077</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>297.4891312</v>
+        <v>305.9521515</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>299.6407645</v>
+        <v>307.7357309</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>298.7193636</v>
+        <v>309.7216714</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>295.3523116</v>
+        <v>305.8897422</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>291.5697722</v>
+        <v>304.4517469</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>288.7161231</v>
+        <v>301.8500837</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>290.6327186</v>
+        <v>305.235436</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>292.7918191</v>
+        <v>305.3797478</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>292.8632884</v>
+        <v>305.3916102</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>309.7246819</v>
+        <v>322.5077515</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>304.544258</v>
+        <v>317.2375225</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>305.555666</v>
-[...1 lines deleted...]
-      <c r="AD4" s="1"/>
+        <v>316.9441579</v>
+      </c>
+      <c r="AD4" s="1" t="n">
+        <v>315.2387801</v>
+      </c>
+      <c r="AE4" s="1" t="n">
+        <v>313.8973914</v>
+      </c>
+      <c r="AF4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="n">
-        <v>327.8153455</v>
+        <v>327.1770603</v>
       </c>
       <c r="C5" s="1" t="n">
-        <v>328.2871608</v>
+        <v>327.6211186</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>327.7999487</v>
+        <v>327.0958464</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>324.7154934</v>
+        <v>323.984003</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>320.8755368</v>
+        <v>320.4633552</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>321.0942122</v>
+        <v>320.6444691</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>316.4381266</v>
+        <v>315.9327361</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>314.6496744</v>
+        <v>314.0474327</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>314.309647</v>
+        <v>313.6702353</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>312.4925863</v>
+        <v>311.8627673</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>312.4790279</v>
+        <v>311.8322147</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>307.7434898</v>
+        <v>307.0193061</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>311.0879074</v>
+        <v>310.2879767</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>317.2991644</v>
+        <v>316.4858571</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>334.0125137</v>
+        <v>332.9797472</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>324.3170646</v>
+        <v>323.3472389</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>319.0550293</v>
+        <v>318.0562887</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>323.1629636</v>
+        <v>321.9515375</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>324.3913047</v>
+        <v>323.1730555</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>319.9271063</v>
+        <v>318.8154681</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>316.8476334</v>
+        <v>315.5426089</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>313.3277954</v>
+        <v>312.3535229</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>312.0421721</v>
+        <v>310.9243019</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>317.8629489</v>
+        <v>316.9432125</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>322.4194315</v>
+        <v>321.5899787</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>338.3527461</v>
+        <v>337.6527218</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>341.804562</v>
+        <v>340.503104</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>364.7116102</v>
-[...1 lines deleted...]
-      <c r="AD5" s="1"/>
+        <v>358.7684082</v>
+      </c>
+      <c r="AD5" s="1" t="n">
+        <v>365.5515001</v>
+      </c>
+      <c r="AE5" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AF5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="n">
-        <v>277.5909057</v>
+        <v>277.5807764</v>
       </c>
       <c r="C6" s="1" t="n">
-        <v>279.0562844</v>
+        <v>279.0460999</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>277.5620158</v>
+        <v>277.5514712</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>273.361879</v>
+        <v>273.3514065</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>273.8380731</v>
+        <v>273.8277516</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>271.3845708</v>
+        <v>271.3747982</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>273.4554719</v>
+        <v>273.4462566</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>276.958614</v>
+        <v>276.9494271</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>283.2327896</v>
+        <v>283.2236669</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>286.303865</v>
+        <v>286.2947264</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>291.3522375</v>
+        <v>291.3428734</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>294.4692606</v>
+        <v>294.4598349</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>298.3199495</v>
+        <v>298.3105578</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>303.6933975</v>
+        <v>303.683498</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>320.3123274</v>
+        <v>320.3014794</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>322.7362888</v>
+        <v>322.7253173</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>324.5643146</v>
+        <v>324.5531611</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>328.581315</v>
+        <v>328.5707801</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>329.562989</v>
+        <v>329.5526134</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>327.949726</v>
+        <v>327.9391397</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>323.3331483</v>
+        <v>323.3212922</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>326.5506274</v>
+        <v>326.537051</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>328.6099742</v>
+        <v>328.5944834</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>330.3597433</v>
+        <v>330.3435675</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>329.3160557</v>
+        <v>329.2983352</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>357.7844305</v>
+        <v>357.7613962</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>357.5042573</v>
+        <v>357.4887476</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>364.7589529</v>
-[...1 lines deleted...]
-      <c r="AD6" s="1"/>
+        <v>362.7591845</v>
+      </c>
+      <c r="AD6" s="1" t="n">
+        <v>351.8818988</v>
+      </c>
+      <c r="AE6" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AF6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="n">
-        <v>303.9293238</v>
+        <v>305.9809529</v>
       </c>
       <c r="C7" s="1" t="n">
-        <v>303.1754579</v>
+        <v>305.2386184</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>294.4695088</v>
+        <v>296.4570053</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>288.3605399</v>
+        <v>290.2547187</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>286.2746731</v>
+        <v>288.1047643</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>285.3676875</v>
+        <v>287.2326075</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>287.0839295</v>
+        <v>288.9891312</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>293.598939</v>
+        <v>295.57567</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>299.9260052</v>
+        <v>301.9448399</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>300.4735003</v>
+        <v>302.4252549</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>298.7395186</v>
+        <v>300.5835964</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>294.9823302</v>
+        <v>296.7065797</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>291.7719883</v>
+        <v>293.3025571</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>293.7753628</v>
+        <v>295.1513821</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>315.6499882</v>
+        <v>316.8149064</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>316.4784409</v>
+        <v>317.7169677</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>310.5336327</v>
+        <v>311.5462651</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>310.0456982</v>
+        <v>310.6691865</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>307.50533</v>
+        <v>308.0666559</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>299.3230449</v>
+        <v>299.8268563</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>292.2912003</v>
+        <v>292.5041656</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>285.7722081</v>
+        <v>286.5416045</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>279.4867492</v>
+        <v>280.3743969</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>278.9311967</v>
+        <v>279.7749955</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>279.2230831</v>
+        <v>280.2760293</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>298.2033479</v>
+        <v>299.6767765</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>289.2124951</v>
+        <v>291.2274129</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>280.6775875</v>
-[...1 lines deleted...]
-      <c r="AD7" s="1"/>
+        <v>282.8387434</v>
+      </c>
+      <c r="AD7" s="1" t="n">
+        <v>284.0243093</v>
+      </c>
+      <c r="AE7" s="1" t="s">
+        <f>=NA()</f>
+      </c>
+      <c r="AF7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
       <c r="B8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
         <v>1</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0"/>
@@ -756,231 +777,249 @@
       </c>
       <c r="V13" s="1" t="n">
         <v>2015</v>
       </c>
       <c r="W13" s="1" t="n">
         <v>2016</v>
       </c>
       <c r="X13" s="1" t="n">
         <v>2017</v>
       </c>
       <c r="Y13" s="1" t="n">
         <v>2018</v>
       </c>
       <c r="Z13" s="1" t="n">
         <v>2019</v>
       </c>
       <c r="AA13" s="1" t="n">
         <v>2020</v>
       </c>
       <c r="AB13" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="AC13" s="1" t="n">
         <v>2022</v>
       </c>
-      <c r="AD13" s="1"/>
+      <c r="AD13" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="AE13" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="AF13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="n">
-        <v>281.6493872</v>
+        <v>286.2963022</v>
       </c>
       <c r="C14" s="1" t="n">
-        <v>283.4281134</v>
+        <v>287.9377338</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>279.9101208</v>
+        <v>284.3848458</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>278.562193</v>
+        <v>283.0241408</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>278.7792046</v>
+        <v>283.4246223</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>274.5996121</v>
+        <v>279.68799</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>275.4923395</v>
+        <v>280.2705205</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>271.1357376</v>
+        <v>276.1054382</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>273.9315264</v>
+        <v>279.1856122</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>271.2773108</v>
+        <v>276.9646354</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>271.4431411</v>
+        <v>277.6287457</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>275.1305161</v>
+        <v>281.9998678</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>274.8281599</v>
+        <v>282.4170033</v>
       </c>
       <c r="O14" s="1" t="n">
-        <v>286.6726312</v>
+        <v>295.311294</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>289.6140709</v>
+        <v>293.3389775</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>285.6572636</v>
+        <v>289.9904582</v>
       </c>
       <c r="R14" s="1" t="n">
-        <v>284.0618526</v>
+        <v>291.5221413</v>
       </c>
       <c r="S14" s="1" t="n">
-        <v>285.7382257</v>
+        <v>292.8186147</v>
       </c>
       <c r="T14" s="1" t="n">
-        <v>284.4259348</v>
+        <v>294.3548455</v>
       </c>
       <c r="U14" s="1" t="n">
-        <v>280.7161379</v>
+        <v>290.1789394</v>
       </c>
       <c r="V14" s="1" t="n">
-        <v>276.0836554</v>
+        <v>288.0091111</v>
       </c>
       <c r="W14" s="1" t="n">
-        <v>273.1264781</v>
+        <v>285.2817638</v>
       </c>
       <c r="X14" s="1" t="n">
-        <v>274.6891796</v>
+        <v>288.2309985</v>
       </c>
       <c r="Y14" s="1" t="n">
-        <v>276.631879</v>
+        <v>288.0989171</v>
       </c>
       <c r="Z14" s="1" t="n">
-        <v>276.3676702</v>
+        <v>287.7682712</v>
       </c>
       <c r="AA14" s="1" t="n">
-        <v>291.6368464</v>
+        <v>303.2306568</v>
       </c>
       <c r="AB14" s="1" t="n">
-        <v>286.8574405</v>
+        <v>298.3966911</v>
       </c>
       <c r="AC14" s="1" t="n">
-        <v>288.0423804</v>
-[...1 lines deleted...]
-      <c r="AD14" s="1"/>
+        <v>298.0781534</v>
+      </c>
+      <c r="AD14" s="1" t="n">
+        <v>295.8387307</v>
+      </c>
+      <c r="AE14" s="1" t="n">
+        <v>293.9003837</v>
+      </c>
+      <c r="AF14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="n">
-        <v>8.420555592</v>
+        <v>8.749134512</v>
       </c>
       <c r="C15" s="1" t="n">
-        <v>8.791795797</v>
+        <v>9.209498044</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>8.952319548</v>
+        <v>9.441799342</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>9.310579324</v>
+        <v>9.83270834</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>9.563175072</v>
+        <v>10.14111815</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>9.669922817</v>
+        <v>10.3067209</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>10.13116316</v>
+        <v>10.79830927</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>10.61605623</v>
+        <v>11.27371815</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>10.95703346</v>
+        <v>11.57531182</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>11.10246389</v>
+        <v>11.71569812</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>11.29385597</v>
+        <v>11.9527438</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>11.3490173</v>
+        <v>12.06428388</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>11.37833222</v>
+        <v>12.12351823</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>11.85620983</v>
+        <v>12.63069553</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>12.72613608</v>
+        <v>13.6466889</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>12.93844993</v>
+        <v>13.90024953</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>13.42727859</v>
+        <v>14.43001024</v>
       </c>
       <c r="S15" s="1" t="n">
-        <v>13.9025388</v>
+        <v>14.91711625</v>
       </c>
       <c r="T15" s="1" t="n">
-        <v>14.29342883</v>
+        <v>15.36682595</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>14.63617365</v>
+        <v>15.71080282</v>
       </c>
       <c r="V15" s="1" t="n">
-        <v>15.48611679</v>
+        <v>16.44263581</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>15.58964504</v>
+        <v>16.56831995</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>15.94353903</v>
+        <v>17.00443746</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>16.15994018</v>
+        <v>17.28083069</v>
       </c>
       <c r="Z15" s="1" t="n">
-        <v>16.49561816</v>
+        <v>17.62333899</v>
       </c>
       <c r="AA15" s="1" t="n">
-        <v>18.08783552</v>
+        <v>19.27709466</v>
       </c>
       <c r="AB15" s="1" t="n">
-        <v>17.68681752</v>
+        <v>18.84083145</v>
       </c>
       <c r="AC15" s="1" t="n">
-        <v>17.51328557</v>
-[...1 lines deleted...]
-      <c r="AD15" s="1"/>
+        <v>18.86600449</v>
+      </c>
+      <c r="AD15" s="1" t="n">
+        <v>19.40004944</v>
+      </c>
+      <c r="AE15" s="1" t="n">
+        <v>19.99700776</v>
+      </c>
+      <c r="AF15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0"/>
       <c r="B16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>